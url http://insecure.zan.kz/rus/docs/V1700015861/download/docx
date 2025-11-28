--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a86d23c" w14:textId="a86d23c">
+    <w:p w14:paraId="b1a5579" w14:textId="b1a5579">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1091,1127 +1091,1229 @@
         <w:t>
       4. На безвозмездной основе к подготовке по военно-техническим и иным специальностям привлекаются граждане, годные по состоянию здоровья к воинской службе, в возрасте от семнадцати лет шести месяцев до двадцати шести лет, подлежащие призыву на срочную службу после окончания обучения или зачисляемые в мобилизационный резерв. С отобранными призывниками психологами местных органов военного управления (далее – МОВУ) проводится психологическое изучение.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Подготовка призывников на безвозмездной основе проводится по направлению МОВУ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
-[...15 lines deleted...]
-      6. Учебный год начинается ежегодно с января месяца и включает в себя два периода подготовки военно-технических и иных специалистов: </w:t>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Планирование подготовки по военно-техническим и иным специальностям осуществляется Генеральным штабом Вооруженных Сил Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Программы подготовки по военно-техническим и иным специальностям на безвозмездной и возмездной основах утверждаются приказами первого заместителя Министра обороны – начальника Генерального штаба Вооруженных Сил Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции приказа Министра обороны РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Призывники, подлежащие обучению по военно-техническим и иным специальностям на безвозмездной основе, заносятся в книгу протоколов районных (городских, городов областного значения) призывных комиссий согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам организации и проведения призыва граждан Республики Казахстан на воинскую службу, утвержденным постановлением Правительства Республики Казахстан от 15 мая 2012 года № 620.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Направление призывников, отобранных для обучения на безвозмездной основе, оформляется приказами МОВУ, в которых указываются списочный состав, сроки обучения, специальности, по которым проводится обучение, а также обеспечение призывников необходимым питанием на путь следования до места назначения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Призывники, обучающиеся на безвозмездной основе, подлежат учету в журнале учета движения подготовки военно-технических и иных специалистов, обучающихся на безвозмездной основе, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. Призывники, предназначенные для подготовки в качестве водителей транспортных средств, проходят медицинский осмотр в соответствии с Правилами проведения медицинского осмотра лица, претендующего на получение права управления транспортными средствами, повторного медицинского осмотра водителя механических транспортных средств, утвержденными </w:t>
+      10. Призывники, направленные на подготовку по специальностям, связанным с управлением транспортными средствами, проходят медицинский осмотр в соответствии с Правилами проведения медицинского осмотра лиц, претендующих на получение права управления транспортными средствами, повторного медицинского осмотра водителя механических транспортных средств, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-172/2020, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 21557.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-172/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21557).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра обороны РК от 04.01.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 2</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции приказа Министра обороны РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1509</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Своевременное и качественное комплектование специализированных организаций МО РК военно-техническими специалистами, обучающимися на безвозмездной основе, возлагаются на МОВУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Ответственность за качественное обучение призывников по военно-техническим и иным специальностям возлагается на руководителей специализированных организаций МО РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Отбор призывников для обучения по военно-техническим и иным специальностям на безвозмездной основе заканчивается не позднее, чем за десять календарных дней до начала учебных занятий. После окончания отбора МОВУ выдают им предписание по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, а также направляют извещения по месту их основной работы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Призывники после окончания обучения в сопровождении представителей комплектующих МОВУ прибывают по месту постоянной (временной) регистрации и воинского учета. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расходы по перевозке призывников от дислокации специализированной организации МО РК до места постоянной (временной) регистрации и воинского учета включаются в калькуляцию стоимости подготовки по военно-техническим и иным специальностям на безвозмездной основе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Призывники после окончания обучения, получив военно-техническую специальность на безвозмездной основе, призываются на воинскую службу либо зачисляются в запас военнообязанных. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок подготовки призывников (военнообязанных) по военно-техническим и иным специальностям на возмездной основе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. На возмездной основе к подготовке по военно-техническим и иным специальностям привлекаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       военнообязанные, годные по состоянию здоровья к воинской службе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       призывники в возрасте от двадцати четырех до двадцати семи лет, годные или ограниченно годные по состоянию здоровья к воинской службе, в том числе имеющие отсрочку от призыва на воинскую службу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. За призывниками (военнообязанными), проходящими подготовку на возмездной основе с отрывом от производства, на период обучения сохраняется место работы (должность).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Направление призывников (военнообязанных), отобранных для обучения на возмездной основе осуществляется согласно сводному списку призывников (военнообязанных) для подготовки по военно-техническим и иным специальностям по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Оплата за обучение призывниками (военнообязанными), обучаемыми на возмездной основе, производится путем перечисления ими денежных средств на расчетный счет специализированной организации МО РК. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Призывникам (военнообязанным) выданное полевое обмундирование и другое вещевое имущество после окончания обучения укладывается в вещевой мешок (сумку), опечатывается и выдается под его ответственность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Учебная материальная база, порядок подготовки по военно-техническим и иным специальностям </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Для обеспечения обучения по военно-техническим и иным специальностям, Министерство обороны Республики Казахстан (далее – МО РК) передает во временное пользование необходимое вооружение, военную технику и военно-техническое имущество в специализированные организации МО РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Марки и количество автомобилей, гусеничных тягачей, бронетранспортеров, автомобильных кранов, агрегатов, аппаратуры и другой техники и имущества, передаваемых в оперативное управление для подготовки военно-технических специалистов, определяются табелями к штату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Автомобили, гусеничные тягачи и специальные машины, предназначенные для вождения и обеспечения учебного процесса, обозначаются военными номерными, опознавательными знаками и обозначениями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Вооружение, техника и имущество передаются в работоспособном состоянии, полностью укомплектованными, с необходимой технической документацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Оплата перевозки производится за счет денежных средств, выделяемых для этих целей по специфике расходов МО РК на воинские перевозки через закрепленные воинские части и учреждения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Отправка вооружения, техники и имущества с баз, складов довольствующих органов и воинских частей (ремонтных заводов, мастерских) производится после приема их представителями специализированных организаций МО РК. В отдельных случаях, по указанию начальников довольствующих органов МО РК, выделяются специалисты для установки (монтажа) вооружения, техники и имущества в учебных кабинетах (классах), лабораториях и парках специализированных организаций МО РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Эксплуатация вооружения, военной техники и военного имущества осуществляется в соответствии с приказами Министра обороны Республики Казахстан и первого заместителя Министра обороны – начальника Генерального штаба Вооруженных Сил Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Организация эксплуатации и ремонта вооружения, техники и имущества осуществляется в соответствии с годовыми и месячными планами эксплуатации и ремонта машин, которые подписываются заместителем руководителя и утверждаются руководителем специализированной организации МО РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. План по эксплуатации, ремонта и обслуживания вооружения, техники и имущества в специализированных организациях МО РК составляется должностными лицами ответственными за данный участок работы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Работы на радиоэлектронных средствах (всех назначений) с излучением ведутся на частотах, по позывным и направлениям, утвержденным первым заместителем Министра обороны – начальником Генерального штаба Вооруженных Сил Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. По завершению программы подготовки на возмездной основе, призывники (военнообязанные) приводятся к военной присяге в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о порядке принятия военной присяги, утвержденным Указом Президента Республики Казахстан от 25 августа 1992 года № 870.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Специализированные организации МО РК используют полевую учебную базу воинских частей, военных учебных заведений и учреждений Вооруженных Сил, других войск и воинских формирований Республики Казахстан по согласованию с соответствующими командирами частей и начальниками учреждений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Порядок организации выпускных экзаменов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Для проверки качества подготовки призывников (военнообязанных) по завершению обучения проводятся выпускные экзамены. К сдаче экзаменов допускаются призывники (военнообязанные), прошедшие полный курс обучения, получившие положительные оценки и зачеты по всем предметам, предусмотренным программой обучения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Учебное время на подготовку и сдачу выпускных экзаменов определяется программой подготовки военно-технических и иных специалистов и учебными планами, утверждаемыми руководителем специализированной организации МО РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Для приема выпускных экзаменов создаются экзаменационные комиссии. Председателем экзаменационной комиссии, назначается представитель закрепленной воинской части или учреждения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В состав комиссии включаются представители МОВУ, руководство военной дорожной полиции гарнизона, специализированной организации МО РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Персональный состав и сроки работы выпускной экзаменационной комиссии утверждаются приказом руководителя Управления специализированных организаций МО РК. План и порядок работы комиссии утверждает председатель экзаменационной комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z70" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. Итоги работы экзаменационной комиссии оформляются актом (по каждой специальности) по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, в котором указываются результаты экзаменов, а также недостатки в организации подготовки военно-технических и иных специалистов, предложения по их улучшению. Акт согласовывается с МОВУ и утверждается руководителем Управления специализированных организаций МО РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z71" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По итогам выпускных экзаменов издается приказ руководителя Управления специализированных организаций МО РК. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z72" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      37. Призывникам (военнообязанным), обучившимся на возмездной основе, успешно сдавшим выпускные экзамены, выдается сертификат о завершении обучения по программе подготовки военнообученного резерва по форме согласно </w:t>
+      37. Призывникам (военнообязанным), обучившимся на возмездной основе, успешно сдавшим выпускные экзамены, выдается сертификат об окончании обучения в специализированной организации Министерства обороны Республики Казахстан (далее – сертификат об окончании обучения) по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="67"/>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 37 – в редакции приказа Министра обороны РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. Призывникам, обучившимся на безвозмездной основе, успешно сдавшим выпускные экзамены, выдается свидетельство об окончании военно-технической школы Министерства обороны Республики Казахстан по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2226,253 +2328,315 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, и удостоверение по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, по соответствующим специальностям на право вождения транспортного средства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      39. Призывникам (военнообязанным), получившим оценку на выпускных экзаменах "неудовлетворительно", свидетельство либо сертификат о завершении обучения по программе подготовки военнообученного резерва не выдается.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="69"/>
+      39. Призывникам (военнообязанным), получившим оценку на выпускных экзаменах "неудовлетворительно", свидетельство об окончании военно-технической школы Министерства обороны Республики Казахстан либо сертификат об окончании обучения не выдается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 39 – в редакции приказа Министра обороны РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. К сдаче выпускных экзаменов допускаются призывники (военнообязанные), получившие положительные оценки и зачеты по всем предметам, предусмотренным программой обучения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Призывники (военнообязанные), обучившиеся на возмездной и безвозмездной основе, получившие оценку "неудовлетворительно", а также не участвовавшие в сдаче выпускного экзамена по графику в связи с болезнью или по семейным обстоятельствам, допускаются к повторной сдаче экзаменов в день, утвержденный приказом руководителя Управления специализированных организаций МО РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Призывники (военнообязанные), прошедшие подготовку по специальностям, связанным с управлением транспортными средствами, также сдают экзамены в уполномоченном органе по обеспечению безопасности дорожного движения в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приема экзаменов и выдачи водительских удостоверений, утвержденными приказом Министра внутренних дел Республики Казахстан от 2 декабря 2014 года № 862, зарегистрированным в Реестре государственной регистрации нормативных правовых актов за № 10056.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      43. Военно-учетная специальность присваивается МОВУ в соответствии с сертификатом о завершении обучения по программе подготовки военнообученного резерва и полученной специальности.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
+      43. Военно-учетная специальность определяется МОВУ в соответствии с сертификатом об окончании обучения и полученной специальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 43 - в редакции приказа Министра обороны РК от 28.10.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 1100</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 43 – в редакции приказа Министра обороны РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1509</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Порядок процесса подготовки граждан по военно-техническим и иным специальностям организуется и обеспечивается в соответствии с приказом первого заместителя Министра обороны – начальника Генерального штаба Вооруженных Сил Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2603,182 +2767,182 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета движения подготовки военно-технических и иных специалистов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z83" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> обучающихся на безвозмездной основе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z84" w:id="76"/>
+          <w:bookmarkStart w:name="z84" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="76"/>
+          <w:bookmarkEnd w:id="74"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3100,70 +3264,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z85" w:id="77"/>
+          <w:bookmarkStart w:name="z85" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="77"/>
+          <w:bookmarkEnd w:id="75"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3395,70 +3559,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z86" w:id="78"/>
+          <w:bookmarkStart w:name="z86" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="78"/>
+          <w:bookmarkEnd w:id="76"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -3662,70 +3826,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z87" w:id="79"/>
+          <w:bookmarkStart w:name="z87" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="79"/>
+          <w:bookmarkEnd w:id="77"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -3929,70 +4093,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z88" w:id="80"/>
+          <w:bookmarkStart w:name="z88" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="80"/>
+          <w:bookmarkEnd w:id="78"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -4398,68 +4562,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Угловой штамп</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамента по делам обороны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="81"/>
+    <w:bookmarkStart w:name="z186" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предписание №_______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа Министра обороны РК от 28.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5012,155 +5176,155 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z103" w:id="82"/>
+      <w:bookmarkStart w:name="z103" w:id="80"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сводный список </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   призывников (военнообязанных) для подготовки</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   по военно-техническим и иным специальностям </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z104" w:id="83"/>
+      <w:bookmarkStart w:name="z104" w:id="81"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (наименование местного органа военного управления)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z105" w:id="84"/>
+      <w:bookmarkStart w:name="z105" w:id="82"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________ области в учебный взвод</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ___________________ для комплектования ________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5185,184 +5349,194 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (наименование специализированной организации Министерства обороны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               Республики Казахстан)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="85"/>
+    <w:bookmarkStart w:name="z106" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По специальности __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z107" w:id="86"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z107" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Начало обучения ___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z108" w:id="87"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z108" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конец обучения ____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z109" w:id="88"/>
+          <w:bookmarkStart w:name="z109" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ пп</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="88"/>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пп</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="86"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5749,90 +5923,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z111" w:id="89"/>
+    <w:bookmarkStart w:name="z111" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Учебный взвод в составе ______человек "___" _________________20____года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z112" w:id="90"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z112" w:id="88"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В присутствии представителя ______________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (наименование местного органа военного управления)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5880,118 +6054,118 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (воинское звание, подпись, фамилия, инициалы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z113" w:id="91"/>
+      <w:bookmarkStart w:name="z113" w:id="89"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Принял: представитель ___________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (наименование специализированной организации Министерства</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         обороны Республики Казахстан, подпись, фамилия, инициалы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="92"/>
+    <w:bookmarkStart w:name="z114" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: Сводный список составляется по алфавиту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6162,70 +6336,70 @@
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z117" w:id="93"/>
+          <w:bookmarkStart w:name="z117" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
                       "Согласовано"</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
+          <w:bookmarkEnd w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6325,70 +6499,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
              "____" ___________ 20__года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z120" w:id="94"/>
+          <w:bookmarkStart w:name="z120" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
                            "Утверждаю"</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="94"/>
+          <w:bookmarkEnd w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6479,90 +6653,90 @@
               </w:rPr>
               <w:t xml:space="preserve">             (подпись, фамилия и инициалы)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
                "____" ___________ 20__года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z122" w:id="95"/>
+    <w:bookmarkStart w:name="z122" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                            Акт ____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z123" w:id="96"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z123" w:id="94"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Экзаменационная комиссия в составе: председателя _________________, членов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>комиссии ___________________________, назначенная приказом от _______ №__, произвела</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6640,80 +6814,80 @@
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z124" w:id="97"/>
+          <w:bookmarkStart w:name="z124" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="97"/>
+          <w:bookmarkEnd w:id="95"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7362,70 +7536,70 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z126" w:id="98"/>
+          <w:bookmarkStart w:name="z126" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="98"/>
+          <w:bookmarkEnd w:id="96"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8306,330 +8480,330 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z128" w:id="99"/>
+    <w:bookmarkStart w:name="z128" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Всего обучалось       _____чел. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z129" w:id="100"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z129" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Допущено к экзаменам       _____чел. ____%</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z130" w:id="101"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z130" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сдали экзамены       _____чел. ____%</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z131" w:id="102"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z131" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       из них: отлично       _____чел. ____%</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z132" w:id="103"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z132" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        хорошо       _____чел. ____%</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z133" w:id="104"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z133" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       удовлетворительно      _____чел. ____%</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z134" w:id="105"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z134" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неудовлетворительно       _____чел. ____%</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z135" w:id="106"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z135" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       средний балл       _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z136" w:id="107"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z136" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Замечания________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z137" w:id="108"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z137" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предложения______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z138" w:id="109"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z138" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председатель комиссии: ________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z139" w:id="110"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z139" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Члены комиссии:       1. __________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z140" w:id="111"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z140" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                          2.___________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z141" w:id="112"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z141" w:id="110"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       М.П.                               С актом ознакомлен: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         Руководитель специализированной организации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8694,70 +8868,70 @@
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z142" w:id="113"/>
+          <w:bookmarkStart w:name="z142" w:id="111"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
                       "Согласовано"</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="113"/>
+          <w:bookmarkEnd w:id="111"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8857,70 +9031,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
              "____" ___________ 20__года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z145" w:id="114"/>
+          <w:bookmarkStart w:name="z145" w:id="112"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
                            "Утверждаю"</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="114"/>
+          <w:bookmarkEnd w:id="112"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9011,90 +9185,90 @@
               </w:rPr>
               <w:t xml:space="preserve">             (подпись, фамилия и инициалы)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
                "____" ___________ 20__года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="115"/>
+    <w:bookmarkStart w:name="z147" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                            Акт № ____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z148" w:id="116"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z148" w:id="114"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Экзаменационная комиссия в составе: председателя _________________, членов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>комиссии _______________, назначенная приказом руководителя Управления</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9209,80 +9383,80 @@
         <w:gridCol w:w="724"/>
         <w:gridCol w:w="724"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z149" w:id="117"/>
+          <w:bookmarkStart w:name="z149" w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="117"/>
+          <w:bookmarkEnd w:id="115"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10193,70 +10367,70 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z153" w:id="118"/>
+          <w:bookmarkStart w:name="z153" w:id="116"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="118"/>
+          <w:bookmarkEnd w:id="116"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11341,330 +11515,330 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z155" w:id="119"/>
+    <w:bookmarkStart w:name="z155" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Всего обучалось       _____чел. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z156" w:id="120"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z156" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Допущено к экзаменам       _____чел. ____%</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z157" w:id="121"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z157" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сдали экзамены       _____чел. ____%</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z158" w:id="122"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z158" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       из них: отлично       _____чел. ____%</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z159" w:id="123"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z159" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       хорошо       _____чел. ____%</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z160" w:id="124"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z160" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       удовлетворительно       _____чел. ____%</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z161" w:id="125"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z161" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неудовлетворительно       _____чел. ____%</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z162" w:id="126"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z162" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       средний балл       _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z163" w:id="127"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z163" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Замечания__________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z164" w:id="128"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z164" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предложения_______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z165" w:id="129"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z165" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председатель комиссии:____________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z166" w:id="130"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z166" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Члены комиссии:       1. _____________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z167" w:id="131"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z167" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                          2. _____________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z168" w:id="132"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z168" w:id="130"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       М.П.                                                 С актом ознакомлен: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     Руководитель специализированной организации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11792,51 +11966,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам подготовки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>по военно-техническим и иным специальностям</w:t>
+              <w:t>по военно-техническим</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и иным специальностям</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11863,205 +12050,248 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z171" w:id="133"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сертификат об окончании обучения в специализированной организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Министерства обороны Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="133"/>
+      Сноска. Приложение 5 – в редакции приказа Министра обороны РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="4584700"/>
+            <wp:extent cx="7810500" cy="4635500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="4584700"/>
+                      <a:ext cx="7810500" cy="4635500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="4953000"/>
+            <wp:extent cx="7810500" cy="4864100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="4953000"/>
+                      <a:ext cx="7810500" cy="4864100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -12207,70 +12437,70 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z175" w:id="135"/>
+    <w:bookmarkStart w:name="z175" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="5143500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
@@ -12292,70 +12522,70 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z176" w:id="136"/>
+    <w:bookmarkStart w:name="z176" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4965700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
@@ -12551,70 +12781,70 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z179" w:id="137"/>
+    <w:bookmarkStart w:name="z179" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4178300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
@@ -12636,70 +12866,70 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z180" w:id="138"/>
+    <w:bookmarkStart w:name="z180" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="5422900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
@@ -12721,70 +12951,70 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z181" w:id="139"/>
+    <w:bookmarkStart w:name="z181" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="5092700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
@@ -12806,70 +13036,70 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z182" w:id="140"/>
+    <w:bookmarkStart w:name="z182" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="5422900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
@@ -12891,70 +13121,70 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="141"/>
+    <w:bookmarkStart w:name="z183" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4876800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
@@ -12976,70 +13206,70 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="142"/>
+    <w:bookmarkStart w:name="z184" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="5359400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:stretch>
@@ -13110,55 +13340,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -13484,31 +13714,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>