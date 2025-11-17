--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="87224b2" w14:textId="87224b2">
+    <w:p w14:paraId="a7659e4" w14:textId="a7659e4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,84 +112,146 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Заместителя Премьер-Министра Республики Казахстан - Министра сельского хозяйства Республики Казахстан от 28 августа 2017 года № 357. Зарегистрирован в Министерстве юстиции Республики Казахстан 29 сентября 2017 года № 15827.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> пункта 1 статьи 9 Закона Республики Казахстан от 9 июля 2004 года "Об охране, воспроизводстве и использовании животного мира" </w:t>
+      В соответствии с подпунктом 77-8) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об охране, воспроизводстве и использовании животного мира" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра экологии и природных ресурсов РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 292</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -338,163 +400,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заместитель Премьер-Министра</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан –</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр сельского хозяйства</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -740,74 +829,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Правила использования животных, кроме редких и находящихся под угрозой исчезновения, в целях предотвращения эпизоотии (далее – Правила), разработаны в соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> пункта 1 статьи 9 Закона Республики Казахстан от 9 июля 2004 года "Об охране, воспроизводстве и использовании животного мира" и определяют порядок использования животных, кроме редких и находящихся под угрозой исчезновения, в целях предотвращения эпизоотии.</w:t>
+      1. Правила использования животных, кроме редких и находящихся под угрозой исчезновения, в целях предотвращения эпизоотии (далее – Правила), разработаны в соответствии с подпунктом 77-8) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об охране, воспроизводстве и использовании животного мира" и определяют порядок использования животных, кроме редких и находящихся под угрозой исчезновения, а также рыбных ресурсов и других водных животных в целях предотвращения эпизоотии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра экологии и природных ресурсов РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 292</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах предусмотрены следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -922,410 +1073,462 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) эпизоотический мониторинг – система сбора количественных данных о распространении болезней животных, включая эпизоотологическое обследование и информацию о закономерностях развития конкретной болезни животных, природно-географических и экономических (хозяйственных) условиях территорий их обитания (содержания, разведения), проводимых ветеринарных мероприятиях, и последующая их статистическая обработка для анализа эффективности ветеринарных мероприятий и прогнозирования возникновения, развития и ликвидации эпизоотии или панзоотии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок использования животных, кроме редких и находящихся под угрозой исчезновения, в целях предотвращения эпизоотии</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Использование животных, кроме редких и находящихся под угрозой исчезновения, в целях предотвращения эпизоотии осуществляется путем проведения эпизоотического мониторинга по особо опасным болезням животных, включенным в </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> особо опасных болезней животных утвержденные приказом Министра сельского хозяйства Республики Казахстан от 30 октября 2014 года № 7-1/559 "Об утверждении нормативных правовых актов в области ветеринарии" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 9891): </w:t>
+      3. Использование животных, кроме редких и находящихся под угрозой исчезновения, в целях предотвращения эпизоотии осуществляется путем проведения эпизоотического мониторинга по особо опасным болезням животных, включенным в перечни особо опасных болезней животных утвержденные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 30 октября 2014 года № 7-1/559 "Об утверждении нормативных правовых актов в области ветеринарии" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 9891):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ежегодно в весеннее время перед началом сезона охоты, во время прилета диких птиц по основным миграционным путям (оценка возможного заноса особо опасных болезней), где производятся первые их посадки:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по пути с африканских и южно-европейских зимовок (Мангистауская, Атырауская и Западно-Казахстанская области);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по пути с пакистанских зимовок (Туркестанская, Кызылординская, Костанайская и Северо-Казахстанская области);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по пути с индийских зимовок (Алматинская, Восточно-Казахстанская, Павлодарская области и областей Абай и Жетісу);</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ежегодно с целью мониторинга среди восприимчивых диких животных для прижизненной диагностики проводят отбор проб биологического материала (отходов) в местах их обитания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра экологии и природных ресурсов РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 292</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Эпизоотический мониторинг осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 27 ноября 2014 года № 7-1/618 "Об утверждении Правил проведения эпизоотического мониторинга" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 10021).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Объектами исследований эпизоотического мониторинга являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) изъятые объекты животного мира;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) биологические отходы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Эпизоотический мониторинг объектов исследований на территориях закрепленных охотничьих угодий и особо охраняемых природных территориях проводится по согласованию с их администрацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Использование животных, кроме редких и находящихся под угрозой исчезновения, в целях предотвращения эпизоотии осуществляется путем изъятия объектов животного мира для отбора проб биологического материала в целях эпизоотического мониторинга в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 19 декабря 2014 года № 18-04/675 "Об утверждении Правил выдачи разрешений на пользование животным миром" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 10168).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объем изъятия объектов животного мира для отбора проб биологического материала определяется в соответствии с биологическим обоснованием.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Отбор проб биологического материала (отходов) и доставка его в ветеринарную лабораторию проводятся специалистами в области ветеринарии в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 30 апреля 2015 года № 7-1/393 "Об утверждении Правил отбора проб перемещаемых (перевозимых) объектов и биологического материала" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 11618).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>