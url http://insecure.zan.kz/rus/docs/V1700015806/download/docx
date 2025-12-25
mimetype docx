--- v0 (2025-10-01)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="20ee0d2" w14:textId="20ee0d2">
+    <w:p w14:paraId="183ef95" w14:textId="183ef95">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,103 +93,165 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении объемов лова рыбы на водных объектах, входящих в состав особо охраняемых природных территорий со статусом юридического лица</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ и.о. Председателя Комитета лесного хозяйства и животного мира Министерства сельского хозяйства Республики Казахстан от 15 сентября 2017 года № 17-1/249. Зарегистрирован в Министерстве юстиции Республики Казахстан 28 сентября 2017 года № 15806</w:t>
+        <w:t>Приказ и.о. Председателя Комитета лесного хозяйства и животного мира Министерства сельского хозяйства Республики Казахстан от 15 сентября 2017 года № 17-1/249. Зарегистрирован в Министерстве юстиции Республики Казахстан 28 сентября 2017 года № 15806.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 6)</w:t>
+        <w:t>подпунктом 499)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 8 Закона Республики Казахстан от 7 июля 2006 года "Об особо охраняемых природных территориях" </w:t>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве экологии и природных ресурсов Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра экологии и природных ресурсов РК от 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -318,150 +380,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Исполняющий обязанности</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председателя Комитета лесного </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>хозяйства и животного мира</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -661,105 +746,106 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Объемы лова рыбы на водных объектах, входящих в состав особо охраняемых природных территорий со статусом юридического лица</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1304"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2625"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z15" w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -820,51 +906,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -893,51 +979,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 лов в воспроизводственных целях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -968,148 +1054,152 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z17" w:id="10"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Баянаульский государственный национальный природный парк </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(количество водоемов – 3)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="10"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z18" w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 озеро Жасыбай </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="11"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,778</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1138,166 +1228,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z19" w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 плотва </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="12"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,209</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1326,166 +1416,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z20" w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 окунь </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="13"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,569</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1514,166 +1604,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z21" w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 озеро Сабындыколь </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="14"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,946</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1702,166 +1792,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z22" w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 плотва</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="15"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,226</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1890,166 +1980,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z23" w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 окунь</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="16"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,720</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2078,166 +2168,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z24" w:id="17"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 озеро Торайгыр</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="17"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,817</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2266,166 +2356,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z25" w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 окунь</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="18"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,817</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2454,166 +2544,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z26" w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИТОГО</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="19"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12541</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2623,107 +2713,93 @@
               <w:t>
 12541</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...55 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2733,125 +2809,125 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Катон-Карагайский государственный национальный природный парк (количество водоемов - 3)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="20"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z28" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 озеро Язевое</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="21"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,685</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2880,166 +2956,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,285</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z29" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 язь </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="22"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,685</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3068,166 +3144,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,285</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z30" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 озеро Каумыш</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="23"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,368</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3256,166 +3332,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,068</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z31" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сибирский хариус</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="24"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,368</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3444,166 +3520,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,068</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z32" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 озеро Маралье</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,396</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3632,166 +3708,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,096</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z33" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сибирский хариус</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="26"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,396</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3820,166 +3896,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,096</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z34" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИТОГО</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="27"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,449</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3989,73 +4065,66 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2625" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4096,125 +4165,125 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Маркакольский государственный природный заповедник (количество водоемов – 1)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="28"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z36" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 озеро Маркаколь </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="29"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25,003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4243,166 +4312,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,897</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z37" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 ленок </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="30"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24,418</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4431,166 +4500,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,312</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z38" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 хариус </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="31"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,585</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4619,166 +4688,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,585</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z39" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИТОГО</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="32"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25,003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4807,51 +4876,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4892,125 +4961,125 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственный национальный природный парк "Көлсай көлдері" (количество водоемов – 2 )</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="33"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z41" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 озеро Нижний Кольсай </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,294</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5039,166 +5108,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z42" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 микижа (форель) </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="35"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,294</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5227,166 +5296,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z43" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 озеро Средний Кольсай </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="36"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5415,166 +5484,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,034</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z44" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 микижа (форель) </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="37"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5603,166 +5672,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,034</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z45" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИТОГО</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="38"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,407</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5791,51 +5860,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5876,125 +5945,125 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственный национальный природный парк "Кокшетау", по Акмолинской области (количество водоемов – 1)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z47" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 озеро Зерендинское</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="40"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6023,166 +6092,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z48" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 линь</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="41"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6211,166 +6280,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z49" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 плотва</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="42"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6399,166 +6468,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z50" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 лещ</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="43"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6587,166 +6656,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z51" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 карп</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="44"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6775,166 +6844,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z52" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 окунь</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="45"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6963,166 +7032,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z53" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 щука</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="46"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7151,166 +7220,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z54" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сиговые</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="47"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7339,166 +7408,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z55" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рак</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="48"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7527,166 +7596,166 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z56" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИТОГО</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="49"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7715,51 +7784,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7800,90 +7869,90 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственный национальный природный парк "Кокшетау", по Северо-Казахстанской области (количество водоемов – 3)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="50"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z58" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="51"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -7944,87 +8013,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 любительский (спортивный) лов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8058,161 +8127,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мелиоративный лов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z60" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 озеро Имантау</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="52"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32,69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8246,161 +8315,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z61" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 карась</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="53"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8434,161 +8503,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z62" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 линь</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="54"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8622,161 +8691,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z63" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 плотва</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="55"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8810,161 +8879,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z64" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 лещ</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="56"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18,54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8998,161 +9067,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z65" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 карп</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="57"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9186,161 +9255,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z66" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 окунь</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="58"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9374,161 +9443,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z67" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 щука</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="59"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9562,161 +9631,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z68" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сиговые</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="60"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9750,161 +9819,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z69" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рак</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="61"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9938,161 +10007,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z70" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 озеро Лобанова</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="62"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10126,161 +10195,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z71" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 карась</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="63"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10314,161 +10383,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z72" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 линь</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="64"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10502,161 +10571,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z73" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 карп</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="65"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10690,161 +10759,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z74" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 окунь</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="66"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10878,161 +10947,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z75" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 озеро Шалкар </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="67"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11066,161 +11135,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z76" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 карась</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="68"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11254,161 +11323,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z77" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 карп</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="69"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11442,161 +11511,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z78" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 окунь</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="70"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11630,161 +11699,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z79" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сиговые</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="71"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11818,161 +11887,161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z80" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИТОГО</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="72"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34,92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12071,55 +12140,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>