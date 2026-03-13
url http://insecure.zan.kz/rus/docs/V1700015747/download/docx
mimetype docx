--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cd8fca4" w14:textId="cd8fca4">
+    <w:p w14:paraId="5e2453d" w14:textId="5e2453d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -814,87 +814,125 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 26 августа 2017 года № 69 нс </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила выплаты военнослужащим органов национальной безопасности денег за счет государства за перевозку собственного имущества в пределах Республики Казахстан </w:t>
+        <w:t xml:space="preserve"> Правила выплаты за счет государства военнослужащим органов национальной безопасности Республики Казахстан денег за перевозку собственного имущества в пределах Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок правил - в редакции приказа Председателя Комитета национальной безопасности РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 119/қе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила в редакции приказа и.о. Председателя Комитета национальной безопасности РК от 28.08.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 68/қе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
@@ -1066,332 +1104,378 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Для осуществления выплаты денег при переводе к новому месту службы либо для постановки на воинский учет в другой местности за перевозку собственного имущества в пределах РК военнослужащим и лицом, уволенным с воинской службы, подается рапорт (заявление) в произвольной форме с указанием маршрута перевозки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Рапорт (заявление) подается в течение десяти рабочих дней со дня принятия дел и должности в соответствии с </w:t>
+      3. Рапорт (заявление) подается в течение тридцати рабочих дней со дня принятия дел и должности в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Устава внутренней службы Вооруженных Сил, других войск и воинских формирований РК, утвержденного Указом Президента РК от 5 июля 2007 года № 364, либо исключения из списков учреждения на имя следующих должностных лиц:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z43" w:id="15"/>
+    <w:bookmarkStart w:name="z42" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Председателя Комитета национальной безопасности РК (далее – КНБ) – первыми руководителями ведомств, начальниками структурных подразделений республиканского государственного учреждения "Комитет национальной безопасности Республики Казахстан" и военных, специальных учебных заведений КНБ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z44" w:id="16"/>
-[...15 lines deleted...]
-      2) начальников структурных подразделений республиканского государственного учреждения "Комитет национальной безопасности Республики Казахстан" – военнослужащими, находящимися в их подчинении и лицами, уволенными с воинской службы, ранее проходившими воинскую службу в указанных подразделениях;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) начальников структурных подразделений республиканского государственного учреждения "Комитет национальной безопасности Республики Казахстан" – военнослужащими, находящимися в их подчинении, и лицами, уволенными с воинской службы, ранее проходившими воинскую службу в указанных подразделениях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z45" w:id="17"/>
-[...15 lines deleted...]
-      3) заместителя Председателя КНБ – Директора Пограничной службы – военнослужащими и лицами, уволенными с воинской службы республиканского государственного учреждения "Пограничная служба Комитета национальной безопасности Республики Казахстан", начальниками территориальных подразделений и подведомственных организаций Пограничной службы КНБ;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заместителя Председателя КНБ – Директора Пограничной службы – военнослужащими и лицами, уволенными с воинской службы республиканского государственного учреждения "Пограничная служба Комитета национальной безопасности Республики Казахстан", начальниками территориальных подразделений и подведомственных организаций Пограничной службы КНБ РК;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z46" w:id="18"/>
-[...15 lines deleted...]
-      4) первым руководителям государственных учреждений ОНБ – военнослужащими, находящимися в их подчинении и лицами, уволенными с воинской службы, ранее проходившими воинскую службу в указанных подразделениях.</w:t>
+    <w:bookmarkStart w:name="z45" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) первого руководителя государственных учреждений ОНБ – военнослужащими, находящимися в их подчинении, и лицами, уволенными с воинской службы, ранее проходившими воинскую службу в указанных подразделениях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Председателя Комитета национальной безопасности РК от 16.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 51/қе</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Председателя Комитета национальной безопасности РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 119/қе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Структурное подразделение государственного учреждения, ответственное за подготовку приказа на выплату денег за перевозку собственного имущества в пределах РК (далее – структурное подразделение), не позднее пяти рабочих дней со дня регистрации рапорта (заявления) осуществляет сверку сведений, указанных в рапорте (заявлении).</w:t>
+      4. Структурное подразделение государственного учреждения, ответственное за подготовку приказа на выплату денег за перевозку собственного имущества в пределах РК (далее – структурное подразделение), не позднее десяти рабочих дней со дня регистрации рапорта (заявления) осуществляет сверку сведений, указанных в рапорте (заявлении).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...15 lines deleted...]
-      В случае несоответствия маршрута перевозки, указанного в рапорте (заявлении), фактическому расположению населенных пунктов, структурное подразделение возвращает их заявителю для доработки. Заявитель в течение десяти рабочих дней повторно обращается в структурное подразделение, при этом рапорт (заявление) считается поданным в день первичной регистрации.</w:t>
+    <w:bookmarkStart w:name="z46" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несоответствия маршрута перевозки, указанного в рапорте (заявлении), фактическому расположению населенных пунктов структурное подразделение возвращает их заявителю для доработки. Заявитель в течение десяти рабочих дней повторно обращается в структурное подразделение, при этом рапорт (заявление) считается поданным в день первичной регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkStart w:name="z47" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На основании рапорта (заявления) структурное подразделение определяет размер выплаты и подготавливает проект приказа на выплату денег за перевозку собственного имущества в пределах РК.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Председателя Комитета национальной безопасности РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 119/қе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Структурное подразделение определяет размер выплаты на каждые 20 километров автомобильной дороги в размере одного месячного расчетного показателя и рассчитывает по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1739900" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -1413,270 +1497,270 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где: L – протяженность автомобильной дороги от пункта убытия  до пункта назначения в километрах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20 км – постоянная величина;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1 МРП – размер месячного расчетного показателя, утвержденного на соответствующий финансовый год. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Приказ о выплате денег за перевозку собственного имущества в пределах РК с указанием маршрута перевозки, расстояния и размера выплаты издается уполномоченным должностным лицом государственного учреждения, в котором военнослужащий проходит воинскую службу, а лицо, уволенное с воинской службы, где проходил воинскую службу перед увольнением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После издания приказа о выплате денег за перевозку собственного имущества в пределах РК структурным подразделением данный приказ либо выписка из него направляется в финансовое подразделение для осуществления выплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Финансовое подразделение осуществляет выплату денег за перевозку собственного имущества в пределах РК:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при наличии средств по плану финансирования – одновременно с выплатой денежного довольствия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при отсутствии средств – после внесения соответствующих изменений в индивидуальный план финансирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Выплата денег за перевозку собственного имущества в пределах РК, причитающихся военнослужащему или лицу, уволенному с воинской службы, и не выплаченных ему или выплаченных в меньшем размере, подлежит выплате в пределах общего срока исковой давности, установленной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 178 Гражданского кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1714,55 +1798,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>