--- v0 (2025-10-02)
+++ v1 (2026-01-02)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7a5dcf6" w14:textId="7a5dcf6">
+    <w:p w14:paraId="57dae7c" w14:textId="57dae7c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -445,173 +446,156 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-            </w:r>
+              <w:t>      Министр обороны</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министр обороны</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>генерал-полковник</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С. Жасузаков</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-            <w:r>
-[...19 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z16" w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
@@ -666,64 +650,62 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"__"________2017 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z17" w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министр здравоохранения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -754,64 +736,62 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"__"________2017 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z18" w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Министр внутренних дел </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -975,1506 +955,18879 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 июля 2017 года № 347</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила начальной военной подготовки</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила – в редакции приказа Министра обороны РК от 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1540</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z271" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z27" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящие Правила начальной военной подготовки (далее – Правила) определяют порядок организации и проведения начальной военной подготовки в организациях среднего, технического и профессионального образования.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkStart w:name="z28" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Настоящие Правила начальной военной подготовки определяют порядок организации проведения начальной военной подготовки.</w:t>
+      2. В настоящих правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Начальная военная подготовка лиц допризывного и призывного возраста проводится в 10 и 11 (12) классах организаций образования, реализующих общеобразовательные учебные программы общего среднего образования и профессиональные учебные программы технического и профессионального (кроме специальных), послесреднего образования на первых-вторых курсах обучения, независимо от подчиненности и форм собственности (далее – организации образования) штатными преподавателями-организаторами начальной военной подготовки. </w:t>
+      1) </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра обороны РК от 17.03.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...1201 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) пункта 2 вводится в действие с 01.09.2026 приказом Министра обороны РК от 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1540</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (текст исключен).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) педагог-организатор НВП (далее – педагог НВП) – педагогический работник организации среднего, технического и профессионального образования, соответствующий Типовым квалификационным характеристикам должностей педагогов, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 13 июля 2009 года № 338 (зарегистрирован в реестре государственной регистрации нормативных правовых актов под № 5750);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z31" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) повышение квалификации – форма профессионального обучения, позволяющая приобретать новые, а также поддерживать, расширять, углублять и совершенствовать ранее приобретенные профессиональные знания, умения, навыки и компетенции для повышения качества преподавания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. НВП включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) теоретическую и практическую подготовку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проведение учебно-полевых (лагерных) занятий (далее - УПЗ);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проведение соревнований по НВП (районного (города областного значения), областного масштабов, в масштабе города республиканского значения и столицы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. НВП организуется уполномоченным органом в области образования совместно с местными исполнительными органами и осуществляется в организациях образования в соответствии с требованиями уполномоченных органов в области обороны, здравоохранения, в сфере гражданской защиты независимо от принадлежности и форм собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z37" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Основной целью НВП является овладение базовыми навыками в военном деле, развитие физической выносливости, морально-психологической устойчивости и готовности к выполнению воинского долга, а также воспитания у обучающихся чувства патриотизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z38" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основными задачами НВП являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z39" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирование у обучающихся высокого чувства ответственности перед Родиной, уважения к государственным символам, армии и воинской службе, военно-патриотическое воспитание молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z40" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подготовка к воинской службе, изучение основ военного дела, строевой, огневой, тактической, военно-медицинской подготовки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) развитие физических и психологических качеств, способствующих устойчивости к стрессу, выносливости, организованности, дисциплине и коллективизму;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z42" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) развитие интереса молодежи к воинской службе и овладения ими основ военной профессии через практико-ориентированные формы подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z43" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. НВП проводится с обучающимися допризывного возраста на базе основного среднего образования в организациях образования (кроме специальных), реализующих общеобразовательные учебные программы общего среднего образования, образовательные программы технического и профессионального образования, независимо от ведомственной подчиненности и форм собственности (далее – организации образования) педагогами НВП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок организации и проведения начальной военной подготовки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. НВП организуется в соответствии с Государственными общеобязательными стандартами общего среднего, технического и профессионального образования, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра просвещения Республики Казахстан от 3 августа 2022 года № 348 (зарегистрирован в реестре государственной регистрации нормативных правовых актов под № 29031).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Основной формой НВП является проведение теоретических и практических занятий, а также УПЗ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Занятия по НВП проводятся в учебное время и включаются в основное расписание занятий. Занятия по НВП проводятся в составе учебных взводов, формируемых на базе классов (учебных групп), состоящих из 2-3 отделений по 8-10 обучающихся. Командиры взводов и отделений назначаются приказом руководителя организации образования по предложениям педагога НВП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Организация учебного процесса по НВП включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирование классов и учебных групп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) составление расписания и календарно-тематического плана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z51" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечение учебной и материально-технической базы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) закрепление педагогов НВП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) проведение текущего и итогового контроля знаний, умений и навыков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ведение документации (журналов, ведомостей, отчетов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Занятия по НВП проводятся еженедельно в соответствии с учебной программой, не менее 1 раза в неделю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В организациях среднего образования на НВП отводится 64 учебных часов, из которых на УПЗ должны выделяться в 10-м классе не менее 30 учебных часов, в 11-м классе не менее 32 учебных часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В организациях образования, реализующих образовательные программы технического и профессионального образования, количество учебных часов определяется в соответствии с рабочими учебными программами, не менее 136 учебных часов, из которых не менее 30 учебных часов на УПЗ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Занятия по НВП для девушек и юношей проводятся совместно, за исключением практических занятий по разделу "Основы медицинских знаний", которые проводятся отдельно для девушек под руководством медицинского работника организации образования параллельно с УПЗ для юношей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. На учебный год организацией образования разрабатывается план военно-патриотической работы, включающий дополнительные мероприятия, укрепляющие знания по НВП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В план военно-патриотической работы включаются следующие дополнительные мероприятия в рамках НВП: лекции приглашенных военнослужащих по направлениям военного дела (сухопутные войска, силы воздушной обороны, военно-морские силы и др.), встречи с ветеранами военных конфликтов и Вооруженных Сил Республики Казахстана (далее – ВС РК), экскурсии в воинские части, участие в кружках допризывной подготовки, военно-патриотических клубах, соревнованиях, смотрах и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. В организациях образования для проведения НВП наносится соответствующая разметка на площадке для строевой подготовки, оборудуются учебные классы, а также оформляется наглядная агитация, включающая в себя плакаты, стенды и другие средства, направленные на формирование у обучающихся знаний и навыков военного дела, а также воспитание патриотизма, гражданственности и уважения к воинской службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. Разметка на площадке наносится в соответствии с требованиями Строевого устава Вооруженных Сил, других войск и воинских формирований Республики Казахстан, утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Указом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президента Республики Казахстан от 5 июля 2007 года № 364.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z63" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Наглядная агитация классов НВП оборудуется согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Оценка знаний обучающихся осуществляется по балльно-рейтинговой системе. Итоговая оценка на основании годовых (курсовых) оценок, полученных обучающимися по учебной программе (за исключением лиц, которые по состоянию здоровья освобождены от занятий), выставляется в документ об окончании организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z65" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Педагог НВП для организации занятий руководствуется планами проведения занятий, в том числе проводимых во внеурочное время, а также личным планом, утвержденным руководителем организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z66" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Внешний вид обучающихся на занятиях НВП соответствует установленной форме одежды, которую отличают сдержанность и аккуратность (чистая, опрятная, разглаженная одежда).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для юношей: брюки черного (темно-синего) цвета, рубашка военного образца цвета серой полыни с длинным рукавом, галстук черного цвета, зажим для галстука. Закрытая обувь классического стиля, темного цвета. Короткая стрижка или аккуратно зачесанные волосы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для девушек: юбка (брюки) черного (темно-синего) цвета, рубашка военного образца цвета серой полыни с длинным рукавом, галстук черного цвета, зажим для галстука. Закрытая обувь классического стиля, темного цвета. Волосы собраны (хвост, коса, пучок), чтобы не мешали на занятиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z69" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При физических нагрузках во время проведения занятий рекомендуется исключение ношения массивных украшений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z70" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По решению руководителя организации образования допускается ношение полевой формы одежды, в том числе при проведении УПЗ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z71" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Педагогам НВП разрешается ношение военной формы одежды с особенностями ношения отдельных предметов военной формы одежды и знаков различия в порядке, определяемом настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z72" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Шевроны военной формы одежды педагогов НВП носятся согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам. Нагрудные знаки военной формы одежды педагогов НВП носятся согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z73" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Организация и проведение НВП возлагаются на руководителей организаций образования и педагогов НВП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Местными органами военного управления (далее – МОВУ) в рамках взаимодействия по вопросам подготовки допризывной молодежи оказывается содействие организациям образования в вопросах повышения качества проведения НВП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z75" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Координация НВП осуществляется:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z76" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на республиканском уровне – уполномоченными органами в области обороны и образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z77" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на местном уровне – местными исполнительными органами (далее – МИО) и МОВУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z78" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Уполномоченный орган в области обороны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z79" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) координирует организацию НВП, взаимодействуя с уполномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z80" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) содействует в разработке учебно-методических материалов, учебников и аудиовизуальных средств по НВП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z81" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет мониторинг и анализ качества преподавания НВП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z82" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Уполномоченный орган в области образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет координацию и обеспечивает проведение НВП и военно-патриотического воспитания обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z84" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет разработку учебных программ, издание учебников и учебно-методических комплексов, аудио-видео фильмов по НВП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z85" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) изучает, обобщает и распространяет положительный опыт проведения НВП и военно-патриотического воспитания обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z86" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Управления (отделы) образования МИО:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z87" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляют обеспечение учебно-материальной базы НВП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z88" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) контролируют качество организации и проведения занятий по НВП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z89" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организовывают проведение соревнований по НВП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z90" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ведут отчетность по НВП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z91" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Руководители организаций образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z92" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отвечают за организацию и качество проведения НВП, а также военно-патриотического воспитания обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z93" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осуществляют подбор кандидатов и назначают на должность педагогов НВП в соответствии с Типовыми квалификационными характеристиками должностей педагогов, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки от 13 июля 2009 года № 338 (зарегистрирован в реестре государственной регистрации нормативных правовых актов под № 5750);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z94" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) направляют преподавателей НВП на повышение квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z95" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечивают своевременное планирование и организацию учебного процесса, полное и качественное выполнение программы НВП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z96" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) выделяют помещения, площадки и места для отработки практических занятий НВП, в том числе с применением трехмерных симуляторов с набором интерактивных занятий по военной подготовке, принимают меры к постоянному совершенствованию учебно-материальной базы в соответствии нормами оснащения оборудованием и мебелью организаций дошкольного, среднего образования, а также специальных организаций образования, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 22 января 2016 года № 70 (зарегистрирован в реестре государственной регистрации нормативных правовых актов под № 13272) и нормами оснащения оборудованием и мебелью организаций технического и профессионального образования, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 7 марта 2012 года № 97 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 7574);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z97" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) оказывают педагогу НВП учебно-методическую помощь, обеспечивают организацию и проведение допризывной подготовки по образовательным программам дополнительного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z98" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) представляют отчеты о состоянии НВП, а также военно-патриотической работы в МОВУ и управления (отделы) образования по подчиненности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z99" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) участвуют в организации и проведении соревнований по НВП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z100" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Уполномоченный орган в сфере гражданской защиты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z101" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет координацию по обучению основам безопасности жизнедеятельности человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z102" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) согласовывает раздел программы по основам безопасности жизнедеятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z103" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. МОВУ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z104" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ведут отчетность по количеству допризывников, проходящих НВП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z105" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организуют и проводят трехдневные учебно-методические сборы перед началом учебного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z106" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оказывают содействие организациям образования в проведении занятий по НВП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z107" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оказывают содействие в организации и проведении УПЗ, соревнований по НВП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z108" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) информируют уполномоченный орган в области обороны и МИО о состоянии НВП и военно-патриотического воспитания в организациях образования по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z109" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) участвуют в проведении мониторинга и анализа качества НВП в организациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z110" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Начальники гарнизонов совместно с МОВУ закрепляют организации образования за воинскими частями, военными учебными заведениями Министерства обороны Республики Казахстан (далее - МО РК), военными кафедрами (военными факультетами) организаций высшего и (или) послевузовского образования для оказания помощи в организации и проведении НВП, военно-патриотической и воспитательной работе с обучающимися.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z111" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Командиры воинских частей, начальники военных учебных заведений, военных кафедр (военных факультетов) организаций высшего и (или) послевузовского образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z112" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оказывают помощь организациям образования по проведению НВП, а также военно-патриотическому воспитанию обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z113" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оказывают помощь МОВУ в проведении трехдневных учебно-методических сборов с педагогами НВП, а также в проведении соревнований по НВП и военно-патриотических мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z114" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Педагог НВП:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z115" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организует и проводит занятия по НВП в учебное время и факультативно (во внеурочное время) руководит допризывной подготовкой по образовательным программам дополнительного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z116" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       2) отвечает за строгое соблюдение установленных правил и мер безопасности при проведении занятий; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z117" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) проходит повышение квалификации не менее одного раза в три года; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z118" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) совместно с педагогическим коллективом организации образования проводит работу по военно-патриотическому воспитанию обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z119" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оказывает помощь МОВУ по отбору юношей для поступления в военные учебные заведения МО РК;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z120" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) готовит обучающихся к участию в соревнованиях по НВП, участвует в организации и проведении соревнований по НВП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z121" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. УПЗ являются обязательной частью курса НВП и проводятся в виде лагерного сбора продолжительностью 5 дней (или 30 учебных часов, распределенных по согласованному графику).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z122" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Организация и проведение УПЗ осуществляется МИО совместно с МОВУ, территориальными органами гражданской защиты, органами управления образованием и организациями образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z123" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. МИО:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z124" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивают условия для проведения УПЗ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z125" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) предоставляют необходимую учебно-материальную базу для проведения УПЗ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z126" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организуют транспортировку обучающихся и педагогов НВП к месту проведения УПЗ и обратно;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z127" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечивают медицинским сопровождением, включая наличие медицинского пункта и медицинского работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z128" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организуют и обеспечивают обучающихся проживанием и питанием;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z129" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) организуют взаимодействие с родителями обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z130" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осуществляют взаимодействие с МОВУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z131" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. МОВУ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z132" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определяют время проведения УПЗ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z133" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) согласовывают вопросы организации размещения и питания обучающихся с командирами воинских частей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z134" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) для проведения занятий при необходимости привлекают военнослужащих.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z135" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Организации образования формируют списки обучающихся привлекаемых на УПЗ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z136" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Уполномоченный орган в сфере гражданской защиты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z137" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции производит обследование мест проведения УПЗ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z138" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) контролирует обеспечение мер безопасности во время проведения УПЗ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z139" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. УПЗ включают в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z140" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) развертывание лагерного сбора (при наличии палаток и условий – палаточного городка); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z141" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) прохождение тактической полосы препятствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z142" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) выполнение нормативов военно-прикладной направленности, элементов рукопашного боя; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z143" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выполнение нормативов по строевой подготовке и передвижению отделений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z144" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) практические действия по выполнению обязанностей часового;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z145" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) стрельбы из пневматического оружия или в лазерном тире;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z146" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сборку-разборку макета стрелкового оружия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z147" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) оказание первой доврачебной помощи и транспортировку условно раненого;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z148" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) применение на практике средств индивидуальной радиационной, химической и биологической защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z149" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) практическое освоение основ гражданской и территориальной обороны, действий при чрезвычайных ситуациях и в условиях военного положения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z150" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) смотровой и итоговый зачет по огневой, тактической, строевой, физической и военно-медицинской подготовке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z151" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. УПЗ проводятся с юношами на базе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z152" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организаций образования, обладающих необходимой учебно-материальной базой (тир, плац, городок для изучения обязанностей часового);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z153" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) воинских частей ВС РК, других войск и воинских формирований РК по согласованию с командованием части.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z154" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      44. УПЗ на базе воинских частей предполагают пребывание обучающихся на закрытой территории воинской части с проживанием в палаточном или казарменном лагере. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z155" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. В случае отсутствия возможности проведения УПЗ на базе воинской части допускается их проведение на территории организации образования с обязательным выполнением всех нормативных требований по безопасности, учебно-методическому обеспечению и содержанию практических занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z156" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      46. Во время УПЗ соблюдается распорядок дня с учетом проверки наличия личного состава, утренней физической зарядки, практических занятий и зачетов, подведения итогов, военно-патриотических мероприятий. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z157" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      47. При проведении УПЗ трехразовое питание обучающихся организуется согласно норме № 1 "Общевойсковой паек" в соответствии с требованиями норм снабжения продовольствием, кормами, оборудованием, столово-кухонной посудой и техникой продовольственной службы ВС РК на мирное время, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МО РК от 18 июня 2015 года № 353 (зарегистрирован в реестре государственной регистрации нормативных правовых актов под №  11844) за счет средств, выделенных МИО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z158" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Безопасность, медицинское сопровождение и контроль за дисциплиной обеспечиваются совместными усилиями педагогов НВП, медицинского персонала и командного состава принимающей воинской части (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z159" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Результаты прохождения УПЗ фиксируются в журналах успеваемости, сдаются итоговые нормативы. Информация о результатах включается в общую оценку по дисциплине НВП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z160" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. К УПЗ допускаются обучающиеся с согласия родителей (законных представителей), прошедшие предварительный инструктаж по технике безопасности и медицинский осмотр (при необходимости).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z161" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      51. По результатам УПЗ педагог НВП и руководитель организации образования готовят отчет по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, который хранится в организации образования не менее 3 лет. В течении 10 календарных дней после завершения УПЗ, отчет направляется в МОВУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z162" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Соревнования по НВП (далее – соревнования) проводятся среди обучающихся средних школ и организаций технического и профессионального образования ежегодно. Организаторами соревнований по НВП являются организации образования, МИО, МОВУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z163" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Соревнования проводятся в трех этапах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z164" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) первый этап – в организациях образования (до 30 января);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z165" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) второй этап – районный/городской (до конца февраля);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z166" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) третий этап – областной (до 30 апреля).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z167" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Основные виды соревнований:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z168" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) военно-прикладной направленности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z169" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разборка/сборка АК-74;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z170" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стрельба из пневматического оружия или в лазерном тире;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z171" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      метание гранаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z172" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      марш-бросок с экипировкой;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z173" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      надевание средств индивидуальной защиты (ОЗК, противогаз);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z174" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      командные соревнования по тактическому взаимодействию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z175" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) военно-спортивной направленности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z176" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военизированная эстафета (дуатлон, триатлон);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z177" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      преодоление полосы препятствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z178" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ориентирование на местности с картой и компасом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z179" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Перечень и порядок выполнения упражнений определяются организаторами соревнований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z180" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Для каждого этапа соревнований создаются организационные комитеты, состав и полномочия которых утверждаются территориальными управлениями (отделами) образования по согласованию с МОВУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z181" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Территориальный организационный комитет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z182" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывает регламент соревнований, критерии оценки, перечень заданий для первого-третьего этапов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z183" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) утверждает состав команд и их руководителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z184" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) утверждает состав и функции судейства (жюри) первого-третьего этапа соревнований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z185" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) организовывает публикацию итогов первого-третьего этапов соревнований и аналитических материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z186" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организовывает награждение победителей соревнований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z187" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Руководитель команды участников соревнований отвечает за безопасность участников на всех этапах соревнований в пути следования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z188" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. В состав судейства (жюри) всех этапов соревнований входят: председатель, секретарь и нечетное количество членов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z189" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Судейство (жюри) первого-третьего этапов утверждает результаты, оформляет соответствующие протоколы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z190" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Награждение осуществляется в следующем порядке: победители и призеры районных, городских и областных этапов. Педагоги НВП, подготовившие победителей (призеров), награждаются грамотами, дипломами, медалями и призами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Глава 3 вводится в действие с 01.01.2026 приказом Министра обороны РК от 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1540</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (текст исключен).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Организация и проведение повышения квалификации граждан, осуществляющих начальную военную, допризывную и углубленную допризывную подготовку </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z204" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок организации и проведения педагогической переподготовки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z205" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. В целях социальной адаптации лиц, уволенных с воинской службы, МО РК по согласованию с уполномоченными органами в области образования, науки и высшего образования разрабатывает и утверждает образовательную программу педагогической переподготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z206" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Педагогическую переподготовку на безвозмездной основе в военных учебных заведениях вправе пройти лица, увольняемые или уволенные с воинской службы (за исключением лиц, уволенных по отрицательным мотивам без права повторного поступления на воинскую службу), проходившие воинскую службу на должностях офицерского, старшего или высшего сержантского составов, имеющие высшее и (или) послевузовское образование и выслугу не менее десяти лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z207" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      74. Порядок прохождения педагогической переподготовки лиц, увольняемых из ВС РК, осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по организации социальной адаптации лиц, увольняемых из Вооруженных Сил Республики Казахстан, утвержденными приказом Министра обороны РК от 26 сентября 2022 года № 834 (зарегистрирован в реестре государственной регистрации нормативных правовых актов под № 29856).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z208" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. МОВУ принимают заявления от лиц, уволенных с воинской службы, осуществляют проверку соответствия их требованиям настоящих Правил. Департаменты по делам обороны делают общий свод и формируют списки лиц, подлежащих социальной адаптации, и ежеквартально представляют в структурное подразделение МО РК, курирующее вопросы организации воспитательной, социально-правовой, психологической и идеологической работы в ВС РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z209" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Итоговый список лиц, подлежащих педагогической переподготовке, утверждается заместителем Министра обороны РК по воспитательной и идеологической работе и опубликовывается на официальном сайте МО РК с указанием даты и времени проведения педагогической переподготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z210" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Лица, уволенные с воинской службы и изъявившие желание пройти педагогическую переподготовку, подают заявление на имя начальника МОВУ. К заявлению прилагаются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z211" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) копия удостоверения личности гражданина Республики Казахстан (подлинник для сверки);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z212" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копия военного билета (подлинник для сверки);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z213" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копия документа о высшем образовании (подлинник для сверки).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z214" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На основании опубликованного списка лиц, подлежащих педагогической переподготовке, на официальном сайте МО РК кандидаты самостоятельно проходят педагогическую переподготовку в онлайн режиме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z215" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Педагогическая переподготовка организовывается структурным подразделением МО РК, курирующим вопросы военного образования, на основании утвержденных списков не реже одного раза в полугодие.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z216" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Обучение проходит дистанционно на онлайн-платформе согласно графику, утвержденному структурным подразделением МО РК, курирующим вопросы военного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z217" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Образовательные программы педагогической переподготовки по профилю НВП, разрабатываются и утверждаются МО РК по согласованию с уполномоченными органами в области образования, науки и высшего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z218" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      81. При освоении образовательной программы педагогической переподготовки по профилю НВП и успешной сдаче итоговой аттестации лицам в течение 3 рабочих дней выдается бессрочный сертификат согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, подтверждающий право преподавания НВП в организациях среднего, технического и профессионального образования РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z219" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае утраты слушатель обращается с заявлением в Центр обучения, для выдачи дубликата сертификата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам начальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военной подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z221" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Минимальный перечень наглядной агитации и оборудования классов начальной военной подготовки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единица измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Изображения: государственного флага, герба, гимна, эмблемы Вооруженных Сил Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комплект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Текст военной присяги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комплект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Права и обязанности военнослужащих</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комплект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация о структуре Вооруженных Сил</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комплект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Портрет Верховного Главнокомандующего Вооруженными Силами Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комплект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гарантии при исполнении гражданами Республики Казахстан обязанностей воинской службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комплект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мультимедийные средства отображения информации (интерактивные доски, мультимедийные проекторы, мультимедийные экраны и т.п.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комплект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лазерный тир</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Макеты стрелкового оружия (АК-74, ПМ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средства индивидуальной защиты от оружия массового поражения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комплект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам начальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военной подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z223" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Общий вид шевронов военной формы одежды, предназначенных для ношения педагогами НВП (на левом рукаве)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z224" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="2933700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="2933700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z225" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (на полевой форме) (на повседневной форме)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам начальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военной подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z227" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Общий вид нагрудных нашивок военной формы одежды, предназначенных для ношения педагогами НВП</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z228" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="4483100" cy="2286000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4483100" cy="2286000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z229" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственный флаг (носится на груди слева на повседневной форме)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z230" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5245100" cy="2667000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5245100" cy="2667000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z231" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Знак военной подготовки (носится на груди справа на повседневной форме)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам начальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военной подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z234" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сводная информация о состоянии начальной военной подготовки (НВП) (области, города республиканского значения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z235" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общая информация</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z236" w:id="205"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование органа военного управления:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отчетный период: (указать квартал/год)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственный исполнитель (ФИО, должность, контакт):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z237" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Количественные показатели</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование показателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Значение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общее количество школ, реализующих курс НВП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общее количество преподавателей НВП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество преподавателей НВП, прошедших повышение квалификации (в отчетном периоде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество проведенных учебно-методических занятий с преподавателями НВП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество УПЗ, проведенных в регионе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество обучающихся, участвовавших в УПЗ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество соревнований по НВП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество юношей, рекомендованных к поступлению в военные учебные заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z238" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Оценка состояния учебно-материальной базы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Параметр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Оценка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие оборудованных кабинетов НВП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие плаца или площадки для строевой подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие учебных макетов оружия (АК-74 и др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие лазерного тира или стрелковой площадки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Использование 3D-симуляторов / программного обеспечения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z239" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Проведение мероприятий по военно-патриотическому воспитанию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z240" w:id="209"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень ключевых мероприятий (названия, даты, количество участников):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z241" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Взаимодействие с организациями образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z242" w:id="211"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Количество совместных мероприятий с управлением образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Проблемные вопросы, выявленные в ходе взаимодействия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Предложения по улучшению организации НВП:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z243" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Информация по преподавателям НВП</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФИО преподавателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Повышение квалификации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подготовка к УПЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Участие в учебно-методической работе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z244" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Итоги и рекомендации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z245" w:id="214"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общая оценка уровня НВП в регионе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Основные достижения: _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Основные проблемы: __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Предложения к Министерству обороны / местным исполнительным органам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись ответственного лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(ФИО, должность, дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам начальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военной подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z248" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отчет по результатам проведения УПЗ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(хранится в организации образования не менее 3 лет)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z249" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общая информация</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z250" w:id="217"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Регион / населенный пункт:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Класс / возраст обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Количество участников УПЗ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сроки проведения УПЗ: с "____" ______ 20__ г. по "____" ______ 20___ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место проведения УПЗ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственный за организацию УПЗ (ФИО, должность):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Форма проведения УПЗ: палаточный сбор / на базе организации / смешанная форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие медицинского и продовольственного обеспечения: да / нет</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z251" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Перечень проведенных мероприятий</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Этап УПЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма проведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кол-во участников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Успешно завершили (%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развертывание лагеря (городка)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+практическое занятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тактическая полоса препятствий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+практическое занятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нормативы военно-прикладной направленности, элементы рукопашного боя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тест / практика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Строевая подготовка, перемещение отделений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+командное занятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обязанности часового</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ролевая тренировка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стрельба (пневматика / лазерный тир)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+практическое упражнение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сборка-разборка автомата Калашникова (макет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+индивидуальное задание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оказание первой доврачебной помощи и эвакуация "раненого"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+практика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Применение средств РХБЗ защиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+практическое занятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основы ГО, действия в ЧС / ВП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теоретико-практическое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Марш-бросок (при наличии условий)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+групповое задание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Смотровой и итоговый зачет (по разделам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комплексный зачет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z252" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Итоги итогового зачета (оценка по направлениям)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Направление подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средний балл / % выполнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Огневая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тактическая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Строевая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Физическая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Военно-медицинская</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гражданская и тероборона и ЧС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Защита в ЧС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z253" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Участники (сводная таблица)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Присутствие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сдал итоговый зачет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z254" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Обеспечение и условия проведения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Показатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Наличие </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медицинское сопровождение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Питание участников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспортировка к месту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оборудование и инвентарь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средства РХБЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полевые условия (палатки)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подключение к ПО (если применимо)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z255" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Общая оценка и предложения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z256" w:id="223"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общее количество успешно завершивших УПЗ: ___ человек</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Проблемы / затруднения, выявленные при проведении УПЗ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Предложения по улучшению организации УПЗ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель организации образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись: ____________ / ФИО /</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата: "____" ____________ 20____ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Педагог НВП Подпись: ____________ / ФИО /</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата: "____" ____________ 20____ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам начальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военной подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z259" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> График проведения повышения квалификации на 20___ год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Виды </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Периоды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма проведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 7</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам начальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военной подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Логотип организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Официальное</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СЕРТИФИКАТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящим подтверждает, что ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прошел(ла) повышение квалификации на тему ________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z261" w:id="225"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тема курса)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в объеме ____ академических часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________     _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) (подпись)          Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Регистрационный номер № _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата выдачи: "__" ___________ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Логотип организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z262" w:id="226"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Официальное</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z263" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Приложение к сертификату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z264" w:id="228"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z265" w:id="229"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      за время прохождения повышения квалификации показал(а)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>соответствующие знания и навыки по следующим модулям:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование модулей программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z266" w:id="230"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________      ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) (подпись)      Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Регистрационный номер № _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата выдачи: "__" ___________ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 8</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам начальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военной подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z269" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сертификат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z270" w:id="232"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выдан _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в том, что он(а) с "___" ______ 20__ года по " ___" ________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>прошел(а) курс педагогической переподготовки по образовательной программе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагогической переподготовки "Развитие профессиональных компетенций</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и мастерства педагога в предметной области</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Начальная военная подготовка" в объеме _________________ академических</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кредитов ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(название военного учебного заведения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Начальник _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) (подпись))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата выдачи "___" ____________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Регистрационный номер: № ___ от "___" _______ 20__ года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -2482,55 +19835,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2852,35 +20205,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>