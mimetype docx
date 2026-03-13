--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c0fdcb5" w14:textId="c0fdcb5">
+    <w:p w14:paraId="ba73713" w14:textId="ba73713">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -146,50 +146,112 @@
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 9 июля 2004 года "Об охране, воспроизводстве и использовании животного мира" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 493</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -582,51 +644,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">приказом исполняющего обязанности </w:t>
+              <w:t>приказом исполняющего обязанности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министра сельского хозяйства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -645,804 +707,922 @@
               </w:rPr>
               <w:t>от 9 августа 2017 года № 323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила ихтиологических наблюдений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила - в редакции приказа Министра сельского хозяйства РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 493</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила ихтиологических наблюдений (далее – Правила) разработаны в соответствии с подпунктом 77-1) пункта 1 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "Об охране, воспроизводстве и использовании животного мира" (далее – Закон) и определяют порядок проведения ихтиологических наблюдений на рыбохозяйственных водоемах.</w:t>
+      1. Настоящие Правила ихтиологических наблюдений (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 508-42)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве сельского хозяйства Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 6 апреля 2005 года № 310 "Некоторые вопросы Министерства сельского хозяйства Республики Казахстан" и определяют порядок ихтиологических наблюдений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. В настоящих Правилах используются следующие основные понятия:</w:t>
+      2. В Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ихтиологические наблюдения – сбор и изучение данных о состоянии ихтиофауны рыбохозяйственного водоема;</w:t>
+      1) контрольный лов – лов рыбных ресурсов и других водных животных в целях контроля за состоянием ихтиофауны, определения эффективности воспроизводства рыбных ресурсов и других водных животных, урожайности молоди, рыбопродуктивности водоемов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) рыбохозяйственная мелиорация водных объектов – комплекс мероприятий, направленных на сохранение и увеличение рыбопродуктивности водоемов, улучшение условий обитания и размножения рыбных ресурсов и других водных животных;</w:t>
+      2) ихтиофауна – совокупность видов рыб и круглоротых какого-либо водоема или его части;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) ихтиофауна – совокупность видов рыб и круглоротых какого-либо водоема или его части;</w:t>
+      3) рыбохозяйственная мелиорация водных объектов – комплекс мероприятий, направленных на сохранение и увеличение рыбопродуктивности водоемов, улучшение условий обитания и размножения рыбных ресурсов и других водных животных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> – лов рыбных ресурсов и других водных животных в целях контроля за состоянием ихтиофауны, определения эффективности воспроизводства рыбных ресурсов и других водных животных, урожайности молоди, рыбопродуктивности водоемов.</w:t>
+        <w:t>
+      3. Ихтиологические наблюдения проводятся территориальными подразделениями ведомства уполномоченного органа в области рыбного хозяйства (далее – территориальные подразделения) на рыбохозяйственных водоемах ежеквартально.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Ихтиологические наблюдения ведутся в течение года территориальными подразделениями ведомства уполномоченного органа в области охраны, воспроизводства и использования животного мира (далее – территориальные подразделения) на рыбохозяйственных водоемах.</w:t>
+      4. Основными направлениями ихтиологических наблюдений являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Основными направлениями ихтиологических наблюдений являются:</w:t>
+      1) контроль за состоянием рыбохозяйственных водоемов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) контроль за состоянием рыбохозяйственных водоемов;</w:t>
+        <w:t xml:space="preserve">
+      2) контрольный лов; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) ведение контрольного лова; </w:t>
+      3) сбор биологических материалов о состоянии ихтиофауны; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3) сбор биологических материалов о состоянии ихтиофауны; </w:t>
+        <w:t>
+      4) изучение путей миграции, сроков нереста и промысловой нагрузки на водоемы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) изучение путей миграции, сроков нереста и промысловой нагрузки на водоемы;</w:t>
+      5) определение прилова молоди рыб, мест нерестилищ и зимовальных ям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) определение прилова молоди рыб, мест нерестилищ и зимовальных ям;</w:t>
+      6) выработка предложений по регулированию режима рыболовства, включая перенос сроков запрета в нерестовый период в зависимости от гидрометеорологических условий, по орудиям лова, по организации рыбоводно-мелиоративных работ и рыбохозяйственной мелиорации водных объектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) выработка предложений по регулированию режима рыболовства, включая перенос сроков запрета в нерестовый период в зависимости от гидрометеорологических условий, по орудиям лова, по организации рыбоводно-мелиоративных работ и рыбохозяйственной мелиорации водных объектов;</w:t>
+        <w:t xml:space="preserve">
+      7) учет замороопасных водоемов и организация мероприятий по профилактике и ликвидации заморов; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      7) учет замороопасных водоемов и организация мероприятий по профилактике и ликвидации заморов; </w:t>
+        <w:t>
+      8) осмотр водозаборных, сбросных сооружений и определение вреда, наносимого и нанесенного рыбным ресурсам и другим водным животным при отсутствии рыбозащитных устройств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8) осмотр водозаборных, сбросных сооружений и определение вреда, наносимого и нанесенного рыбным ресурсам и другим водным животным при отсутствии рыбозащитных устройств.</w:t>
+        <w:t xml:space="preserve">
+      5. При проведении ихтиологических наблюдений контрольный лов осуществляется территориальными подразделениями в порядке, определенном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рыболовства, утвержденными приказом исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 27 февраля 2015 года № 18-04/148 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10606). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> рыболовства, утвержденными приказом исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 27 февраля 2015 года № 18-04/148 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 10606).</w:t>
+        <w:t>
+      6. По результатам проведения ихтиологических наблюдений составляется информация, включающая:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. По результатам проведения ихтиологических наблюдений составляется информация, которая включает:</w:t>
+      1) учет и характеристику рыбохозяйственных водоемов и (или) участков, данные об их гидрологическом и гидрохимическом состоянии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) учет и характеристики рыбохозяйственных водоемов и (или) участков, данные о гидрологическом и гидрохимическом состоянии;</w:t>
+      2) учет закрепленных рыбохозяйственных водоемов и (или) участков и субъектов рыбного хозяйства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) учет закрепленных рыбохозяйственных водоемов и (или) участков и пользователей животным миром;</w:t>
+        <w:t xml:space="preserve">
+      3) данные о состоянии ихтиофауны, кормовой базы рыб и других водных животных; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) данные о состоянии ихтиофауны, кормовой базы рыб и других водных животных; </w:t>
+      4) учет вылова объектов рыболовства по закрепленным рыбохозяйственным водоемам и (или) участкам; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4) учет вылова объектов рыболовства по водоемам и участкам промысла; </w:t>
+        <w:t>
+      5) данные об общей численности и видовом составе рыбных ресурсов и других водных животных, относящихся к объектам рыболовства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) данные об общей численности и видовом составе рыбных ресурсов и других водных животных, относящихся к объектам рыболовства;</w:t>
+      6) данные, характеризующие нерестовые миграции и нерест ценных видов рыб;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) данные, характеризующие нерестовые миграции и нерест ценных видов рыб;</w:t>
+      7) учет мест нерестилищ, зимовальных ям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) учет мест нерестилищ, зимовальных ям;</w:t>
+      8) данные об использовании в промысле орудий и технических средств лова, плавучих средств и участии рыбаков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) данные об использовании в промысле орудий и технических средств лова, плавучих средств и участии рыбаков;</w:t>
+      9) сведения о прилове в промысловых орудиях лова на участках промысла и соответствующие принятые меры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9) сведения о прилове в промысловых орудиях лова по районам промысла и соответствующие принятые меры;</w:t>
+        <w:t xml:space="preserve">
+      10) сведения, характеризующие эффективность зарыбления водоемов и воспроизводства объектов рыболовства; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      10) сведения, характеризующие эффективность зарыбления водоемов и воспроизводства объектов рыболовства; </w:t>
+        <w:t>
+      11) учет рыбозащитных устройств на водозаборных и сбросных сооружениях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) учет рыбозащитных устройств на водозаборных и сбросных сооружениях;</w:t>
+      12) мероприятия по профилактике и ликвидации заморов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) принятые мероприятия по профилактике и ликвидации заморов.</w:t>
+      13) учет численности, возрастной структуры, половозрастных соотношений, состояния кормовой базы и среды обитания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Данные ихтиологических наблюдений применяются для подготовки рекомендаций по организации охраны, воспроизводства и устойчивого использования рыбных ресурсов и других водных животных.</w:t>
+      14) прогнозы по воспроизводству и возможным изменениям численности рыбных ресурсов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Территориальные подразделения осуществляют ихтиологические наблюдения и предоставляют в ведомство уполномоченного органа в области охраны, воспроизводства и использования животного мира полугодовую информацию об ихтиологических наблюдениях не позднее 15 июля и годовую информацию – не позднее 15 января.</w:t>
+      15) определение мер по охране и рациональному использованию, включая:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      установление допустимых объемов изъятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработку ограничительных и сезонных мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рекомендации по воспроизводству (искусственное разведение, зарыбление);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      меры по сохранению и улучшению среды обитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Результаты ихтиологических наблюдений, рекомендации и предложения ежегодно в декабре месяце передаются уполномоченному органу в области рыбного хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>