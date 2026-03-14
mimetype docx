--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="63d66a7" w14:textId="63d66a7">
+    <w:p w14:paraId="dd7ddde" w14:textId="dd7ddde">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,51 +77,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении критериев оценки степени риска и проверочных листов за соблюдением законодательства Республики Казахстан о Национальном архивном фонде и архивах, за исключением государственных и местных исполнительных органов</w:t>
+        <w:t>Об утверждении критериев оценки степени риска и проверочных листов за соблюдением законодательства Республики Казахстан о Национальном архивном фонде и архивах</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Совместный приказ Министра культуры и спорта Республики Казахстан от 9 июня 2017 года № 172 и Министра национальной экономики Республики Казахстан от 14 августа 2017 года № 301. Зарегистрирован в Министерстве юстиции Республики Казахстан 11 сентября 2017 года № 15644.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -132,51 +132,51 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>cовместного приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра культуры и информации РК от 18.12.2025 № 663-НҚ и Заместителя Премьер-Министра – Министр национальной экономики РК от 26.12.2025 № 134 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -277,247 +277,287 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить прилагаемые:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z719" w:id="2"/>
+    <w:bookmarkStart w:name="z791" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) критерии оценки степени риска за соблюдением законодательства Республики Казахстан о Национальном архивном фонде и архивах, за исключением государственных и местных исполнительных органов согласно </w:t>
+      1) критерии оценки степени риска за соблюдением законодательства Республики Казахстан о Национальном архивном фонде и архивах, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему совместному приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z720" w:id="3"/>
+    <w:bookmarkStart w:name="z792" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) критерии оценки степени риска за соблюдением законодательства Республики Казахстан об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов и государственных архивов, за исключением государственных и местных исполнительных органов согласно </w:t>
+      2) критерии оценки степени риска за соблюдением законодательства Республики Казахстан об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов, Архива Президента Республики Казахстан и государственных архивов, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему совместному приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z721" w:id="4"/>
+    <w:bookmarkStart w:name="z793" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) проверочный лист за соблюдением законодательства Республики Казахстан о Национальном архивном фонде и архивах согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему совместному приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z722" w:id="5"/>
+    <w:bookmarkStart w:name="z794" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) проверочный лист за соблюдением законодательства Республики Казахстан об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов и государственных архивов, за исключением государственных и местных исполнительных органов согласно </w:t>
+      4) проверочный лист за соблюдением законодательства Республики Казахстан об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов, Архива Президента Республики Казахстан и государственных архивов, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему совместному приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z723" w:id="6"/>
+    <w:bookmarkStart w:name="z795" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5) перечень субъективных критериев для определения степени риска за соблюдением законодательства Республики Казахстан о Национальном архивном фонде и архивах согласно приложению 5 к настоящему совместному приказу;</w:t>
+        <w:t xml:space="preserve">
+      5) перечень субъективных критериев для определения степени риска за соблюдением законодательства Республики Казахстан о Национальном архивном фонде и архивах согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему совместному приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z724" w:id="7"/>
+    <w:bookmarkStart w:name="z796" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) перечень субъективных критериев для определения степени риска за соблюдением законодательства Республики Казахстан об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов и государственных архивов, за исключением государственных и местных исполнительных органов согласно приложению 6 к настоящему совместному приказу.</w:t>
+        <w:t xml:space="preserve">
+      6) перечень субъективных критериев для определения степени риска за соблюдением законодательства Республики Казахстан об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов, Архива Президента Республики Казахстан и государственных архивов, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему совместному приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1353,90 +1393,90 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 14 августа 2017 года № 301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z547" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Критерии оценки степени риска за соблюдением законодательства Республики Казахстан о Национальном архивном фонде и архивах, за исключением государственных и местных исполнительных органов</w:t>
+        <w:t xml:space="preserve"> Критерии оценки степени риска за соблюдением законодательства Республики Казахстан о Национальном архивном фонде и архивах</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>cовместного приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра культуры и информации РК от 18.12.2025 № 663-НҚ и Заместителя Премьер-Министра – Министр национальной экономики РК от 26.12.2025 № 134 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1467,51 +1507,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z549" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Критерии оценки степени риска за соблюдением законодательства Республики Казахстан о Национальном архивном фонде и архивах, за исключением государственных и местных исполнительных органов (далее – Критерии), разработаны в соответствии с </w:t>
+      1. Настоящие Критерии оценки степени риска за соблюдением законодательства Республики Казахстан о Национальном архивном фонде и архивах (далее – Критерии), разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктами 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1547,140 +1587,140 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 143 Предпринимательского кодекса Республики Казахстан (далее – Кодекс), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О Национальном архивном фонде и архивах", утвержденным </w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О Национальном архивном фонде и архивах", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра национальной экономики Республики Казахстан от 31 июля 2018 года № 3 "Об утверждении формы проверочного листа" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17371) и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> формирования, регулирующими государственными органами системы оценки и управления рисками, утвержденных приказом исполняющего обязанности Министра национальной экономики Республики Казахстан от 22 июня 2022 года № 48 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 28577), предназначены для отнесения субъектов контроля к степеням риска и отбора субъектов контроля при проведении профилактического контроля с посещением субъекта (объекта) контроля (далее – профилактический контроль).</w:t>
+        <w:t xml:space="preserve"> формирования, регулирующими государственными органами системы оценки и управления рисками, утвержденными приказом исполняющего обязанности Министра национальной экономики Республики Казахстан от 22 июня 2022 года № 48 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 28577), предназначены для отнесения субъектов контроля к степеням риска и отбора субъектов контроля при проведении профилактического контроля с посещением субъекта (объекта) контроля (далее – профилактический контроль).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>cовместного приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра культуры и информации РК от 18.12.2025 № 663-НҚ и Заместителя Премьер-Министра – Министр национальной экономики РК от 26.12.2025 № 134 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z550" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2513,171 +2553,171 @@
         <w:t>
       9. Отнесение субъектов контроля к степени риска осуществляется в зависимости от вероятности причинения вреда законным интересам физических и юридических лиц, имущественным интересам государства в результате деятельности субъектов контроля, связанное с обеспечением сохранности документов НАФ, которое может привести к уничтожению (утере), порче, подделке документов НАФ и других архивных документов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z580" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. По объективным критериям относятся:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z743" w:id="56"/>
+    <w:bookmarkStart w:name="z797" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       к высокой степени риска:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z744" w:id="57"/>
+    <w:bookmarkStart w:name="z798" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) юридические лица, не являющиеся государственными органами, организации в зависимости от организационно-правовой формы, в деятельности которых формируются документы НАФ и другие архивные документы;</w:t>
+      1) юридические лица, организации в зависимости от организационно-правовой формы, в деятельности которых формируются документы НАФ и другие архивные документы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z745" w:id="58"/>
+    <w:bookmarkStart w:name="z799" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) источники комплектования Национального архива Республики Казахстан, центральных государственных архивов и государственных архивов, за исключением государственных и местных исполнительных органов в деятельности которых формируются документы НАФ и другие архивные документы;</w:t>
+      2) источники комплектования Национального архива Республики Казахстан, центральных государственных архивов, Архива Президента Республики Казахстан и государственных архивов, в деятельности которых формируются документы НАФ и другие архивные документы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z746" w:id="59"/>
+    <w:bookmarkStart w:name="z800" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       к средней степени риска:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z747" w:id="60"/>
+    <w:bookmarkStart w:name="z801" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) подведомственные юридические лица государственных органов и местных исполнительных органов, в деятельности которых формируются документы НАФ и другие архивные документы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z748" w:id="61"/>
+    <w:bookmarkStart w:name="z802" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       к низкой степени риска:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z749" w:id="62"/>
+    <w:bookmarkStart w:name="z803" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) негосударственные юридические лица, в деятельности которых формируются документы НАФ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -2698,51 +2738,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>cовместного приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра культуры и информации РК от 18.12.2025 № 663-НҚ и Заместителя Премьер-Министра – Министр национальной экономики РК от 26.12.2025 № 134 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z589" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4514,51 +4554,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Критериям оценки степени</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>риска за соблюдением законодательства</w:t>
+              <w:t>риска за соблюдением</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>законодательства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4573,102 +4626,90 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>фонде и архивах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z756" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Степени нарушений риска за соблюдением законодательства Республики Казахстан</w:t>
-[...11 lines deleted...]
-        <w:t>о Национальном архивном фонде и архивах, за исключением государственных и местных исполнительных органов</w:t>
+        <w:t xml:space="preserve"> Степени нарушений риска за соблюдением законодательства Республики Казахстан о Национальном архивном фонде и архивах</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>cовместного приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра культуры и информации РК от 18.12.2025 № 663-НҚ и Заместителя Премьер-Министра – Министр национальной экономики РК от 26.12.2025 № 134 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4962,142 +5003,137 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Составление документов с использованием штампа, воспроизводящего наименование организации, путем проставления его оттиска в левом верхнем углу либо при обязательном оформлении следующих реквизитов:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) официальное наименование организации, издавшей документ, либо оттиск штампа, воспроизводящего наименование организации, издавшей документ, путем проставления его в левом верхнем углу;</w:t>
+              <w:t>1) официальное наименование организации, издавшей документ, либо оттиск штампа, воспроизводящего наименование организации, издавшей документ, путем проставления его в левом верхнем углу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) наименование вида документа, за исключением письма;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...54 lines deleted...]
-6) оттиск печати организации</w:t>
+              <w:t>3) дата документа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) регистрационный номер (индекс) документа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) наименование должности лица, подписавшего документ, подпись и расшифровка подписи;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) оттиск печати организации, если данное юридическое лицо в соответствии с законодательством Республики Казахстан имеет печать</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5183,106 +5219,102 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соответствие:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...54 lines deleted...]
-4) указание наименования вида документа, напечатанного прописными буквами полужирным шрифтом на всех документах</w:t>
+              <w:t>1) наименования организации, филиала (представительства) учредительным документам с указанием на организационно-правовую форму при оформлении реквизитов документов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) сокращенного наименования организации, филиала (представительства), названию, закрепленному в учредительных документах, и ее размещение в скобках ниже полного наименования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) наличия на бланках документов организаций номера, серии, проставленных типографским способом или нумератором;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) указание наименования вида документа, напечатанного прописными буквами полужирным шрифтом на всех документах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5351,51 +5383,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отсутствие на бланке с изображением Государственного Герба Республики Казахстан эмблемы, логотипа или товарного знака (знака обслуживания)</w:t>
+Размещение на бланке изображение Государственного Герба Республики Казахстан, эмблемы, логотипа или товарного знака (знака обслуживания)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5802,52 +5834,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наличие журнала учета и выдачи печатно-бланочной продукции, подлежащей защите, заведенных на каждый вид</w:t>
+              <w:t xml:space="preserve">
+Наличие журнала учета и выдачи печатно-бланочной продукции, подлежащей защите, заведенных на каждый вид </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5933,70 +5965,68 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие актов о выделении к уничтожению:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...18 lines deleted...]
-2) печатей и штампов, подлежащих защите при уничтожении печатей и штампов, подлежащих защите</w:t>
+              <w:t>1) испорченных экземпляров печатно-бланочной продукции, подлежащей защите при уничтожении испорченных экземпляров печатно-бланочной продукции, подлежащей защите;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) печатей и штампов, подлежащих защите при уничтожении печатей и штампов, подлежащих защите</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6291,249 +6321,238 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соответствие реквизитов правовых актов, в том числе:</w:t>
-[...197 lines deleted...]
-11) оттиска печати организации</w:t>
+Соответствие реквизитов приказа, в том числе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) изображение Государственного Герба Республики Казахстан или эмблемы, логотипа, товарного знака (знака обслуживания);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) официальное наименование организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) наименование вида документа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) дата приказа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) регистрационный номер приказа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) место издания приказа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) заголовок к тексту;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) текст;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9) подпись;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10) отметка о согласовании приказа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11) оттиск печати организации, если данная организация в соответствии с законодательством Республики Казахстан имеет печать</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6732,88 +6751,85 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-3) раздельных дел по формированию приказов (распоряжений) по основной деятельности, приказов (распоряжений) по личному составу, административно-хозяйственной деятельности</w:t>
+              <w:t>1) отдельной регистрации приказов по основной деятельности, по личному составу в соответствующих журналах (базах данных);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) литера "л/с" или "к", добавленной к порядковому номеру приказов по личному составу через дефис;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) раздельных дел по формированию приказов (распоряжений) по основной деятельности, приказов (распоряжений) по личному составу, административно-хозяйственной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6899,232 +6915,221 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Наличие присвоенных порядковых номеров протоколов в пределах делопроизводственного года отдельно по каждой группе протоколов – протоколы собраний, заседаний коллегий, протоколы технических, научных и экспертных советов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...180 lines deleted...]
-9) подписи</w:t>
+              <w:t>2. Расположение протоколов в деле в хронологическом порядке по номерам вместе с документами к ним</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3. Соответствие реквизитов протокола, в том числе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) официального наименования организации и (или) структурного подразделения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) наименования вида документа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) даты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) регистрационного номера протокола;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) места издания протокола;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) грифа утверждения (в некоторых случаях);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) заголовка к тексту;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) текста;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9) подписи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7436,88 +7441,85 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соответствие формирования:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-3) в одном деле списков физических лиц и документов, подтверждающих перечисление социальных отчислений</w:t>
+              <w:t>1) лицевых счетов по заработной плате в отдельные дела и расположение фамилий работников в них в алфавитном порядке;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) в одном деле списков физических лиц и документов, подтверждающих перечисление обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов в единый накопительный пенсионный фонд;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) в одном деле списков физических лиц и документов, подтверждающих перечисление социальных отчислений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7829,106 +7831,102 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение общих требований при формировании дел:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...54 lines deleted...]
-4) группирование в дела документов одного календарного года, за исключением переходящих дел, судебных дел, личных дел, формируемых в течение всего периода работы данного лица в организации, документов выборных органов и их постоянных комиссий, депутатских групп, группируемых за период их созыва, документов учебных заведений, формируемых за учебный год, документов театров, характеризующих сценическую деятельность за театральный сезон, историй болезней и других;</w:t>
+              <w:t>1) помещение в дело исполненных, правильно оформленных документов, соответствующих по своему содержанию заголовку дела по номенклатуре дел;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) помещение в дело вместе всех документов, относящихся к разрешению одного вопроса. Присоединение приложений, независимо от даты их утверждения или составления, к документам, к которым они относятся. Составление приложений объемом свыше 180 листов в отдельный том с отметкой в документе;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) совместное группирование версий документа на казахском, русском и иных языках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) группирование в дела документов одного календарного года, за исключением переходящих дел, судебных дел, личных дел, формируемых в течение всего периода работы данного лица в организации, документов выборных органов и их постоянных комиссий, депутатских групп, группируемых за период их созыва, документов учебных заведений, формируемых за учебный год, документов театров, характеризующих сценическую деятельность за театральный сезон, историй болезней;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) раздельное группирование в дела документов постоянного и временного сроков хранения;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8087,51 +8085,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие номенклатуры дел, утвержденной руководителем организации и согласованной экспертно-проверочной комиссией государственного архива или местного исполнительного органа после согласования с Центральной экспертной комиссией (экспертной комиссией) организации</w:t>
+Наличие номенклатуры дел, утвержденной руководителем организации и согласованной экспертно-проверочной комиссией государственного архива или местного исполнительного органа после согласования с экспертной комиссией (экспертной комиссией) организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8457,51 +8455,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) нумерование листов дел, состоящих из нескольких томов или частей, по каждому тому или части отдельно;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) нумерование фотографий, чертежей, диаграмм и других иллюстративных и специфических документов, представляющих самостоятельный лист в деле, на оборотной стороне в левом верхнем углу;</w:t>
+4) нумерование фотографий, чертежей, диаграмм и иных иллюстративных и специфических документов, представляющих самостоятельный лист в деле, на оборотной стороне в левом верхнем углу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) нумерование сначала конвертов с вложением, подшитых в дело, а затем очередным номером каждое вложение в конверте;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9225,51 +9223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие акта приема-передачи документов на хранение при передаче документов в архив</w:t>
+Наличие акта приема-передачи документов на хранение при передаче документов (дел) в архив</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9356,249 +9354,321 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение предельных сроков ведомственного хранения документов на традиционных и электронных носителях, отнесенных к составу Национального архивного фонда Республики Казахстан, в том числе:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) документов организаций, контрольный пакет акций которых принадлежит государству, иных государственных юридических лиц республиканского уровня – 10 лет;</w:t>
-[...197 lines deleted...]
-12) электронных документов –5 лет</w:t>
+1) документов Администрации Президента Республики Казахстан, аппарата Сената Парламента Республики Казахстан, аппарата Мажилиса Парламента Республики Казахстан, Аппарата Правительства Республики Казахстан, Конституционного Суда Республики Казахстан, Центральной избирательной комиссии Республики Казахстан, Верховного Суда Республики Казахстан, Судебной администрации Республики Казахстан, Генеральной прокуратуры Республики Казахстан, Национального Банка Республики Казахстан, министерств Республики Казахстан, агентств Республики Казахстан, комитетов министерств Республики Казахстан – 15 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) документов территориальных органов министерств Республики Казахстан, агентств Республики Казахстан, комитетов министерств Республики Казахстан – 10 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) документов организаций, контрольный пакет акций которых принадлежит государству, иных государственных юридических лиц республиканского уровня – 10 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) документов органов местного государственного управления области (городов республиканского значения, столицы) – 10 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) документов государственных организаций областного (городов республиканского значения, столицы) уровня – 10 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) документов местных государственных органов управления городов (района) – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) документов государственных юридических лиц городского и районного уровней – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) записей актов гражданского состояния, похозяйственных книг, домовых книг, записей нотариальных действий, судебных дел и документов – 75 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) научно-исследовательской, технологической и патентно-лицензионной документации – 10 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) опытно-конструкторской документации – 15 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) проектной документации по капитальному строительству – 20 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) картографической документации – 25 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13) геодезической документации – 25 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14) телеметрической документации – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15) аудиовизуальной документации – 3 года;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16) электронных документов –5 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10394,51 +10464,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие контрольно-измерительных приборов (термометров, психрометров, гигрометров) для измерения параметров температуры и относительной влажности воздуха в архивохранилищах и регистрация их показателей в журнале измерения параметров температуры и относительной влажности воздуха в архивохранилищах</w:t>
+Наличие контрольно-измерительных приборов (термометров, психрометров, гигрометров) для измерения параметров температуры и относительной влажности воздуха в архивохранилищах и регистрация их показателей в журнале регистрации показаний контрольно-измерительных приборов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10710,51 +10780,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в архивохранилище ведомственных и частных архивов книги выдачи документов из архивохранилища</w:t>
+Наличие в архивохранилище ведомственных и частных архивов книги выдачи дел, документов из архивохранилища</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10823,51 +10893,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие акта о выдаче архивных документов во временное пользование в другие организации при выдаче архивных документов во временное пользование</w:t>
+Наличие акта о выдаче архивных документов во временное пользование в иные организации при выдаче архивных документов во временное пользование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11162,51 +11232,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие описи дел, документов постоянного хранения, утвержденной руководителем организации и экспертно-проверочной комиссией государственного архива или местного исполнительного органа после согласования с Центральной экспертной комиссией (экспертной комиссией) организации</w:t>
+Наличие описи дел, документов постоянного хранения, утвержденной руководителем организации и экспертно-проверочной комиссией республиканского государственного архива или местного исполнительного органа после согласования с Центральной экспертной комиссией (экспертной комиссией) организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11275,51 +11345,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие описи дел по личному составу, утвержденной руководителем организации по согласованию с Центральной экспертной комиссией (экспертной комиссией) организации и экспертно-проверочной комиссией государственного архива или местного исполнительного органа</w:t>
+Наличие описи дел по личному составу, утвержденной руководителем организации по согласованию с Центральной экспертной комиссией (экспертной комиссией) организации и экспертно-проверочной комиссией республиканского государственного архива или местного исполнительного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11614,51 +11684,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие акта о выделении к уничтожению документов, не подлежащих хранению, утвержденного руководителем организации после согласования с Центральной экспертной комиссией (экспертной комиссией) организации и экспертно-проверочной комиссией государственного архива или местного исполнительного органа</w:t>
+Наличие акта о выделении к уничтожению документов, не подлежащих хранению, утвержденного руководителем организации после согласования с Центральной экспертной комиссией (экспертной комиссией) организации и экспертно-проверочной комиссией республиканского государственного архива или местного исполнительного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12066,51 +12136,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cоответствие в ведомственных и частных архивах систематизации заголовков в описи дел, документов постоянного хранения следующим признакам:</w:t>
+Соответствие в ведомственных и частных архивах систематизации заголовков в описи дел, документов постоянного хранения следующим признакам:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) структурного (в соответствии с принадлежностью единиц хранения к структурным подразделениям);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12418,51 +12488,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размещение в архивохранилищах архивных документов в первичных защитных средствах хранения (архивных коробках, папках, специальных футлярах, пакетах)</w:t>
+Размещение в архивохранилищах архивных документов в первичных защитных средствах хранения (архивных коробках, папках, специальных футлярах, пакетах, боксах)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12793,105 +12863,105 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) название архивного фонда;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) справочные данные об архивном фонде;</w:t>
-[...17 lines deleted...]
-3) историческая справка к фонду;</w:t>
+2) справочные данные об архивном фонде (архивный шифр (номер фонда), объем архивного фонда в единицах хранения по видам документации, крайние даты архивных документов по каждому виду документации, перечень имеющегося внутрифондового научно-справочного аппарата);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) историческая справка к архивному фонду;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) аннотация о составе и содержании архивных документов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) информация об условиях доступа и использования;</w:t>
+5) информация об условиях доступа;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) библиография</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
@@ -12977,52 +13047,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наличие в организации протоколов консультативно-совещательных органов</w:t>
+              <w:t xml:space="preserve">
+Наличие в организации протоколов консультативно-совещательных органов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13318,50 +13388,3276 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация розыска при недостачи дел, документов, электронных документов (дел)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в архивохранилищах государственных архивов областей (городов республиканского значения, столицы) и специальных государственных архивов дверей с повышенной технической укрепленностью против возможного взлома, оснащенными замками повышенной секретности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах листов проверки наличия и состояния архивных документов на каждую опись отдельно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соответствие единиц хранения в пределах архивного фонда в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах по разделам (подразделам) следующим признакам:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) структурного (в соответствии с принадлежностью единиц хранения к структурным подразделениям);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) хронологического (по периодам или датам, к которым относятся единицы хранения);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) функционального, отраслевого, тематического, предметно-вопросного (с учетом функций организации, тем или вопросов, которых касается содержание единиц хранения);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) номинального (по видам и разновидностям документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) корреспондентского (по наименованию организаций или фамилиям физических лиц, в результате переписки с которыми образовались единицы хранения);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) географического (в соответствии с определенными территориями, населенными пунктами и другими географическими объектами, с которыми связано содержание документов, их авторы, корреспонденты);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) авторского (по названиям организаций или фамилиям лиц, которые являются авторами документов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) плана-графика приема документов Национального архивного фонда Республики Казахстан от источников комплектования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах списка лиц, имеющих право доступа в архивохранилище</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах журнала регистрации ключей к замкам помещений архива</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах расписки работника в получении экземпляра ключей к замкам помещений архива</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах карточек пофондовых топографических указателей, составленных отдельно на каждый архивный фонд и расположенные в порядке номеров архивных фондов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+незначительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах книги учета поступлений документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах списка фондов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах реестра описей дел, документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах реестров описей особо ценных дел, документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах листа учета и описания документа, отнесенного к культурным ценностям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+незначительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах списка фондов, содержащих особо ценные документы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах дел фондов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах книги выдачи архивных документов, копий фонда пользования из архивохранилища в читальный зал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах актов о технических ошибках в учетных документах, актов об обнаружении архивных документов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+незначительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах акта о рассекречивании документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соблюдение государственными архивами областей (городов республиканского значения, столицы) и специальными государственными архивами требований по обособленному хранению следующих архивных документов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) секретные;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) отнесенные к культурным ценностям, оформленные драгоценными металлами и камнями, имеющие в приложении драгоценные металлы и камни;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) на нитрооснове;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) пораженные биологическими вредителями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) временных сроков хранения, переданные на хранение в архив в связи с ликвидацией источника комплектования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах утвержденных списков источников комплектования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соблюдение в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах следующих хронологических границ архивного фонда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) для архивного фонда организации – устанавливаемые на основе правовых актов официальные даты их создания и ликвидации (при наличии нескольких правовых актов за дату образования организации принимается дата наиболее раннего из них);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) для объединенного архивного фонда – даты создания наиболее ранней и ликвидации наиболее поздней по времени деятельности организаций, документы которых вошли в состав объединенного архивного фонда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) для архивного фонда личного происхождения – даты рождения и смерти физического лица, членов семьи или рода;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) для архивной коллекции – даты самого раннего и самого позднего документа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+незначительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) формы, предназначенной для сбора административных данных "Показатели основных направлений и результатов деятельности государственных архивов"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) наблюдательных дел на организации-источники комплектования архива</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах схемы учета архивных документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+незначительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах тематического, тематико-экспозиционного и графического плана выставок архивных документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+незначительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) архивных справочников и баз данных о составе и содержании архивных документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13547,90 +16843,90 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 14 августа 2017 года № 301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z637" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Критерии оценки степени риска в сфере соблюдения законодательства Республики Казахстан об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов и государственных архивов, за исключением государственных и местных исполнительных органов</w:t>
+        <w:t xml:space="preserve"> Критерии оценки степени риска в сфере соблюдения законодательства Республики Казахстан об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов, Архива Президента Республики Казахстан и государственных архивов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>cовместного приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра культуры и информации РК от 18.12.2025 № 663-НҚ и Заместителя Премьер-Министра – Министр национальной экономики РК от 26.12.2025 № 134 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -13661,51 +16957,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
     <w:bookmarkStart w:name="z639" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Критерии оценки степени риска за соблюдением законодательства Республики Казахстан об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов и государственных архивов, за исключением государственных и местных исполнительных органов (далее – Критерии) разработаны в соответствии с </w:t>
+      1. Настоящие Критерии оценки степени риска за соблюдением законодательства Республики Казахстан об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов, Архива Президента Республики Казахстан и государственных архивов (далее – Критерии) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктами 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -13721,200 +17017,200 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 141, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 143 Предпринимательского кодекса Республики Казахстан (далее – Кодекс), Законами Республики Казахстан "</w:t>
+        <w:t xml:space="preserve"> статьи 143 Предпринимательского кодекса Республики Казахстан (далее – Кодекс), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>О Национальном архивном фонде и архивах</w:t>
+        <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>", "</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О Национальном архивном фонде и архивах", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об электронном документе</w:t>
+        <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и электронной цифровой подписи", </w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "Об электронном документе и электронной цифровой подписи", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра культуры и спорта Республики Казахстан от 25 августа 2023 года № 236 "Об утверждении Правил документирования, управления документацией и использования систем электронного документооборота в государственных и негосударственных организациях" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33339), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра национальной экономики Республики Казахстан от 31 июля 2018 года № 3 "Об утверждении формы проверочного листа" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17371) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> документирования, управления документацией и использования систем электронного документооборота в государственных и негосударственных организациях, утвержденными постановлением Правительства Республики Казахстан от 31 октября 2018 года № 703, </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> формирования, регулирующими государственными органами системы оценки и управления рисками, утвержденных приказом исполняющего обязанности Министра национальной экономики Республики Казахстан от 19 декабря 2022 года № 126 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 31148), предназначены для отнесения субъектов контроля к степеням риска и отбора субъектов контроля при проведении профилактического контроля с посещением субъекта (объекта) контроля (далее – профилактический контроль).</w:t>
+        <w:t xml:space="preserve"> формирования, регулирующими государственными органами системы оценки и управления рисками, утвержденных приказом исполняющего обязанности Министра национальной экономики Республики Казахстан от 22 июня 2022 года № 48 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 28577), предназначены для отнесения субъектов контроля к степеням риска и отбора субъектов контроля при проведении профилактического контроля с посещением субъекта (объекта) контроля (далее – профилактический контроль).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>cовместного приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра культуры и информации РК от 18.12.2025 № 663-НҚ и Заместителя Премьер-Министра – Министр национальной экономики РК от 26.12.2025 № 134 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z640" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14749,151 +18045,151 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z667" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. По объективным критериям относятся:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z772" w:id="145"/>
+    <w:bookmarkStart w:name="z804" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       к высокой степени риска:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z773" w:id="146"/>
+    <w:bookmarkStart w:name="z805" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) источники комплектования Национального архива Республики Казахстан, центральных государственных архивов и государственных архивов, за исключением государственных и местных исполнительных органов, в деятельности которых формируются документы НАФ и другие архивные документы, использующие для организации электронного документооборота систему электронного документооборота (далее – СЭД) государственных органов или государственные юридические лица, в деятельности которых формируются документы НАФ и другие архивные документы, использующие СЭД;</w:t>
+      1) источники комплектования Национального архива Республики Казахстан, Архива Президента Республики Казахстан, центральных государственных архивов и государственных архивов, в деятельности которых формируются документы НАФ и другие архивные документы, использующие для организации электронного документооборота систему электронного документооборота (далее – СЭД) государственных органов или государственные юридические лица, в деятельности которых формируются документы НАФ и другие архивные документы, использующие СЭД;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z774" w:id="147"/>
+    <w:bookmarkStart w:name="z806" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       к средней степени риска:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z775" w:id="148"/>
+    <w:bookmarkStart w:name="z807" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) подведомственные юридические лица государственных органов и местных исполнительных органов, в деятельности которых формируются документы НАФ и другие архивные документы, использующие СЭД;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z776" w:id="149"/>
+    <w:bookmarkStart w:name="z808" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       к низкой степени риска:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z777" w:id="150"/>
+    <w:bookmarkStart w:name="z809" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) негосударственные юридические лица, в деятельности которых формируются документы НАФ, использующие СЭД.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -14914,51 +18210,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>cовместного приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра культуры и информации РК от 18.12.2025 № 663-НҚ и Заместителя Премьер-Министра – Министр национальной экономики РК от 26.12.2025 № 134 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z674" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14984,295 +18280,297 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Субъективные критерии</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
     <w:bookmarkStart w:name="z676" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      12. Субъективные критерии разработаны на основании требований законодательства Республики Казахстан в сфере соблюдения законодательства об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов и государственных архивов, за исключением государственных и местных исполнительных органов (далее – требования), перечисленных в проверочных листах, которые подразделены на три степени: грубая, значительная, незначительная и приведены в приложении к настоящим Критериям.</w:t>
+        <w:t xml:space="preserve">
+      12. Субъективные критерии разработаны на основании требований законодательства Республики Казахстан в сфере соблюдения законодательства об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов, Архива Президента Республики Казахстан и государственных архивов (далее – требования), перечисленных в проверочных листах, которые подразделены на три степени: грубая, значительная, незначительная и приведены в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Критериям.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z810" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Кодекса Республики Казахстан об административных правонарушениях.</w:t>
+        <w:t>
+      К грубой степени относится уничтожение документов НАФ, где применяется статья 509 Кодекса Республики Казахстан об административных правонарушениях.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>cовместного приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра культуры и информации РК от 18.12.2025 № 663-НҚ и Заместителя Премьер-Министра – Министр национальной экономики РК от 26.12.2025 № 134 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z677" w:id="154"/>
+    <w:bookmarkStart w:name="z677" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Определение субъективных критериев осуществляется с применением следующих этапов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z678" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z678" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) формирование базы данных и сбор информации о нарушении требований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z679" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z679" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) анализ информации и оценка рисков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z680" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z680" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Для оценки степени риска по субъективным критериям используются следующие источники информации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z779" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z779" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) результаты мониторинга отчетности и сведений, представляемых субъектом контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z780" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z780" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) результаты предыдущих проверок и профилактического контроля с посещением субъектов (объектов) контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z781" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z781" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) результаты анализа сведений, представляемых государственными органами и организациями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15311,508 +18609,508 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z684" w:id="161"/>
+    <w:bookmarkStart w:name="z684" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Субъективные критерии в соответствии со значимостью и общественной опасностью распределяются на 3 степени тяжести нарушения: грубые, значительные и незначительные, предусмотренные Критериями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z685" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z685" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Для отнесения субъекта (объекта) контроля к степени риска, применяется следующий порядок расчета показателя степени риска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z686" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z686" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении одного грубого нарушения, субъекту контроля приравнивается показатель степени риска 100, и в отношении него проводится профилактический контроль.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z687" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z687" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если грубых нарушений не выявлено, то для определения показателя степени риска рассчитывается суммарный показатель по нарушениям значительной и незначительной степени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z688" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z688" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При определении показателя значительных нарушений применяется коэффициент 0,7 и данный показатель рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z689" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z689" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРз = (SР2 х 100/SР1) х 0,7,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z690" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z690" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z691" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z691" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРз – показатель значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z692" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z692" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР1 – требуемое количество значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z693" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z693" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР2 – количество выявленных значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z694" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z694" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При определении показателя незначительных нарушений применяется коэффициент 0,3 и данный показатель рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z695" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z695" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРн = (SР2 х 100/SР1) х 0,3,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z696" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z696" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z697" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z697" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРн – показатель незначительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z698" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z698" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР1 – требуемое количество незначительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z699" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z699" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР2 – количество выявленных незначительных нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z700" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z700" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Общий показатель степени риска (SР) рассчитывается по шкале от 0 до 100 и определяется путем суммирования показателей значительных и незначительных нарушений по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z701" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z701" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР = SРз + SРн,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z702" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z702" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z703" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z703" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР – общий показатель степени риска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z704" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z704" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРз – показатель значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРн – показатель незначительных нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z782" w:id="182"/>
+    <w:bookmarkStart w:name="z782" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Расчет показателя степени риска по субъективным критериям, производится по шкале от 0 до 100 баллов и осуществляется по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -16029,70 +19327,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z783" w:id="183"/>
+    <w:bookmarkStart w:name="z783" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Рассчитанные по субъектам (объектам) значения по показателю R нормализуются в диапазон от 0 до 100 баллов. Нормализация данных осуществляется по каждой выборочной совокупности (выборке) с использованием следующей формулы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -16452,115 +19750,141 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Критериям оценки степени</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>риска за соблюдением законодательства</w:t>
+              <w:t>риска за соблюдением</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>законодательства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>об электронном документе</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и электронной цифровой подписи</w:t>
+              <w:t>и электронной цифровой</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в части электронного документооборота</w:t>
+              <w:t>подписи в части электронного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>документооборота</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>и электронных архивов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в источниках комплектования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -16569,197 +19893,149 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>центральных государственных архивов</w:t>
+              <w:t>центральных государственных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и государственных архивов,</w:t>
+              <w:t>архивов, Архива Президента</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>за исключением государственных</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и местных исполнительных органов</w:t>
+              <w:t>и государственных архивов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z784" w:id="184"/>
+    <w:bookmarkStart w:name="z784" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Степени нарушении риска за соблюдением законодательства Республики Казахстан</w:t>
-[...47 lines deleted...]
-        <w:t>и государственных архивов, за исключением государственных и местных исполнительных органов</w:t>
+        <w:t xml:space="preserve"> Степени нарушении риска за соблюдением законодательства Республики Казахстан об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов, Архива Президента Республики Казахстан и государственных архивов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение - в редакции </w:t>
+      Сноска. Приложение - - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>cовместного приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра культуры и информации РК от 18.12.2025 № 663-НҚ и Заместителя Премьер-Министра – Министр национальной экономики РК от 26.12.2025 № 134 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16941,123 +20217,123 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение следующих форматов одного или нескольких файлов в содержательной части электронного документа:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) PDF, PDF/A-1, TIFF, JPEG, JPG- графический формат;</w:t>
-[...71 lines deleted...]
-5) RAR, ZIP - архивированный формат</w:t>
+1) PDF, PDF/A-1, TIFF, JPEG, JPG – графический формат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) RTF, DOCX – текстовый формат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) XLS, XLSX – табличный формат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) PPT, PPTX – презентации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) RAR, ZIP – архивированный формат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17352,51 +20628,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в номенклатуре дел формы представленного документа: электронной с указанием носителя информации, или бумажной</w:t>
+Наличие в номенклатуре дел формы представленного документа: электронной с указанием носителя информации или бумажной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18246,104 +21522,104 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 14 августа 2017 года № 301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z785" w:id="185"/>
+    <w:bookmarkStart w:name="z785" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Проверочный лист за соблюдением законодательства Республики Казахстан о Национальном архивном фонде и архивах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>cовместного приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра культуры и информации РК от 18.12.2025 № 663-НҚ и Заместителя Премьер-Министра – Министр национальной экономики РК от 26.12.2025 № 134 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В отношении ведомственных и частных архивов, являющиеся источниками</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -18351,255 +21627,255 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>комплектования Национального архива Республики Казахстан, центральных</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>государственных архивов и государственных архивов, за исключением</w:t>
+        <w:t>государственных архивов, Архива Президента Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>государственных и местных исполнительных органов.</w:t>
+        <w:t>и государственных архивов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Государственный орган, назначивший проверку/профилактического контроля</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>с посещением субъекта (объекта) контроля ______________________________</w:t>
+        <w:t>с посещением субъекта (объекта) контроля _____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>___________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Акт о назначении проверки/профилактического контроля с посещением субъекта</w:t>
+        <w:t>Акт о назначении проверки/профилактического контроля с посещением</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(объекта) контроля ___________________________________________________</w:t>
+        <w:t>субъекта (объекта) контроля _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>___________________________________________________________ (№, дата)</w:t>
+        <w:t>_________________________________________________________ (№, дата)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Наименование субъекта (объекта) контроля ______________________________</w:t>
+        <w:t>Наименование субъекта (объекта) контроля ____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(Индивидуальный идентификационный номер), бизнес-идентификационный номер</w:t>
+        <w:t>Индивидуальный идентификационный номер, бизнес-идентификационный номер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>субъекта (объекта) контроля ___________________________________________</w:t>
+        <w:t>субъекта (объекта) контроля _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Адрес места нахождения ______________________________________________</w:t>
+        <w:t>Адрес места нахождения_____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -18949,51 +22225,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оформление едиными реквизитами документа на казахском языке и создаваемого аутентичного документа на русском или ином языке, напечатанного каждого на отдельных бланках (отдельных листах)</w:t>
+Оформление едиными реквизитами документа на казахском языке и создаваемого аутентичного документа на русском или ином языке, напечатанных на отдельных бланках (отдельных листах)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19198,51 +22474,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) наименование должности лица, подписавшего документ, подпись и расшифровка подписи;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) оттиск печати организации</w:t>
+6) оттиск печати организации, если данное юридическое лицо в соответствии с законодательством Республики Казахстан имеет печать</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19357,51 +22633,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соответствие:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) официального наименования организации, филиала (представительства) учредительным документам с указанием на организационно-правовую форму при оформлении реквизитов документов;</w:t>
+1) наименования организации, филиала (представительства) учредительным документам с указанием на организационно-правовую форму при оформлении реквизитов документов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) сокращенного наименования организации, филиала (представительства), названию, закрепленному в учредительных документах, и ее размещение в скобках ниже полного наименования;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19411,51 +22687,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) наличия на бланках документов организаций номера, серии, проставленных типографским способом или нумератором;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) указание наименования вида документа, напечатанного прописными буквами полужирным шрифтом, на всех документах</w:t>
+4) указание наименования вида документа, напечатанного прописными буквами полужирным шрифтом на всех документах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19552,51 +22828,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отсутствие на бланке с изображением Государственного Герба Республики Казахстан эмблемы, логотипа или товарного знака (знака обслуживания)</w:t>
+Размещение на бланке изображение Государственного Герба Республики Казахстан, эмблемы, логотипа или товарного знака (знака обслуживания)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19693,51 +22969,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие журнала учета и выдачи печатей, штампов с изображением Государственного Герба Республики Казахстан и специальной штемпельной краски по форме Правил документирования</w:t>
+Наличие журнала учета и выдачи печатей, штампов с изображением Государственного Герба Республики Казахстан и специальной штемпельной краски по форме Правил документирования, управления документацией и использования систем электронного документооборота в государственных и негосударственных организациях (далее – Правила документирования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20115,52 +23391,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наличие журнала учета и выдачи печатно-бланочной продукции, подлежащей защите, заведенных на каждый вид</w:t>
+              <w:t xml:space="preserve">
+Наличие журнала учета и выдачи печатно-бланочной продукции, подлежащей защите, заведенных на каждый вид </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20716,249 +23992,249 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соответствие реквизитов правовых актов, в том числе:</w:t>
-[...197 lines deleted...]
-11) оттиска печати организации</w:t>
+Соответствие реквизитов приказа, в том числе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) изображение Государственного Герба Республики Казахстан или эмблемы, логотипа, товарного знака (знака обслуживания);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) официальное наименование организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) наименование вида документа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) дата приказа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) регистрационный номер приказа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) место издания приказа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) заголовок к тексту;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) текст;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) подпись;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) отметка о согласовании приказа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) оттиск печати организации, если данная организация в соответствии с законодательством Республики Казахстан имеет печать</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21250,51 +24526,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) литера "л/с" или "к", добавленной к порядковому номеру приказов по личному составу через дефис;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) раздельных дел по формированию приказов (распоряжений) по основной деятельности, приказов (распоряжений) по личному составу, административно-хозяйственной деятельности.</w:t>
+3) раздельных дел по формированию приказов (распоряжений) по основной деятельности, приказов (распоряжений) по личному составу, административно-хозяйственной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21409,51 +24685,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Наличие присвоенных порядковых номеров протоколов в пределах делопроизводственного года отдельно по каждой группе протоколов – протоколы собраний, заседаний коллегий, протоколы технических, научных и экспертных советов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Расположение протоколов в деле в хронологическом порядке по номерам вместе с документами к ним.</w:t>
+2. Расположение протоколов в деле в хронологическом порядке по номерам вместе с документами к ним</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Соответствие реквизитов протокола, в том числе:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22066,51 +25342,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) в одном деле списков физических лиц и документов, подтверждающих перечисление обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов в единый накопительный пенсионный фонд;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) в одном деле списков физических лиц и документов, подтверждающих перечисление социальных отчислений.</w:t>
+3) в одном деле списков физических лиц и документов, подтверждающих перечисление социальных отчислений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22561,51 +25837,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) совместное группирование версий документа на казахском, русском и иных языках;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) группирование в дела документов одного календарного года, за исключением переходящих дел, судебных дел, личных дел, формируемых в течение всего периода работы данного лица в организации, документов выборных органов и их постоянных комиссий, депутатских групп, группируемых за период их созыва, документов учебных заведений, формируемых за учебный год, документов театров, характеризующих сценическую деятельность за театральный сезон, историй болезней и других;</w:t>
+4) группирование в дела документов одного календарного года, за исключением переходящих дел, судебных дел, личных дел, формируемых в течение всего периода работы данного лица в организации, документов выборных органов и их постоянных комиссий, депутатских групп, группируемых за период их созыва, документов учебных заведений, формируемых за учебный год, документов театров, характеризующих сценическую деятельность за театральный сезон, историй болезней;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) раздельное группирование в дела документов постоянного и временного сроков хранения;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22792,51 +26068,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие номенклатуры дел, утвержденной руководителем организации и согласованной экспертно-проверочной комиссией государственного архива или местного исполнительного органа после согласования с Центральной экспертной комиссией (экспертной комиссией) организации</w:t>
+Наличие номенклатуры дел, утвержденной руководителем организации и согласованной экспертно-проверочной комиссией государственного архива или местного исполнительного органа после согласования с экспертной комиссией (экспертной комиссией) организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23218,51 +26494,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) нумерование листов дел, состоящих из нескольких томов или частей, по каждому тому или части отдельно;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) нумерование фотографий, чертежей, диаграмм и других иллюстративных и специфических документов, представляющих самостоятельный лист в деле, на оборотной стороне в левом верхнем углу;</w:t>
+4) нумерование фотографий, чертежей, диаграмм и иных иллюстративных и специфических документов, представляющих самостоятельный лист в деле, на оборотной стороне в левом верхнем углу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) нумерование сначала конвертов с вложением, подшитых в дело, а затем очередным номером каждое вложение в конверте;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24154,51 +27430,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие акта приема-передачи документов на хранение при передаче документов в архив</w:t>
+Наличие акта приема-передачи документов на хранение при передаче документов (дел) в архив</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24313,249 +27589,321 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение предельных сроков ведомственного хранения документов на традиционных и электронных носителях, отнесенных к составу Национального архивного фонда Республики Казахстан, в том числе:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) документов организаций, контрольный пакет акций которых принадлежит государству, иных государственных юридических лиц республиканского уровня – 10 лет;</w:t>
-[...197 lines deleted...]
-12) электронных документов – 5 лет</w:t>
+1) документов Администрации Президента Республики Казахстан, аппарата Сената Парламента Республики Казахстан, аппарата Мажилиса Парламента Республики Казахстан, Аппарата Правительства Республики Казахстан, Конституционного Суда Республики Казахстан, Центральной избирательной комиссии Республики Казахстан, Верховного Суда Республики Казахстан, Судебной администрации Республики Казахстан, Генеральной прокуратуры Республики Казахстан, Национального Банка Республики Казахстан, министерств Республики Казахстан, агентств Республики Казахстан, комитетов министерств Республики Казахстан – 15 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) документов территориальных органов министерств Республики Казахстан, агентств Республики Казахстан, комитетов министерств Республики Казахстан – 10 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) документов организаций, контрольный пакет акций которых принадлежит государству, иных государственных юридических лиц республиканского уровня – 10 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) документов органов местного государственного управления области (городов республиканского значения, столицы) – 10 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) документов государственных организаций областного (городов республиканского значения, столицы) уровня – 10 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) документов местных государственных органов управления городов (района) – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) документов государственных юридических лиц городского и районного уровней – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) записей актов гражданского состояния, похозяйственных книг, домовых книг, записей нотариальных действий, судебных дел и документов – 75 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) научно-исследовательской, технологической и патентно-лицензионной документации – 10 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) опытно-конструкторской документации – 15 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) проектной документации по капитальному строительству – 20 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) картографической документации – 25 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13) геодезической документации – 25 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14) телеметрической документации – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15) аудиовизуальной документации – 3 года;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16) электронных документов –5 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25519,51 +28867,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие контрольно-измерительных приборов (термометров, психрометров, гигрометров) для измерения параметров температуры и относительной влажности воздуха в архивохранилищах и регистрация их показателей в журнале измерения параметров температуры и относительной влажности воздуха в архивохранилищах</w:t>
+Наличие контрольно-измерительных приборов (термометров, психрометров, гигрометров) для измерения параметров температуры и относительной влажности воздуха в архивохранилищах и регистрация их показателей в журнале регистрации показаний контрольно-измерительных приборов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25678,123 +29026,123 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поддержание следующего температурно-влажностного режима в архивохранилищах:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) для документов на бумажных носителях информации – температура +17°С – +19°С, относительная влажность воздуха 50-55%;</w:t>
+1) для документов на бумажных носителях информации – температура +17°С – +19°С, относительная влажность воздуха 50-55 %;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) для документов на черно-белых пленочных носителях информации – температура +15°С, относительная влажность воздуха 40-55%;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) для документов на цветных пленочных носителях информации – температура +2°С – +5°С, относительная влажность воздуха 40-55%;</w:t>
+3) для документов на цветных пленочных носителях информации – температура +2°С – +5°С, относительная влажность воздуха 40-55 %;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) для документов на магнитной ленте и дисковых носителях – температура от +8°С – до +18°С, относительная влажность воздуха 45-65 %;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) для документов на электронных носителях информации – температура +15°С – +20°С, относительная влажность воздуха 50-65%</w:t>
+5) для документов на электронных носителях информации – температура +15°С – +20°С, относительная влажность воздуха 50-65 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25891,51 +29239,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в архивохранилище ведомственных и частных архивов книги выдачи документов из архивохранилища</w:t>
+Наличие в архивохранилище ведомственных и частных архивов книги выдачи дел, документов из архивохранилища</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26032,51 +29380,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие акта о выдаче архивных документов во временное пользование в другие организации при выдаче архивных документов во временное пользование</w:t>
+Наличие акта о выдаче архивных документов во временное пользование в иные организации при выдаче архивных документов во временное пользование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26455,51 +29803,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие описи дел, документов постоянного хранения, утвержденной руководителем организации и экспертно-проверочной комиссией государственного архива или местного исполнительного органа после согласования с Центральной экспертной комиссией (экспертной комиссией) организации</w:t>
+Наличие описи дел, документов постоянного хранения, утвержденной руководителем организации и экспертно-проверочной комиссией республиканского государственного архива или местного исполнительного органа после согласования с Центральной экспертной комиссией (экспертной комиссией) организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26596,51 +29944,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие описи дел по личному составу, утвержденной руководителем организации по согласованию с Центральной экспертной комиссией (экспертной комиссией) организации и экспертно-проверочной комиссией государственного архива или местного исполнительного органа</w:t>
+Наличие описи дел по личному составу, утвержденной руководителем организации по согласованию с Центральной экспертной комиссией (экспертной комиссией) организации и экспертно-проверочной комиссией республиканского государственного архива или местного исполнительного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27019,51 +30367,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие акта о выделении к уничтожению документов, не подлежащих хранению, утвержденного руководителем организации после согласования с Центральной экспертной комиссией (экспертной комиссией) организации и экспертно-проверочной комиссией государственного архива или местного исполнительного органа</w:t>
+Наличие акта о выделении к уничтожению документов, не подлежащих хранению, утвержденного руководителем организации после согласования с Центральной экспертной комиссией (экспертной комиссией) организации и экспертно-проверочной комиссией республиканского государственного архива или местного исполнительного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27301,51 +30649,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в ведомственном и частном архиве карточек регистрации научно-технической документации (при наличии научно-технической документации)</w:t>
+Наличие в ведомственном и частном архиве карточек регистрации научно-технической документации (при наличии научно-исследовательской документации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27583,51 +30931,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cоответствие в ведомственных и частных архивах систематизации заголовков в описи дел, документов постоянного хранения следующим признакам:</w:t>
+Соответствие в ведомственных и частных архивах систематизации заголовков в описи дел, документов постоянного хранения следующим признакам:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) структурного (в соответствии с принадлежностью единиц хранения к структурным подразделениям);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27991,51 +31339,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размещение в архивохранилищах архивных документов в первичных защитных средствах хранения (архивных коробках, папках, специальных футлярах, пакетах)</w:t>
+Размещение в архивохранилищах архивных документов в первичных защитных средствах хранения (архивных коробках, папках, специальных футлярах, пакетах, боксах)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28450,105 +31798,105 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) название архивного фонда;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) справочные данные об архивном фонде;</w:t>
-[...17 lines deleted...]
-3) историческая справка к фонду;</w:t>
+2) справочные данные об архивном фонде (архивный шифр (номер фонда), объем архивного фонда в единицах хранения по видам документации, крайние даты архивных документов по каждому виду документации, перечень имеющегося внутрифондового научно-справочного аппарата);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) историческая справка к архивному фонду;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) аннотация о составе и содержании архивных документов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) информация об условиях доступа и использования;</w:t>
+5) информация об условиях доступа;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) библиография</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -28662,52 +32010,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наличие в организации протоколов консультативно-совещательных органов</w:t>
+              <w:t xml:space="preserve">
+Наличие в организации протоколов консультативно-совещательных органов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29087,50 +32435,4004 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация розыска при недостачи дел, документов, электронных документов (дел)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в архивохранилищах государственных архивов областей (городов республиканского значения, столицы) и специальных государственных архивов дверей с повышенной технической укрепленностью против возможного взлома, оснащенными замками повышенной секретности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах листов проверки наличия и состояния архивных документов на каждую опись отдельно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соответствие единиц хранения в пределах архивного фонда в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах по разделам (подразделам) следующим признакам:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) структурного (в соответствии с принадлежностью единиц хранения к структурным подразделениям);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) хронологического (по периодам или датам, к которым относятся единицы хранения);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) функционального, отраслевого, тематического, предметно-вопросного (с учетом функций организации, тем или вопросов, которых касается содержание единиц хранения);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) номинального (по видам и разновидностям документов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) корреспондентского (по наименованию организаций или фамилиям физических лиц, в результате переписки с которыми образовались единицы хранения);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) географического (в соответствии с определенными территориями, населенными пунктами и другими географическими объектами, с которыми связано содержание документов, их авторы, корреспонденты);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) авторского (по названиям организаций или фамилиям лиц, которые являются авторами документов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) плана-графика приема документов Национального архивного фонда Республики Казахстан от источников комплектования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах списка лиц, имеющих право доступа в архивохранилище</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах журнала регистрации ключей к замкам помещений архива</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах расписки работника в получении экземпляра ключей к замкам помещений архива</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах карточек пофондовых топографических указателей, составленных отдельно на каждый архивный фонд и расположенные в порядке номеров архивных фондов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах книги учета поступлений документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах списка фондов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах реестра описей дел, документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах реестров описей особо ценных дел, документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах листа учета и описания документа, отнесенного к культурным ценностям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах списка фондов, содержащих особо ценные документы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах дел фондов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах книги выдачи архивных документов, копий фонда пользования из архивохранилища в читальный зал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах актов о технических ошибках в учетных документах, актов об обнаружении архивных документов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах акта о рассекречивании документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соблюдение государственными архивами областей (городов республиканского значения, столицы) и специальными государственными архивами требований по обособленному хранению следующих архивных документов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) секретные;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) отнесенные к культурным ценностям, оформленные драгоценными металлами и камнями, имеющие в приложении драгоценные металлы и камни;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) на нитрооснове;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) пораженные биологическими вредителями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) временных сроков хранения, переданные на хранение в архив в связи с ликвидацией источника комплектования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах утвержденных списков источников комплектования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соблюдение в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах следующих хронологических границ архивного фонда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) для архивного фонда организации – устанавливаемые на основе правовых актов официальные даты их создания и ликвидации (при наличии нескольких правовых актов за дату образования организации принимается дата наиболее раннего из них);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) для объединенного архивного фонда – даты создания наиболее ранней и ликвидации наиболее поздней по времени деятельности организаций, документы которых вошли в состав объединенного архивного фонда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) для архивного фонда личного происхождения – даты рождения и смерти физического лица, членов семьи или рода;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) для архивной коллекции – даты самого раннего и самого позднего документа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) формы, предназначенной для сбора административных данных "Показатели основных направлений и результатов деятельности государственных архивов"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) наблюдательных дел на организации-источники комплектования архива</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах схемы учета архивных документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) и специальных государственных архивах тематического, тематико-экспозиционного и графического плана выставок архивных документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в государственных архивах областей (городов республиканского значения, столицы) архивных справочников и баз данных о составе и содержании архивных документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29171,170 +36473,187 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Должностное (ые) лицо (а): ________________________________________________</w:t>
+      Должностное (ые) лицо (а):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(фамилия, имя и отчество (при наличии)</w:t>
+        <w:t>________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________________________________________</w:t>
+        <w:t>(фамилия, имя и отчество (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(должность) (подпись)</w:t>
+        <w:t>___________________________ _____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Руководитель субъекта контроля:</w:t>
+        <w:t>(должность) (подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________________________________________</w:t>
+        <w:t>Руководитель субъекта контроля:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(фамилия, имя и отчество (при наличии)</w:t>
+        <w:t>________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________________________________________</w:t>
+        <w:t>(фамилия, имя и отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________ _________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(должность) (подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -29484,391 +36803,378 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 14 августа 2017 года № 301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z786" w:id="186"/>
+    <w:bookmarkStart w:name="z786" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Проверочный лист за соблюдением законодательства Республики Казахстан</w:t>
-[...47 lines deleted...]
-        <w:t>и государственных архивов, за исключением государственных и местных исполнительных органов</w:t>
+        <w:t xml:space="preserve"> Проверочный лист за соблюдением законодательства Республики Казахстан об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов, Архива Президента Республики Казахстан и государственных архивов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 4 - в редакции </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>cовместного приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра культуры и информации РК от 18.12.2025 № 663-НҚ и Заместителя Премьер-Министра – Министр национальной экономики РК от 26.12.2025 № 134 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В отношении источников комплектования центральных и государственных архивов.</w:t>
+      В отношении источников комплектования Национального архива</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Государственный орган, назначивший проверку/профилактического контроля</w:t>
+        <w:t>Республики Казахстан, центральных государственных архивов, Архива Президента</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>с посещением субъекта (объекта) контроля ___________________________________</w:t>
+        <w:t>Республики Казахстан и государственных архивов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________________________________________</w:t>
+        <w:t>Государственный орган, назначивший проверку/профилактического контроля</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Акт о назначении проверки/профилактического контроля с посещением субъекта</w:t>
+        <w:t>с посещением субъекта (объекта) контроля ______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(объекта) контроля _______________________________________________________</w:t>
+        <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________ (№, дата)</w:t>
+        <w:t>Акт о назначении проверки/профилактического контроля с посещением субъекта</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Наименование субъекта (объекта) контроля __________________________________</w:t>
+        <w:t>(объекта) контроля __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________________________________________</w:t>
+        <w:t>___________________________________________________________ (№, дата)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(Индивидуальный идентификационный номер), бизнес-идентификационный номер</w:t>
+        <w:t>Наименование субъекта (объекта) контроля _____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>субъекта (объекта) контроля _______________________________________________</w:t>
+        <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________________________________________</w:t>
+        <w:t>(Индивидуальный идентификационный номер), бизнес-идентификационный номер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Адрес места нахождения __________________________________________________</w:t>
+        <w:t>субъекта (объекта) контроля __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________________________________________</w:t>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес места нахождения _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -30236,123 +37542,123 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение следующих форматов одного или нескольких файлов в содержательной части электронного документа:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) PDF, PDF/A-1, TIFF, JPEG, JPG- графический формат;</w:t>
-[...71 lines deleted...]
-5) RAR, ZIP - архивированный формат</w:t>
+1) PDF, PDF/A-1, TIFF, JPEG, JPG – графический формат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) RTF, DOCX – текстовый формат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) XLS, XLSX – табличный формат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) PPT, PPTX – презентации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) RAR, ZIP – архивированный формат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30731,51 +38037,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в номенклатуре дел формы представленного документа: электронной с указанием носителя информации, либо бумажной</w:t>
+Наличие в номенклатуре дел формы представленного документа: электронной с указанием носителя информации или бумажной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31154,51 +38460,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в ведомственном и частном архиве акта об уничтожении электронной (ых) копии (ий) документа (ов), утверждаемого руководителем организации по согласованию с Центральной экспертной комиссией (экспертной комиссией) организации и экспертно-проверочной комиссией государственного архива или местного исполнительного органа при отсутствии бумажного подлинника либо отрицательном результате сверки</w:t>
+Наличие в ведомственном и частном архиве акта об уничтожении электронной (ых) копии (ий) документа (ов), утверждаемого руководителем организации по согласованию с Центральной экспертной комиссией (Экспертной комиссией) организации и Экспертно-проверочной комиссией государственного архива или местного исполнительного органа при отсутствии бумажного подлинника либо отрицательном результате сверки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31662,153 +38968,205 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Должностное (ые) лицо (а): _______________________________________</w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(фамилия, имя и отчество (при наличии)</w:t>
+        <w:t>
+      Должностное (ые) лицо (а):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________ ______________</w:t>
+        <w:t>______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(должность) (подпись)</w:t>
+        <w:t>(фамилия, имя и отчество (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Руководитель субъекта контроля: __________________________________</w:t>
+        <w:t>________________________________ ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(фамилия, имя и отчество (при наличии)</w:t>
+        <w:t>(должность) (подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________ ______________</w:t>
+        <w:t>Руководитель субъекта контроля:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________ ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(должность) (подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -31945,308 +39303,313 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>о Национальном архивном</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>фонде и архивах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z788" w:id="187"/>
+    <w:bookmarkStart w:name="z788" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень субъективных критериев для определения степени риска за соблюдением</w:t>
-[...11 lines deleted...]
-        <w:t>законодательства Республики Казахстан о Национальном архивном фонде и архивах</w:t>
+        <w:t xml:space="preserve"> Перечень субъективных критериев для определения степени риска за соблюдением законодательства Республики Казахстан о Национальном архивном фонде и архивах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Критерии дополнены приложением 5 в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>совместным приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие с 01.07.2024).</w:t>
+        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие с 01.07.2024); в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>cовместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра культуры и информации РК от 18.12.2025 № 663-НҚ и Заместителя Премьер-Министра – Министр национальной экономики РК от 26.12.2025 № 134 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Показатель субъективного критерия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Источник информации по показателю субъективного критерия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Удельный вес по значимости, балл (в сумме не должен превышать 100 баллов), w</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32305,710 +39668,498 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 условие 1/значение</w:t>
-            </w:r>
-[...70 lines deleted...]
-условие 3/значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
-            </w:r>
-[...70 lines deleted...]
-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для профилактического контроля с посещением</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Итоги проверки наличия и состояния архивных документов в архивохранилищах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Результаты мониторинга отчетности и сведений, представляемых субъектом контроля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результаты мониторинга отчетности и сведения собранные в течении года касательно проведенных/не проведенных плановых и неплановых проверок</w:t>
-[...141 lines deleted...]
-            </w:pPr>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -33026,407 +40177,271 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результаты анализа сведений, представляемых государственными органами и организациями</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+Несоответствие при сверке данных в учетных документах с паспортом государственного архива, карточками фондов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результаты анализа сведений, представляемых государственными органами и организациями в Национальный, центральные и государственные архивы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+Результаты мониторинга отчетности и сведений, представляемых субъектом контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50%</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -33444,150 +40459,1774 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не полнота и неудовлетворительное техническое состояние документов организаций-источников комплектования по итогам экспертизы ценности документов, представленных на заседание экспертно-проверочной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты мониторинга отчетности и сведений, представляемых субъектом контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неполнота и нарушения в аналитической информации, предоставляемой государственными архивами по сохранности документов и архивной работе в организациях - источники комплектования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты мониторинга отчетности и сведений, представляемых субъектом контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итоги анализа обращений, поступающих в уполномоченный орган, местные исполнительные органы, государственные архивы по предоставлению сведений по архивным фондам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты анализа сведений, представляемых государственными органами и организациями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отсутствие или нарушения сроков экспертизы ценностей документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты анализа сведений, представляемых государственными органами и организациями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отсутствие научно-справочного аппарата к архивным документам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты анализа сведений, представляемых государственными органами и организациями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нарушения в учете архивных документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты анализа сведений, представляемых государственными органами и организациями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -33709,356 +42348,313 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>о Национальном архивном</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>фонде и архивах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z790" w:id="188"/>
+    <w:bookmarkStart w:name="z790" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень субъективных критериев для определения степени риска за соблюдением</w:t>
-[...59 lines deleted...]
-        <w:t>государственных и местных исполнительных органов</w:t>
+        <w:t xml:space="preserve"> Перечень субъективных критериев для определения степени риска за соблюдением законодательства Республики Казахстан об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов, Архива Президента Республики Казахстан и государственных архивов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Критерии дополнены приложением 6 в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>совместным приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие с 01.07.2024).</w:t>
+        <w:t xml:space="preserve"> Министра культуры и спорта РК от 24.05.2023 № 128 и Министра национальной экономики РК от 24.05.2023 № 78 (вводится в действие с 01.07.2024); в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>cовместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра культуры и информации РК от 18.12.2025 № 663-НҚ и Заместителя Премьер-Министра – Министр национальной экономики РК от 26.12.2025 № 134 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Показатель субъективного критерия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Источник информации по показателю субъективного критерия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Удельный вес по значимости, балл (в сумме не должен превышать 100 баллов), w</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34117,710 +42713,498 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 условие 1/значение</w:t>
-            </w:r>
-[...70 lines deleted...]
-условие 3/значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
-            </w:r>
-[...70 lines deleted...]
-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для профилактического контроля с посещением</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Итоги проверки наличия и состояния архивных документов в архивохранилищах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Результаты мониторинга отчетности и сведений, представляемых субъектом контроля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результаты мониторинга отчетности и сведения собранные в течении года касательно проведенных/не проведенных плановых и неплановых проверок</w:t>
-[...141 lines deleted...]
-            </w:pPr>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -34838,407 +43222,271 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результаты анализа сведений, представляемых государственными органами и организациями</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+Несоответствие при сверке данных в учетных документах с паспортом государственного архива, карточками фондов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результаты анализа сведений, представляемых государственными органами и организациями в Национальный, центральные и государственные архивы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+Результаты мониторинга отчетности и сведений, представляемых субъектом контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50%</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -35256,150 +43504,1774 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не полнота и неудовлетворительное техническое состояние документов организаций-источников комплектования по итогам экспертизы ценности документов, представленных на заседание экспертно-проверочной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты мониторинга отчетности и сведений, представляемых субъектом контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неполнота и нарушения в аналитической информации, предоставляемой государственными архивами по сохранности документов и архивной работе в организациях - источники комплектования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты мониторинга отчетности и сведений, представляемых субъектом контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итоги анализа обращений, поступающих в уполномоченный орган, местные исполнительные органы, государственные архивы по предоставлению сведений по архивным фондам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты анализа сведений, представляемых государственными органами и организациями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отсутствие или нарушения сроков экспертизы ценностей документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты анализа сведений, представляемых государственными органами и организациями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отсутствие научно-справочного аппарата к архивным документам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты анализа сведений, представляемых государственными органами и организациями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нарушения в учете архивных документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результаты анализа сведений, представляемых государственными органами и организациями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -35430,55 +45302,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -35804,31 +45676,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>