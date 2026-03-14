--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="05b7bcc" w14:textId="05b7bcc">
+    <w:p w14:paraId="a5d8b95" w14:textId="a5d8b95">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил организации и использования учебно-материальной базы военных учебных заведений и военных кафедр</w:t>
+        <w:t>Об утверждении Правил организации и использования учебно-материальной базы военных учебных заведений и военных кафедр (военных факультетов)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра обороны Республики Казахстан от 2 августа 2017 года № 411. Зарегистрирован в Министерстве юстиции Республики Казахстан 11 сентября 2017 года № 15641.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z3" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок – в редакции приказа Министра обороны РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1574</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 26-20)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -244,54 +282,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> использования учебно-материальной базы военных учебных заведений и военных кафедр. </w:t>
+        <w:t xml:space="preserve"> организации и использования учебно-материальной базы военных учебных заведений и военных кафедр (военных факультетов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра обороны РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1574</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департаменту образования и науки Министерства обороны Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -860,744 +960,1859 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 2 августа 2017 года № 411</w:t>
+              <w:t>от 2 августа 2017 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 411</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Правила организации и использования учебно-материальной базы военных учебных заведений и военных кафедр (военных факультетов)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила – в редакции приказа Министра обороны РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1574</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>организации и использования учебно-материальной базы военных учебных заведений и военных кафедр</w:t>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z35" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. В заголовок внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра обороны РК от 29.01.2024 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+      1. Настоящие Правила организации и использования учебно-материальной базы военных учебных заведений и военных кафедр (военных факультетов) организаций высшего и послевузовского образования (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан (далее – РК) "Об обороне и Вооруженных Силах РК" и определяют порядок организации и использования учебно-материальной базы военных учебных заведений Министерства обороны РК (далее – ВУЗ) и военных кафедр (военных факультетов) организаций высшего и послевузовского образования (далее – ВК).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z36" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Учебно-материальная база (далее – УМБ) ВУЗов и ВК – участки местности, совокупность зданий, сооружений, помещений, материальных и технических средств, предназначенных для обеспечения выполнения возложенных на ВУЗ и ВК задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z37" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. УМБ является материальной основой реализации учебно-воспитательного процесса и должна соответствовать образовательным программам и программам военной подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z38" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+        <w:t xml:space="preserve"> Глава 2. Порядок организации и использования УМБ военными учебными заведениями</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z39" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. УМБ организуется ВУЗами совместно со структурными подразделениями Министерства обороны РК (далее – МО РК), обеспечивающими материально-техническое снабжение (далее – довольствующие органы), в соответствии с учебными программами, утверждаемыми начальником ВУЗа, и табелем к штату.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z40" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Начальник ВУЗа осуществляет руководство укомплектованием УМБ ВУЗа. Обеспечение всех видов УМБ осуществляется на основании заявок на УМБ в довольствующие органы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z41" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила организации и использования учебно-материальной базы военных учебных заведений и военных кафедр (далее – Правила) разработаны в соответствии с </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
+      6. УМБ ВУЗов может осуществляться в том числе и из средств, поступающих от реализации товаров (работ, услуг), в соответствии с "Правилами реализации республиканскими государственными учреждениями Вооруженных Сил РК товаров (работ, услуг) и использования денег от их реализации", утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МО РК от 27 мая 2025 года № 622 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 210867).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z42" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. УМБ подразделяется на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z43" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) учебно-лабораторную базу, которая включает: аудитории (лекционные залы), классы, кабинеты, лаборатории, библиотеки, читальные залы, залы для курсового и дипломного проектирования, преподавательские комнаты, лаборантские, эксплуатационные комплексы и системы, подлежащие изучению (освоению) или используемые в процессе обучения, учебные и учебно-вспомогательные помещения. Оснащение средствами информационной (мультимедийной, интерактивной) и вычислительной техникой, лабораторным оборудованием и установками, техническими средствами обучения и контроля оборудованием и наглядными пособиями, организуется довольствующими органами, курирующими вопросы цифровизации и образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z44" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) полевую учебную базу (базу для воздушной, морской выучки), которая включает: полигоны, учебные центры, аэродромы, лагеря с размещенными на них объектами (комплексами) боевой подготовки. Обеспечение вооружением, военной техникой, средствами связи, обеспечиваются довольствующими органами, курирующими вопросы боевой подготовки и военной инфраструктуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z45" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) спортивную базу, которая включает: спортивные сооружения, предназначенные для обеспечения учебно-тренировочного процесса и места для проведения физической подготовки, и спортивно-массовой работы с обучающимися. Оснащение и обеспечение спортивным инвентарем организуется довольствующим органом, курирующим вопросы спорта и инфраструктуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z46" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тренажерную базу, которая включает: учебно-тренировочные, эксплуатационные комплексы, системы, учебные командные пункты, учебные пункты управления, тренажеры, трехмерные симуляторы виртуального полигона с набором интерактивных занятий, обеспечиваемые довольствующим органом, курирующим вопросы боевой подготовки и цифровизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z47" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) базу для общевоенной подготовки, которая включает: строевые плацы, караульные комплексы (городки), тиры и объекты по общевоенной подготовке, обеспечиваемые довольствующим органом, курирующим вопросы военной инфраструктуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z48" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) военной техники, которая включает: боевые машины, приборы, технические средства, поставляемые довольствующим органом, курирующим вопросы вооружения и военной техники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z49" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) вооружение, которое включает: комплекс различных видов оружия, боеприпасов, их носители и средства, поставляемые довольствующим органом, курирующим вопросы вооружения и военной техники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z50" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) средства информационного обеспечения, которые включают: учебники, учебно-методические материалы, научную и справочную литературу, руководство, курсы стрельб и вождения, информационные стенды и плакаты, включая электронные издания, компьютерные программы, цифровые образовательные ресурсы, кино, фото, видеоматериалы, поставляемые довольствующими органами, курирующими вопросы цифровизации и образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z51" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) объекты обеспечения учебно-воспитательного процесса, которые включают: учебно-производственные мастерские, типографии (редакционно-издательские или копировально-множительные центры, склады, научно-исследовательские лаборатории, вычислительные центры), обеспечиваемые довольствующими органами, курирующими вопросы воспитания и идеологии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z52" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Процесс организации УМБ ВУЗа включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z53" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получение с довольствующих органов либо закуп компонентов УМБ и распределение учебного оборудования и материалов по учебным объектам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z54" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) техническое обслуживание, ремонт и модернизацию имеющейся УМБ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z55" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Подготовка УМБ к учебному году осуществляется до 15 августа ежегодно с учетом укомплектования ВУЗа УМБ, необходимой для выполнения предусмотренных учебных мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z56" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Учебным отделом ВУЗа совместно с кафедрами (циклами) ВУЗа ежегодно до 1 апреля разрабатывается план по укомплектованию УМБ ВУЗа исходя из учебных программ и плана набора по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z57" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В течение 10 рабочих дней после утверждения плана кафедрами (циклами) ВУЗа составляется и представляется в учебный отдел перечень недостающей УМБ, необходимой для доукомплектования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z58" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. На недостающую УМБ по перечню недостающей УМБ, учебным отделом до 30 апреля формируется заявка по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, рассматриваемая на заседании учебно-методического совета ВУЗа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z59" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. При рассмотрении учебно-методическим советом заявки, в первую очередь рассматриваются УМБ на укомплектование военно-специальных дисциплин, далее рассматривается УМБ по остальным дисциплинам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z60" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. В заявке перечень недостающей УМБ делится на три категории (категория А – УМБ, необходимое в первую очередь, категория Б – УМБ, необходимое во вторую очередь, категория В – УМБ, необходимое в третью очередь) в зависимости от приоритетности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z61" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Категория А обязательна к включению в общий план обеспечения Вооруженных Сил РК, категории Б финансируется при наличии первой образовавшейся экономии, категория В финансируется по мере поступления финансирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z62" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Учебный отдел ВУЗа на основании рассмотренной и одобренной на учебно-методическом совете заявки, в срок до 15 мая направляет сводные заявки в довольствующие органы в соответствии "Правилами организации финансовой и хозяйственной деятельности в Вооруженных Силах РК" утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МО РК от 29 июля 2017 года № 399 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 114476), копии сводных заявок направляются в структурное подразделение Министерства обороны, курирующее вопросы военного образования (далее – структурное подразделение).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z63" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. ВУЗы направляют в структурное подразделение сведения о степени укомплектованности УМБ по каждой специальности исходя из табеля к штату, с указанием сравнительного анализа с предыдущим годом и планируемым обновлением, и доукомплектованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z64" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Структурное подразделение обеспечивает проведение анализа процесса комплектования УМБ ВУЗов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z65" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Структурное подразделение осуществляет анализ сводных заявок всех ВУЗов, ежегодно до 20 декабря перед утверждением плана государственных закупок товаров, работ и услуг, в установленном порядке проводит анализ, поступивших сводных заявок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z66" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Структурное подразделение после утверждения государственного бюджета на предстоящий год, вносит МО РК сведения о полноте и объеме выполнения сводных заявок ВУЗов, (на какую сумму подано заявок и на какую сумму утверждено в плане государственного бюджета).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z67" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. В ВУЗе ежегодно до 1 июня разрабатывается перечень необходимой УМБ для совместного использования (далее – перечень) с воинскими частями и ВК, в случае отсутствия необходимой УМБ в ВУЗах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z68" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Перечень заполняется по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, до 1 сентября согласовывается с командиром воинской части либо с ВК, на балансе которой состоит УМБ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z69" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Командирами воинских частей совместно с начальниками ВУЗов и ВК составляются графики использования УМБ не в ущерб повседневной деятельности воинских частей или ВК. При необходимости графики могут уточняться в течении учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z70" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Использование УМБ ВУЗа осуществляется по утвержденным начальником ВУЗа планам и расписанием занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z71" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Совместное использование УМБ осуществляется в соответствии с утвержденным перечнем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z72" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25. Инвентаризация и оценка состояния УМБ проводятся начальником ВУЗа не реже одного раза в год, в соответствии с "Правилами проведения инвентаризации в государственных учреждениях РК" утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра финансов РК от 16 апреля 2025 года № 169 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 209209).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z73" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Плановое техническое обслуживание УМБ организуется и проводится с учетом природно-климатических условий, технического состояния и режима эксплуатации с периодичностью, обеспечивающей эффективное использование УМБ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z74" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Обеспечение ВУЗов новыми образцами вооружения и военной техники, поступающей на вооружение Вооруженных Сил РК (далее ВС РК), для комплектования УМБ, осуществляется довольствующими органами не позднее одного года с момента поступления на вооружение ВС РК на основе заявок, поступающих от ВУЗов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z75" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Укомплектованность УМБ ВУЗов анализируется ежегодно до 15 августа кафедрами совместно с учебным отделом на основе плана комплектования, на предмет соответствия квалификационным характеристикам, с указанием сравнительного анализа с предыдущим годом и доукомплектованием, в том числе планируемым. Результаты анализа направляются в адрес структурного подразделения вместе с докладом о готовности ВУЗа к началу нового учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z76" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Предложения по модернизации и улучшению УМБ принимаются учебным отделом от кафедр ежегодно до 1 апреля на планируемый учебный год и рассматриваются руководством ВУЗа на учебно-методическом совете, в случае одобрения, сводные направления заявок в довольствующие органы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z77" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...141 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок организации и использования учебно-материальной базы военных учебных заведений и военных кафедр</w:t>
-[...285 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="30"/>
+        <w:t xml:space="preserve"> Глава 3. Порядок организации и использования УМБ ВК</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z78" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. УМБ ВК – участки местности, совокупность зданий, сооружений, помещений, материальных и технических средств, предназначенных для обеспечения выполнения возложенных на ВК задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z79" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. УМБ организуется организациями высшего и послевузовского образования (далее – ОВПО) совместно с закрепленными воинскими частями (учреждениями) на основании программ военной подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z80" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Руководитель ОВПО осуществляет руководство за укомплектованием ВК УМБ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z81" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. УМБ ВК подразделяется на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z82" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) учебно-лабораторную базу, которая включает: аудитории (лекционные залы), классы, кабинеты, лаборатории, библиотеки, читальные залы, залы для курсового и дипломного проектирования, преподавательские комнаты, лаборантские, эксплуатационные комплексы и системы, подлежащие изучению (освоению) или используемые в процессе обучения, учебные и учебно-вспомогательные помещения. Оснащение средствами информационной (мультимедийной, интерактивной) и вычислительной техникой, лабораторным оборудованием и установками, техническими средствами обучения и контроля оборудованием и наглядными пособиями организуется в местах постоянной дислокации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z83" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тренажерную базу, которая включает: учебно-тренировочные, эксплуатационные комплексы, системы, учебные командные пункты, учебные пункты управления. Оснащение тренажерами, учебным вооружением, организуется путем получения материального имущества во временное пользование от воинских частей (учреждений) за которыми они закреплены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z84" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) базу для общевоенной подготовки, которая включает: строевые плацы, караульные комплексы (городки), тиры и объекты по общевоенной подготовке организуются в местах постоянной дислокации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z85" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) военную технику, получаемую во временное пользование от воинских частей (учреждений), за которыми закреплены ВК, которая включает: боевые машины, автомобильную технику, в т.ч. прицепы и кунги к ним, приборы, технические средства и аппаратуру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z86" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) вооружение, которое включает: комплекс различных видов оружия, боеприпасов, их носители и средства, обеспечивающие их применение, организуется путем получения материального имущества во временное пользование от воинских частей (учреждений) за которыми они закреплены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z87" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) средства информационного обеспечения, которые включают: учебники, учебно-методические материалы, научную и справочную литературу, курсы стрельб и вождения, информационные стенды и плакаты, включая электронные издания, компьютерные программы, цифровые образовательные ресурсы, трехмерные симуляторы виртуального полигона с набором интерактивных занятий, кино, фото, видеоматериалы, организуются на местах постоянной дислокации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z88" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) объекты обеспечения учебно-воспитательного процесса, которые включают: учебно-производственные мастерские, типографии (редакционно-издательские или копировально-множительные центры, склады, научно-исследовательские лаборатории, вычислительные центры), организуются на местах постоянной дислокации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z89" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Для организации и обеспечения УМБ, в течение двух месяцев со дня создания, ВК закрепляется приказом МО РК, за воинской частью (учреждением), в установленном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z90" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приказ доводится до ВК, воинских частей (учреждений) за которыми они закреплены в течении трех дней после его издания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z91" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. ВК исходя из программы военной подготовки, в течение трех месяцев с момента создания ВК, направляют в адрес закрепленной воинской части (учреждения), список военного имущества, необходимого для качественной подготовки военно-обученного резерва.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z92" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Процесс организации УМБ ВК включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z93" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получение от закрепленных воинских частей (учреждений) либо закуп компонентов УМБ ОВПО и распределение учебного оборудования и материалов по учебным объектам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z94" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) техническое обслуживание, ремонт и модернизацию имеющейся УМБ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z95" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Перечень заполняется по форме, согласно </w:t>
-[...102 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+      37. На военных кафедрах (военных факультетах) ежегодно до 1 мая разрабатываются планы по укомплектованию УМБ по образцу, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z96" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На недостающую УМБ ежегодно до 15 мая ВК формирует заявки в закрепленные воинские части (учреждения) и ОВПО для их последующей реализации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z97" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Обеспечение ВК необходимым УМБ осуществляется воинскими частями (учреждениями), за которыми они закреплены, путем передачи установленным порядком по акту временной выдачи, материального имущества во временное пользование ВК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z98" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае если заявленное ВК военное имущество отсутствует в закрепленной воинской части (учреждении), то воинская часть (учреждение) за которыми закреплена ВК получает на баланс от другой воинской части заявленное имущество на основании наряда с довольствующего органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z99" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. УМБ ВК укомплектовывается по количеству и качеству учебных объектов на основании программы военной подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z100" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Доукомплектование ВК УМБ осуществляется ОВПО на постоянной основе, с учетом потребностей в конкретных учебных объектах для выполнения предусмотренных учебных мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z101" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. В случае отсутствия на ВК необходимой УМБ для качественной организации учебного процесса по программам военной подготовки, ежегодно до 1 июня разрабатывается перечень необходимой УМБ для совместного использования с воинскими частями (учреждениями).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z102" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      42. Перечень заполняется по образцу, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, согласовывается с командиром воинской части либо с начальником ВУЗа, на балансе которой состоит УМБ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z103" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Использование УМБ осуществляется по утвержденным ВК планам и расписаниям занятий, утверждаемыми не позднее чем за две недели до начала учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z104" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Совместное использование УМБ осуществляется в соответствии с Перечнем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z105" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Плановое техническое обслуживание УМБ, в том числе и того, которое используется совместно, организуется и проводится с учетом природно-климатических условий, технического состояния и режима эксплуатации с периодичностью, обеспечивающей эффективное использование УМБ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z106" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      45. Инвентаризация и оценка состояния УМБ проводятся начальником ВК совместно с воинской частью (учреждением), на балансе которого стоит УМБ, не реже одного раза в год, в соответствии с "Правилами проведения инвентаризации в государственных учреждениях РК" утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра финансов РК от 16 апреля 2025 года № 169 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 209209).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z107" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Ежегодно до 15 августа ВК направляют в структурное подразделение сведения о степени укомплектованности УМБ по программам военной подготовки, с указанием сравнительного анализа с предыдущим годом и доукомплектованием, в том числе планируемым. Результаты анализа направляются в адрес структурного подразделения вместе с докладом о готовности ВК к началу нового учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z108" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Структурное подразделение обеспечивает проведение анализа укомплектованности УМБ ВК и ежегодно до 20 декабря представляет информацию МО РК о полноте и объеме укомплектованности УМБ ВК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z109" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Ежегодно до 1 августа укомплектованность УМБ анализируется ВК на предмет соответствия квалификационным характеристикам. Результаты анализа направляются в адрес структурного подразделения вместе с докладом о готовности ВК к началу нового учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z110" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Предложения по модернизации и улучшению УМБ принимаются до 1 августа на планируемый год и рассматриваются руководством ОВПО и воинскими частями (учреждениями) для последующей реализации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1631,51 +2846,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1696,830 +2911,2353 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>учебных заведений и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военных кафедр</w:t>
+              <w:t>военных кафедр (военных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>факультетов)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="35"/>
+    <w:bookmarkStart w:name="z112" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень необходимой учебно-материальной базы для совместного использования</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
+        <w:t xml:space="preserve"> План по укомплектованию УМБ по направлениям подготовки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z113" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z114" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование направления подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество обучаемых</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Необходимое количество профессорско-преподавательского состава и инструкторов (заполняется по необходимости)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Необходимый перечень УМБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фактическое наличие УМБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Требующие ремонта и модернизации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Потребность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+% укомплектованности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z115" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Начальник учебного отдела</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>использования учебно-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>материальной базы военных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебных заведений и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военных кафедр (военных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>факультетов)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z117" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z118" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Наименование довольствующей службы (отдела) ВУЗа)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z119" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявка на обеспечение УМБ ________________________________________________                   (наименование подразделения ВУЗа)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z53" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование учебно-материальной базы</w:t>
+Наименование УМБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество учебно-материальной базы</w:t>
+единица измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество обучаемых</w:t>
+По норме/штату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество рабочих (учебных) мест</w:t>
+Имеется</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Необходимое количество профессорско-преподавательского состава и инструкторов</w:t>
-[...17 lines deleted...]
-(заполняется при необходимости)</w:t>
+Необходимо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z54" w:id="38"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...209 lines deleted...]
-            </w:pPr>
+Категория А</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...3 lines deleted...]
-        </w:tc>
+Категория Б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пистолет ПМ</w:t>
-[...2 lines deleted...]
-        </w:tc>
+Категория В</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2544,135 +5282,1159 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="40"/>
-[...29 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z120" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Начальник учебного отдела</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>использования учебно-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>материальной базы военных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебных заведений и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военных кафедр (военных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>факультетов)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Согласовано </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">командир в/ч </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"___" _______ 202_ года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z122" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень необходимой УМБ для совместного использования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование УМБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z123" w:id="98"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество УМБ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="98"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество обучаемых</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество рабочих (учебных) мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Необходимое количество профессорско-преподавательского состава и инструкторов (заполняется по необходимости)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Примечание </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z124" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель (начальник) организации образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>