--- v0 (2025-10-13)
+++ v1 (2026-01-15)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="479ead3" w14:textId="479ead3">
+    <w:p w14:paraId="88818b5" w14:textId="88818b5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -141,50 +142,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Заголовок в редакции приказа Министра обороны РК от 19.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 534</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); вносится изменения на казахском языке, текст на русском языке не меняется, в соответствии с приказом Министра обороны РК от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1647</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -374,50 +395,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции приказа Министра обороны РК от 19.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 534</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); вносится изменения на казахском языке, текст на русском языке не меняется, в соответствии с приказом Министра обороны РК от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1647</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1029,2807 +1070,3201 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила военной подготовки по программам офицеров запаса и сержантов запаса</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила – в редакции приказа и.о. Министра обороны РК от 31.03.2023 </w:t>
+      Сноска. Правила – в редакции приказа Министра обороны РК от 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 265</w:t>
+        <w:t>№ 1647</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z22" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящие Правила военной подготовки по программам офицеров запаса и сержантов запаса (далее – Правила) определяют порядок военной подготовки военно-обученного резерва Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Настоящие Правила военной подготовки по программам офицеров запаса и сержантов запаса (далее – Правила) определяют порядок военной подготовки военнообученного резерва.</w:t>
+      2. Военная подготовка граждан по программам офицеров и (или) сержантов запаса (далее – военная подготовка) осуществляется по программам военной подготовки на основе получаемого высшего профессионального образования, с целью формирования военно-обученного резерва Республики Казахстан, а также дополнительного комплектования первичных должностей офицерского и сержантского составов Вооруженных Сил Республики Казахстан (далее – ВС РК).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В настоящих правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z25" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) академический период – период обучения, устанавливаемый организацией высшего и (или) послевузовского образования (далее – ОВПО), в одной из трех форм: семестр, триместр, квартал;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) академический период – период теоретического обучения, устанавливаемый организацией высшего и (или) послевузовского образования (далее - ОВПО);</w:t>
+      2) военная кафедра (военный факультет) (далее – ВК) – структурное подразделение ОВПО, осуществляющее военную подготовку по программам офицеров запаса и (или) сержантов запаса и военно-патриотическое воспитание студентов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) программа военной подготовки – комплекс планирующих документов по каждой военно-учетной специальности, на основе которых осуществляется подготовка граждан к воинской службе по программам офицеров и сержантов запаса;</w:t>
+      3) учебно-материальная база (далее – УМБ) ВК – участки местности, совокупность зданий, сооружений, помещений, материальных и технических средств, предназначенных для обеспечения выполнения возложенных на ВК задач;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) учебная материальная база военной кафедры – комплекс материальных и технических средств, зданий и сооружений, обеспечивающих подготовку военнообученного резерва;</w:t>
+      4) метод "военного дня" – форма организации учебного процесса на ВК, при которой проведение всех видов занятий по военной подготовке осуществляется в соответствии с распорядком дня, установленным ВК, в дни, специально выделяемые ОВПО для военной подготовки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) метод "военного дня" – выделение ОВПО военной кафедре необходимого количества часов для организации и осуществления военной подготовки в соответствии с распорядком дня военной кафедры;</w:t>
+      5) программа военной подготовки – документ, определяющий цели, задачи и содержание учебных дисциплин.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) военно-патриотическая работа – организация мероприятий по формированию у студентов чувства патриотизма, преданности Республике Казахстан, готовности пожертвовать собой в интересах государства, а также проведение военно-патриотических мероприятий в организациях образования, общественных объединениях и государственных органах;</w:t>
+      4. Военная подготовка граждан по программе офицеров запаса проводится на безвозмездной (по государственному образовательному заказу) и возмездной основах, программе сержантов запаса – на возмездной основе в ОВПО в соответствии с разнарядкой Министерства обороны Республики Казахстан (далее – МО РК) исходя из мобилизационной потребности ВС, других войск и воинских формирований, а также необходимости накопления военно-обученного резерва.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...339 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стоимость обучения за военную подготовку на возмездной основе определяется ОВПО.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. К военной подготовке на возмездной основе руководителем ОВПО по согласованию с МО РК могут допускаться студенты других ОВПО, не имеющие ВК, независимо от форм собственности и подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. На военную подготовку по программе офицеров запаса отводится 588 академических часов, из них 458 – теоретической подготовке и 130 – практической подготовке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На военную подготовку по программе сержантов запаса отводится 294 академических часов, из них 180 – теоретической подготовке и 114 – практической подготовке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Юноши практическую часть военной подготовки проходят в полевых условиях (военно-учебная практика), а девушки – на базе ОВПО, либо воинских частей (учреждений) и военных, специальных учебных заведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Граждане, зачисленные на обучение по программам военной подготовки, приступают к занятиям с 1 февраля года, следующего за годом поступления на ВК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок военной подготовки устанавливается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по программе военной подготовки офицеров запаса – не менее 2 лет 5 месяцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по программе военной подготовки сержантов запаса – не менее 1 года 5 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Для обучения по программам военной подготовки офицеров запаса заявления подаются студентами на разных курсах обучения в зависимости от срока образовательной программы бакалавриата в следующем порядке:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на первом курсе – обучающиеся по образовательной программе бакалавриата с 3-летним сроком обучения, в том числе обучающиеся по образовательным программам, предусматривающим сокращенные сроки обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на первом и втором курсах – обучающиеся по образовательной программе бакалавриата с 4-летним сроком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на первом, втором и третьем курсах – обучающиеся по образовательной программе бакалавриата с 5-летним и 6-летним сроком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для обучения по программам военной подготовки сержантов запаса заявления подаются студентами на разных курсах обучения в зависимости от срока образовательной программы бакалавриата в следующем порядке:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на первом курсе – обучающиеся по образовательной программе бакалавриата с 2-летним сроком обучения (образовательные программы, предусматривающие сокращенные сроки обучения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на первом и втором курсах – обучающиеся по образовательной программе бакалавриата с 3-летним сроком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на первом, втором и третьем курсах – обучающиеся по образовательной программе бакалавриата с 4-летним сроком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на первом, втором, третьем и четвертом курсах – обучающиеся по образовательной программе бакалавриата с 5-летним и 6-летним сроком обучения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. К военной подготовке на возмездной основе руководителем ОВПО по согласованию с МО РК могут допускаться студенты других ОВПО, не имеющие военной кафедры, независимо от форм собственности и подчиненности.</w:t>
+      9. Студенты, отслужившие срочную службу, допускаются к военной подготовке вне конкурса на безвозмездной (по государственному образовательному заказу) основе после прохождения медицинского освидетельствования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Расчет ежегодной потребности подготовки студентов на ВК производит структурное подразделение МО РК, курирующее организационно-мобилизационную работу, исходя из мобилизационной потребности и необходимости накопления военно-обученного резерва и направляет его в срок до 1 февраля года отбора в структурное подразделение МО РК, курирующее вопросы военного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. На основании расчета ежегодной потребности подготовки студентов на ВК и предложений ОВПО по набору студентов для прохождения военной подготовки структурное подразделение МО РК, курирующее вопросы военного образования, разрабатывает разнарядку в виде плана набора студентов для поступления на ВК (далее – план набора), в котором определяется количество мест по программам офицеров запаса и сержантов запаса в соответствии с перечнем программ военной подготовки для каждой ВК. План набора утверждается Министром обороны Республики Казахстан. Выписка из плана набора направляется в адрес руководителей ОВПО не позднее 5 рабочих дней после утверждения плана набора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Военная подготовка организуется и осуществляется методом "военного дня". С учетом специфики обучения в конкретном ОВПО допускается и другая форма организации военной подготовки по усмотрению ОВПО, при этом военный день организуется не реже одного раза в неделю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Студенты, окончившие полный курс военной подготовки по программе офицеров запаса и сдавшие итоговые экзамены, по окончании ОВПО представляются к присвоению воинского звания "лейтенант запаса", "лейтенант медицинской службы запаса".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Студенты, окончившие полный курс военной подготовки по программе сержантов запаса и сдавшие итоговые экзамены, представляются к присвоению воинского звания "сержант запаса", "сержант медицинской службы запаса".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. ВК разрабатывается шеврон военной кафедры (военного факультета), утверждаемый руководителем ОВПО по согласованию со структурным подразделением МО РК, курирующим вопросы военного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма одежды для студентов установлена в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам. Шевроны, нагрудные знаки формы одежды студентов и сотрудников ВК носятся согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Организация военной подготовки, создание для этого необходимой УМБ, обеспечение сохранности, эксплуатации вооружения и военной техники, соблюдение режима секретности возлагается на руководителя ОВПО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок набора и отбора студентов для обучения на ВК</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...23 lines deleted...]
-      </w:r>
+      17. Набор студентов на поступление по программам военной подготовки осуществляет ОВПО (далее – услугодатель), в структуре которой функционирует ВК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z60" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Студент, изъявивший желание участвовать в конкурсе для обучения на военной кафедре, подает с 1 февраля года поступления (приема) заявление по образцу, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам через веб-портал "электронного правительства", www.egov.kz (далее – портал) подписанную электронной цифровой подписью либо удостоверенным одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае обращения через услугодателя, студент дополнительно подает документы, указанные в пункте 9 согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z62" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...53 lines deleted...]
-      </w:r>
+      Прием заявления осуществляется до 30 сентября года поступления (приема).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z63" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сотрудник ОВПО осуществляет прием документов и их регистрацию в день подачи документов студента, изъявившего желание участвовать в конкурсе для обучения на ВК. В случае предоставления студентом неполного пакета, либо документов с истекшим сроком действия отказывает в приеме документов по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z64" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...18 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+      Услугодатель в течение 5 рабочих дней с момента поступления заявления проверяет полноту представленных документов и выносит одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z65" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) о приеме документов для зачисления в списки кандидатов по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z66" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Отбор студентов для обучения на военной кафедре проводится отборочной комиссией на основе конкурса в соответствии с планом набора, который утверждается Министром обороны Республики Казахстан.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+      2) об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При выявлении оснований для отказа в оказании государственной услуги в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан, услугодатель уведомляет услугополучателя о предварительном решении, об отказе в оказании государственной услуги, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, а также форме (письменное/устное), времени, дате и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z68" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Прием документов военной кафедрой заканчивается за 10 рабочих дней до начала работы отборочной комиссии.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+      Уведомление о заслушивании направляется не менее чем за 3 рабочих дня до завершения срока оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Военная кафедра обеспечивает доведение до студентов ОВПО до 1 февраля года приема информации о сроках подачи документов на военную кафедру и работы отборочной комиссии.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+      Заслушивание проводится не позднее 2 рабочих дней со дня уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z70" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      К участию в конкурсе допускаются студенты, обучающиеся в ОВПО по очной форме обучения, граждане Республики Казахстан в возрасте не старше 24 лет на год проведения конкурса.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+      По результатам заслушивания услугополучателю в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя либо на бумажном носителе, направляется положительный результат либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Рассмотрение жалобы по вопросам оказания государственных услуг производится услугодателем в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" и подлежит рассмотрению в течении 5 рабочих дней со дня регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z72" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Конкурс для отбора студентов для обучения на военной кафедре осуществляется в четыре этапа:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z73" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      первый этап – прохождение медицинского освидетельствования в соответствии с Правилами проведения военно-врачебной экспертизы и Положением об органах военно-врачебной экспертизы в Вооруженных Силах Республики Казахстан, утвержденными </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+      Срок рассмотрения жалобы может быть продлен в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z74" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Если иное не предусмотрено законом Республики Казахстан, обжалование в суде допускается после обжалования в административном (досудебном) порядке в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z75" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. ОВПО, имеющее ВК, направляет в МО РК предложения по отбору студентов для прохождения военной подготовки с учетом профиля и возможностей УМБ ВК по образцу согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам до 1 апреля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z76" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Для проведения отбора студентов для обучения по программам офицеров и (или) сержантов запаса создаются и утверждаются приказом первого заместителя Министра обороны – начальника Генерального штаба ВС РК отборочные комиссии отдельно для каждой ВК, которые состоят из нечетного количества членов (не менее 5 человек) и в которые включаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z77" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) председатель комиссии – представитель МО РК; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z78" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заместитель председателя комиссии – представитель МО РК;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z79" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представитель органов военной полиции ВС РК;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z80" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) представитель или ответственный за физическую подготовку и спорта воинской части (учреждения), за которой закреплена ВК, а при их отсутствии представитель кафедры физического воспитания и спорта ОВПО;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z81" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) преподаватель ВК ОВПО;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) секретарем комиссии (без права голоса) назначается представитель ВК ОВПО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z83" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предложения по срокам работы и составу отборочной комиссии направляются начальниками ВК (далее – НВК) в МО РК не позднее 30 июня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Отборочные комиссии осуществляют отбор студентов для обучения на ВК на конкурсной основе в соответствии с планом набора. Регламент и сроки работы отборочной комиссии определяются в соответствии с приказом о создании отборочных комиссий и академическим календарем ОВПО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z85" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. ВК до 1 октября обеспечивает доведение до студентов информации о сроках работы отборочной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z86" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Процесс отбора студентов для обучения на ВК осуществляется в четыре этапа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z87" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      первый этап – прохождение медицинского освидетельствования в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения военно-врачебной экспертизы и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о комиссиях военно-врачебной экспертизы в Вооруженных Силах Республики Казахстан, утвержденными приказом Министра обороны Республики Казахстан от 21 декабря 2020 года № 716 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 21869);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z88" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       второй этап – проведение профессионально-психологического тестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z89" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       третий этап – проверка физической подготовленности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z90" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      четвертый этап – конкурсный отбор, осуществляемый в соответствии с расчетом рейтингового балла, составляемым и утверждаемым руководителем ОВПО.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+      четвертый этап – конкурсный отбор, осуществляемый в соответствии с расчетом рейтингового балла, составляемым и утверждаемым руководителем ОВПО, при этом для студентов, окончивших организации технического и профессионального, послесреднего образования, средний балл успеваемости определяется на основании приложения к диплому.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z91" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прохождение каждого этапа конкурса допускается один раз.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z92" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Для обучения по программе подготовки офицеров запаса документы принимаются у студентов первого (с 3-х и 4-х годичным обучением) и второго курсов (с 5-ти летним обучением).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+      Студенты, отслужившие срочную службу, проходят первый этап конкурсного отбора и зачисляются на основании военного билета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z93" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Для обучения по программе подготовки сержантов запаса документы принимаются у студентов первого, второго (с 4-х годичным обучением) и первого, второго, третьего курсов (с 5-ти летним обучением).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+      23. Для прохождения медицинского освидетельствования студентам выдаются на ВК оформленные карты медицинского освидетельствования (далее – форма 7). Медицинское освидетельствование студентов проводится в местных органах военного управления с 1 апреля года приема. Для участия в конкурсном отборе результаты медицинского освидетельствования по форме 7 представляются на ВК не позднее 5 рабочих дней до начала работы отборочной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z94" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Структурное подразделение Министерства обороны Республики Казахстан, курирующее организационно-мобилизационную работу, исходя из мобилизационной потребности и необходимости накопления военнообученного резерва, производит расчет ежегодной потребности подготовки студентов на военных кафедрах по военно-учетным специальностям и направляет его в срок до 1 февраля года отбора в структурное подразделение МО РК, курирующее вопросы военного образования.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+      24. Студенты, не прошедшие медицинское освидетельствование, к конкурсу не допускаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z95" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11. Структурное подразделение МО РК, курирующее вопросы военного образования, разрабатывает план набора, в соответствии с ежегодной потребностью подготовки студентов на военных кафедрах с учетом заявок ОВПО, профиля и возможностей учебно-материальной базы военных кафедр по соответствующим военно-учетным специальностям по образцу согласно </w:t>
-[...9 lines deleted...]
-        <w:t>приложению 1</w:t>
+      25. Физическая подготовленность студентов оценивается результатами сдачи нормативов по физической культуре согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам. Студенты, не набравшие 9 баллов по сумме сдачи трех нормативов, считаются не прошедшими этап конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z96" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Профессионально-психологическое тестирование студентов проводится в компьютерных классах ОВПО и включает проверку уровня мотивированности, стрессоустойчивости, критического и логического мышления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z97" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Результаты прохождения профессионально-психологического отбора и физической подготовленности учитываются в ведомости, которые подписываются членами комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z98" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28. Заседания отборочной комиссии проводятся в соответствии с планом работы, утверждаемым председателем отборочной комиссии, и сопровождаются оформлением протокола по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам с принятием одного из следующих решений: "допустить к военной подготовке", "рекомендовать для обучения на возмездной основе", "отказать".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z99" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Решение принимаются простым большинством голосов. В случае равенства голосов голос председателя отборочной комиссии является решающим.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z100" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. На ВК для обучения на безвозмездной основе допускаются студенты, находящиеся в рейтинге с первого номера до номера, соответствующего количеству выделенных мест по плану набора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z101" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Студент, не согласный с результатом этапов конкурса, в тот же день обращается с письменным заявлением (в произвольной форме) к председателю отборочной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z102" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Решение отборочной комиссии по существу заявления, оформленное протоколом, принимается в течение 1 календарного дня со дня поступления заявления с формулировкой "удовлетворить" или "отказать".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z103" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Результаты конкурса размещаются до 17.00 на следующий день после окончания работы отборочной комиссии на информационном стенде ВК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z104" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      34. В соответствии с подпунктом 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "О государственных услугах" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра транспорта и коммуникаций Республики Казахстан от 14 июня 2013 года № 452 "Об утверждении Правил внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 8555) услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z105" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При внесении изменений и (или) дополнений в Правила структурное подразделение, курирующее вопросы военного образования, направляет информацию оператору информационно-коммуникационной инфраструктуры "электронного правительства", Единый контакт-центр и услугодателя о таких изменениях и (или) дополнениях в течение 3 рабочих дней после государственной регистрации в органах юстиции соответствующего нормативного правового акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z106" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Учебно-материальная база ВК</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z107" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Для организации и осуществления военной подготовки руководитель ОВПО обеспечивает ВК УМБ со следующими характеристиками и составом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z108" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) изолированный аудиторный фонд для размещения не менее 150 студентов, с возможностью организации и поддержания внутреннего порядка применительно к требованиям Общевоинских уставов Вооруженных сил, других войск и воинских формирований Республики Казахстан, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Указом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президента Республики Казахстан от 5 июля 2007 года № 364, соответствующий строительным, санитарным нормам и правилам, нормам пожарной, охранной безопасности и имеющий технологическую возможность проведения линий коммуникаций, а также пригодный для установки образцов вооружения, оборудования, военной и другой техники, включающий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z109" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лекционные аудитории (лекционные залы), оборудованные мультимедийными средствами (проекторами, интерактивными досками), с одновременным размещением студентов не менее 2 учебных взводов – не менее 1 аудитории (зала);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z110" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      учебные аудитории (классы, кабинеты) с возможностью размещения не менее 1 учебного взвода, оборудованные мультимедийными средствами (проекторами, интерактивными досками), практическими зонами, включающими в себя стенды и конструкции для установки макетов стрелкового оружия, макеты местности для отработки тактических действий, маскировки и ориентирования – не менее 3 аудиторий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z111" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      компьютерный класс (кабинет) с возможностью одновременного размещения не менее 1 учебного взвода, оборудованный автоматизированными рабочими местами с выходом в сеть интернет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z112" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      преподавательские кабинеты с возможностью общего размещения не менее 20 рабочих мест, оборудованные автоматизированными рабочими местами с выходом в сеть интернет – не менее 3 кабинетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z113" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специальная библиотека, включающая читальный зал с возможностью размещения не менее 1 учебного взвода и оборудованная автоматизированными рабочими местами с выходом в сеть интернет в количестве не менее 15 единиц, средства информационного обеспечения по каждой программе военной подготовки (учебники, учебно-методические материалы, курсы стрельб и вождения, общевоинские уставы в количестве, рассчитанном не менее чем на 1 учебный взвод, информационные стенды (плакаты) согласно приложению 10 к настоящим Правилам). Места хранения фондов оборудуются специальными хранилищами (шкафами) для материалов служебного пользования. В целях сохранности фондов библиотека оснащается видеонаблюдением и системами охранной и пожарной сигнализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z114" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) комната для хранения учебного оружия и учебных боеприпасов, включающая следующие образцы: учебное стрелковое оружие – макет массогабаритный (далее – ММГ) автомата Калашникова (АК-74, АКС-74) не менее 30 единиц, ММГ пулемета Калашникова (РПК-74) не менее 3 единиц, ММГ снайперской винтовки (СВД) не менее 3 единиц, ММГ пистолета Макарова (ПМ) не менее 3 единиц, пневматические винтовки не менее 3 единиц, ММГ ручного гранатомета (РПГ) не менее 1 единицы; учебные гранаты (макеты Ф-1, РГД-5) не менее 5 единиц каждого наименования; учебные боеприпасы – учебные патроны калибра 5,45 мм не менее 30 единиц, калибра 7,62 мм не менее 50 единиц, калибра 9 мм не менее 16 единиц; учебные мины (макеты противопехотных мин ПМН, МОН-50, ОЗМ-72, макеты противотанковых мин ТМ-62) не менее 2 единиц каждого наименования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z115" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) строевой плац площадью не менее 600 квадратных метров, оборудованный в соответствии с требованиями строевого устава Вооруженных сил, других войск и воинских формирований Республики Казахстан, утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Указом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президента Республики Казахстан от 5 июля 2007 года № 364 и имеющий форму, приближенную к квадрату; палатки 40-местные в количестве не менее 2 комплектов на военную кафедру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z116" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) учебно-тренировочный комплекс, предназначенный для безопасного освоения вооружения, техники и специальных навыков, включающий в себя трехмерный симулятор виртуального полигона с набором интерактивных занятий для общевоенной подготовки; макет (экспликацию) караульного городка; стрелковый (лазерный) тир; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z117" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) учебно-вспомогательный фонд, включающий в себя помещения (ангары, боксы) для хранения образцов вооружения, военной и другой техники. Для обеспечения учебного процесса по общевоенной подготовке в ангарах, боксах предусматривается наличие не менее одной единицы военной техники (боевой машины пехоты и (или) бронетранспортера, и (или) танка); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z118" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) беспилотные системы (дроны) мультикопторного типа не менее 3 единиц; оптические приборы и средства наблюдения – бинокли, приборы ночного видения не менее 20 единиц; кевларовые защитные каски, малые саперные лопаты не менее 60 единиц каждого наименования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z119" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) средства индивидуальной защиты – общевойсковой фильтрующий противогаз, общевойсковой защитный костюм не менее 30 комплектов каждого наименования; приборы радиационной и химической разведки не менее 5 единиц; медицинский оборудованный класс для занятий по тактической медицине, включающий в себя: манекен-тренажер для отработки сердечно-легочной реанимации, манекен-тренажер для внутримышечных и внутривенных инъекций, манекен-тренажер для отработки наложения жгутов (турникетов), полноразмерный манекен для симуляции ранений и комплексной отработки навыков, средства оказания первой медицинской помощи (кровоостанавливающий жгут, перевязочный материал, тактические ножницы, пластырь для проникающих ранений груди, носоглоточный воздуховод, антисептические средства), медицинские инструменты и приборы (тонометр, стетофонендоскоп, термометр, средства для переноски раненых).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z120" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С учетом специфики военной подготовки руководитель ОВПО дополнительно обеспечивает УМБ в соответствии с программами военной подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z121" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае превышения численности студентов свыше 150 человек объем средств и количество объектов инфраструктуры УМБ подлежит пропорциональному увеличению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z122" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. ВК взаимодействует с воинской частью (учреждением), военным учебным заведением МО РК, за которыми она закреплена, по вопросам обеспечения УМБ ВК вооружением и военной техникой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z123" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ВК используют полевую учебную базу воинских частей (учреждений) и военных учебных заведений МО РК при проведении военно-учебной практики. Допускается использование учебных баз других войск и воинских формирований Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z124" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      37. Для организации учебного процесса военной подготовки допускается совместное использование УМБ, состоящей на балансе воинской части (учреждения), военного учебного заведения МО РК, за которыми закреплена ВК, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации и использования учебно-материальной базы военных учебных заведений и военных кафедр (военных факультетов), утвержденными приказом Министра обороны Республики Казахстан от 2 августа 2017 года № 411 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 15641).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z125" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Принятие военной присяги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z126" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Студенты ВК принимают военную присягу в преддверии Дня защитника Отечества в торжественной обстановке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z127" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. По представлению НВК приказом руководителя ОВПО утверждаются время, место и порядок принятия военной присяги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z128" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Студенты приводятся к военной присяге перед Государственным Флагом Республики Казахстан или Боевым Знаменем от закрепленной воинской части. Рекомендуется участие военного оркестра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z129" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Ритуал принятия военной присяги осуществляется в назначенное время в пешем строю – в парадной форме одежды для сотрудников ВК, для студентов – в полевой форме одежды с оружием, в линию ротных (взводных) колонн.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z130" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Установленным порядком Боевое Знамя выносится к месту построения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z131" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перед принятием военной присяги по команде НВК перед строем торжественно поднимается Государственный Флаг Республики Казахстан, личный состав исполняет Государственный Гимн Республики Казахстан. После исполнения Государственного Гимна Республики Казахстан руководитель ОВПО в своем выступлении отмечает необходимость соблюдения требований Конституции Республики Казахстан, значение военной присяги и той почетной обязанности, которая возлагается на студентов, принявших военную присягу на верность народу Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z132" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После речи руководителя ОВПО НВК подает команду знаменщику и ассистентам для выхода на середину строя, затем командует: "ВОЛЬНО" – и приказывает старшим учебных подразделений приступить к приведению студентов к военной присяге. Старшие учебных подразделений поочередно вызывают из строя принимающих присягу студентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z133" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Студент, принимающий военную присягу, зачитывает текст военной присяги вслух перед строем подразделения на государственном или русском языке, после чего собственноручно расписывается в списке лиц, принимающих присягу, в графе, соответствующей его фамилии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z134" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бланки списков лиц, принимающих военную присягу, заранее подготавливаются по образцу согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z135" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Выписка из плана набора направляется в адрес начальников военных кафедр до 1 апреля года отбора.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+      На первом листе бланка списка лиц, принимающих военную присягу, размещаются изображение Государственного Герба Республики Казахстан и текст военной присяги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z136" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Состав и сроки работы отборочной комиссии определяются приказом первого заместителя Министра обороны – начальника Генерального штаба ВС РК (далее - ПЗМО-НГШ ВС РК). Проект приказа разрабатывает структурное подразделение МО РК, курирующее вопросы военного образования. Предложения по срокам работы и составу отборочной комиссии направляются военными кафедрами в МО РК не позднее 1 апреля года приема.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+      По окончании принятия присяги списки с личными подписями принявших военную присягу вручаются старшими учебных подразделений НВК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z137" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Студенты, отслужившие срочную службу, допускаются к военной подготовке вне конкурса на безвозмездной (по государственному образовательному заказу) основе после прохождения медицинского освидетельствования.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+      Руководитель ОВПО поздравляет студентов, принявших военную присягу. Учебные подразделения на поздравление отвечают протяжным троекратным "Ура". Оркестр исполняет Государственный Гимн Республики Казахстан. Затем выступают приглашенные. НВК подает команду: "Знаменщик, СТАТЬ В СТРОЙ".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z138" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Регламент работы отборочной комиссии определяется согласно академическому календарю ОВПО.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="57"/>
+      Ритуал принятия военной присяги завершается прохождением торжественным маршем и относом Боевого Знамени воинской части. Вынос и относ Боевого Знамени воинской части производится в порядке, установленном Строевым уставом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z139" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При низкой температуре и ненастной погоде принятие военной присяги может быть проведено в помещении. Студенты, не принявшие в установленный день военной присяги, принимают ее в последующие дни под руководством НВК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z140" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. На ритуал принятия военной присяги могут быть приглашены представители органов военного управления, государственных органов, ветеранских организаций и масс-медиа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z141" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Список студентов, принявших военную присягу, по представлению НВК оформляется приказом руководителя ОВПО. Выписки из приказа в пятидневный срок отправляются установленным порядком в местные органы военного управления по месту дислокации ОВПО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z142" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Списки с личными подписями студентов, принявших военную присягу, хранятся на ВК в течение 5 лет, в последующем сдаются в архив. Ответственность за хранение списков студентов, принявших военную присягу, возлагается на НВК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z143" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Отстранение от военной подготовки, изменение формы обучения, перевод и восстановление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z144" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...23 lines deleted...]
-      </w:r>
+      45. Отстранение от военной подготовки, восстановление и перевод студента производится приказом руководителя ОВПО по представлению НВК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z145" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...53 lines deleted...]
-      </w:r>
+      46. Отстранение от военной подготовки осуществляется приказом руководителя ОВПО по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z146" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="58"/>
+      1) за академическую неуспеваемость;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z147" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Для прохождения медицинского освидетельствования студентам выдаются на военной кафедре оформленные карты медицинского освидетельствования (далее – форма 7). Медицинское освидетельствование студентов проводится в местных органах военного управления с 1 февраля года приема. Для участия в конкурсном отборе результаты медицинского освидетельствования по форме 7 представляются на военную кафедру не позднее 10 рабочих дней до начала работы отборочной комиссии.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+      2) за нарушение требований внутреннего распорядка, утвержденного руководителем ОВПО;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z148" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Студенты, не прошедшие медицинское освидетельствование, к конкурсу не допускаются.</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="61"/>
+      3) за пропуск 18 часов учебных занятий в течение академического периода без уважительных причин. К уважительным причинам относятся временная нетрудоспособность (болезнь), а также иные обстоятельства, такие как смерть близких родственников, семейные или служебные обстоятельства, подтвержденные соответствующими официальными документами (вопрос о признании причин пропусков уважительными рассматривается комиссионно или определяются приказом руководителя ОВПО на основании представленных документов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z149" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Профессионально-психологическое тестирование студентов проводится в компьютерных классах ОВПО и включает проверку уровня мотивированности, стрессоустойчивости, критического и логического мышления.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="62"/>
+      4) за уклонение от прохождения военно-учебной практики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z150" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Результаты прохождения профессионально-психологического отбора и физической подготовленности учитываются в ведомости, которые подписываются членами комиссии.</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="64"/>
+      5) по состоянию здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z151" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Решение принимаются простым большинством голосов. В случае равенства голосов голос председателя отборочной комиссии является решающим.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="65"/>
+      6) по собственному желанию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z152" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. На военную кафедру для обучения на бесплатной основе допускаются студенты, находящиеся в рейтинге с первого номера до номера, соответствующего количеству выделенных мест по плану набора.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="66"/>
+      7) за нарушение условий договора возмездного оказания образовательных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z153" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Студент, не согласный с результатом этапов конкурса, в тот же день обращается с письменным заявлением (в произвольной форме) к председателю отборочной комиссии.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="67"/>
+      8) в связи с отчислением из ОВПО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z154" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Решение отборочной комиссии по существу заявления, оформленное протоколом, принимается в течение 1 календарного дня со дня поступления заявления с формулировкой "удовлетворить" или "отказать".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="68"/>
+      47. Перевод с возмездной основы обучения на безвозмездную (государственный образовательный заказ) для студентов ОВПО, имеющих ВК, производится приказом руководителя ОВПО по представлению НВК в процессе всего периода военной подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z155" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Результаты конкурса размещаются до 17.00 на следующий день после окончания работы отборочной комиссии на информационном стенде военной кафедры.</w:t>
-[...1212 lines deleted...]
-    <w:bookmarkEnd w:id="121"/>
+      48. При переводе студента, проходящего военную подготовку, из одной ОВПО в другую, допуск к военной подготовке осуществляется приказом руководителя ОВПО по программе военной подготовки, по которой студент обучался ранее, при наличии вакантного места.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3907,50 +4342,502 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по программам офицеров запаса</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и сержантов запаса</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z157" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Общий вид полевой формы одежды студентов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z158" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3098800" cy="4508500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3098800" cy="4508500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z159" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Общий вид нарукавного знака (на левом рукаве) формы одежды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z160" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="4914900" cy="4597400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4914900" cy="4597400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (на полевой форме)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z162" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="4800600" cy="4851400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4800600" cy="4851400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z163" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (на повседневной форме)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z164" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Общий вид нагрудного знака повседневной формы одежды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z165" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="2387600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="2387600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -3967,452 +4854,4471 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Образец</w:t>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам военной подготовки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по программам офицеров запаса</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и сержантов запаса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z132" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z168" w:id="155"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                       Начальнику военной кафедры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (военного факультета)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (наименование ОВПО)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (Ф.И.О (при наличии),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 наименование факультета ОВПО)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z170" w:id="156"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Прошу Вас допустить меня к участию в конкурсном отборе для обучения на военной</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кафедре (военном факультете).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Даю согласие на сбор и обработку персональных данных на период отбора и военной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         "___" _________20___г. ________________ (подпись студента)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам военной подготовки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по программам офицеров запаса</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и сержантов запаса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z172" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Предложения по набору студентов для прохождения военной подготовки по программе</w:t>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Прием заявлений для поступления на военную кафедру в организациях высшего послевузовского образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация высшего и (или) послевузовского образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z173" w:id="158"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) организация высшего и (или) послевузовского образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="158"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) веб-портал "электронного правительства": www.egov.kz (далее – портал).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 (пять) рабочих дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронная (частично автоматизированная) /бумажная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уведомление услугополучателя о зачислении в кандидаты для поступления на военные кафедры (военные факультеты) в организациях высшего и (или) послевузовского образования, либо мотивированный ответ об отказе в оказании государственной услуги, в случаях и по основаниям, предусмотренных пунктом 10 настоящего Перечня.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+График работы услугодателя и объектов информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z174" w:id="159"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1. Услугодателя – с понедельника по пятницу в соответствии с установленным графиком работы с 9.00 до 18.00 часов, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан (далее – Кодекс) с перерывом на обед с 13.00 до 14.00 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="159"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Портала – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно Кодексу, прием рапортов и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z175" w:id="160"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. В случае обращения через услугодателя:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="160"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление о приеме в соответствии с установленным образцом;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации личности);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) фотография размером 3х4 сантиметров – 4 штуки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) справка о наличии либо отсутствии судимости;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) справка о фактическом обучении в ОВПО, с указанием факультета и специальности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. При обращении через портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление по форме электронного документа, подписанного ЭЦП услугополучателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о документах, удостоверяющих личность, электронная фотография, справку о наличии либо отсутствии судимости физического лица, справку о фактическом обучении в ОВПО с указанием факультета и специальности услугодатель получает из соответствующих государственных информационных систем через шлюз "Электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z183" w:id="161"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+В соответствии с подпунктами 1), 3), 4) и 5) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> статьи 19-1 Закона Республики Казахстан "О государственных услугах" услугодатель отказывает в оказании государственной услуги по следующим основаниям:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="161"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) отрицательный ответ уполномоченного государственного органа на запрос о согласовании, который требуется для оказания государственной услуги, а также отрицательное заключение экспертизы, исследования либо проверки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иные требования с учетом особенностей оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z187" w:id="162"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством справочной службы услугодателя 8(717)-256-53-60, Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="162"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на интернет-ресурсе организации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информацию о порядке оказания государственной услуги можно получить по телефону, размещенному на интернет-ресурсе организации высшего и (или) послевузовского образования.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам военной подготовки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по программам офицеров запаса</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и сержантов запаса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z191" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  Уведомление</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>офицеров запаса на военную кафедру при __________________________ в 20___ году</w:t>
+        <w:t xml:space="preserve">                                     об отказе в регистрации заявления</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z192" w:id="164"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (наименование государственной услуги)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В соответствии с_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________уведомляем Вас об отказе в регистрации заявления. Причина отказа в регистрации заявления:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (детальная причина)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z193" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          Начальник военной кафедры (военного факультета) организации</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve">                               высшего и (или) послевузовского образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z194" w:id="166"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (наименование учебного заведения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (фамилия и инициалы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z195" w:id="167"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнитель __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Данный документ согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона "Об электронном документе и электронной цифровой подписи"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>равнозначен документу на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам военной подготовки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по программам офицеров запаса</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и сержантов запаса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z198" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Уведомление о зачислении в кандидаты для поступления на военную кафедру (военный факультет)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         организации высшего и (или) послевузовского образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z199" w:id="169"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                   Выдано ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z200" w:id="170"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             в том, что он (она) является кандидатом для поступления на военную кафедру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (военный факультет) организации высшего и (или) послевузовского образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (наименование военной кафедры (военного факультета) организации высшего</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               и (или) послевузовского образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z201" w:id="171"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                   Начальник военной кафедры (военного факультета) организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         высшего и (или) послевузовского образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z202" w:id="172"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (наименование военной кафедры (военного факультета) организации высшего и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               послевузовского образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z203" w:id="173"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ________________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (фамилия и инициалы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z204" w:id="174"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+             Исполнитель _________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z205" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Телефон ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z206" w:id="176"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Вам необходимо прибыть в ОВПО в срок до "__" ____ текущего года для</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>прохождения этапов конкурсного отбора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z207" w:id="177"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+             Данный документ согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона "Об электронном документе и</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электронной цифровой подписи" равнозначен документу на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам военной подготовки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по программам офицеров запаса</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и сержантов запаса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z210" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Уведомление</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         об отказе в оказании государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z211" w:id="179"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _______________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование государственной услуги)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z212" w:id="180"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             В соответствии с___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ________________ уведомляем об отказе в оказании Вам государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Причина отказа в оказании услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (детальная причина)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z213" w:id="181"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                         Начальник военной кафедры (военного факультета)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                организации высшего и (или) послевузовского образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z214" w:id="182"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование учебного заведения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (фамилия и инициалы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z215" w:id="183"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Исполнитель _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z216" w:id="184"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Телефон ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Данный документ согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона "Об электронном документе и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электронной цифровой подписи" равнозначен документу на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 7</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам военной подготовки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по программам офицеров запаса</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и сержантов запаса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Образец</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z219" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Предложения по отбору студентов для прохождения военной подготовки по программе офицеров запаса и (или) сержантов запаса на военную кафедру (военный факультет) при ____________________________________________ в 20___ году</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>(наименование ОВПО)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z133" w:id="123"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="123"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование ОВПО и специальности</w:t>
+Перечень программ военной подготовки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20__ год</w:t>
+Количество студентов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По программам подготовки офицеров запаса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...74 lines deleted...]
-По гранту</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На безвозмездной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-На платной основе</w:t>
+На возмездной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...11 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4450,88 +9356,76 @@
 135</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -4648,82 +9542,89 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...11 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
@@ -4964,80 +9865,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z169" w:id="124"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="124"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5305,80 +10194,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z179" w:id="125"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="125"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5646,80 +10523,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z189" w:id="126"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="126"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5987,80 +10852,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z199" w:id="127"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="127"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6328,80 +11181,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z209" w:id="128"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="128"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6644,95 +11485,718 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По программам подготовки сержантов запаса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стрелковые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z219" w:id="129"/>
+    <w:bookmarkStart w:name="z220" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание: *- по данным специальностям также допускается обучение студентов-девушек.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z220" w:id="130"/>
+      Примечание: *- по данным программам военной подготовки также допускается обучение студентов – девушек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z221" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель ОВПО</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6766,922 +12230,175 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 8</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам военной подготовки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>по программам офицеров</w:t>
+              <w:t>по программам офицеров запаса</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>запаса и сержантов запаса</w:t>
-[...194 lines deleted...]
-              <w:t>наименование факультета ОВПО)</w:t>
+              <w:t>и сержантов запаса</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z224" w:id="131"/>
+    <w:bookmarkStart w:name="z223" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление</w:t>
-[...538 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Нормативы по физической культуре для студентов – юношей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z235" w:id="140"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="140"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7874,80 +12591,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z245" w:id="141"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="141"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8071,80 +12776,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z251" w:id="142"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="142"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8268,80 +12961,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z257" w:id="143"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="143"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8445,142 +13126,130 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z263" w:id="144"/>
+    <w:bookmarkStart w:name="z224" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Нормативы по физической культуре для студентов – девушек</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z264" w:id="145"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="145"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8773,80 +13442,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z274" w:id="146"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="146"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8970,311 +13627,287 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z280" w:id="147"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="147"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бег на 2000 м (мин)</w:t>
+Бег на 1000 м (мин)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10,00</w:t>
+4,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11,3</w:t>
+5,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12,2</w:t>
+5,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z286" w:id="148"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="148"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поднимание туловища из положения лҰжа на спине, руки за головой (количество раз)</w:t>
+Поднимание туловища из положения лежа на спине, руки за головой (количество раз)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9421,90 +14054,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
+              <w:t>Приложение 9</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам военной подготовки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>по программам офицеров</w:t>
+              <w:t>по программам офицеров запаса</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>запаса и сержантов запаса</w:t>
+              <w:t>и сержантов запаса</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9531,80 +14164,92 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z294" w:id="149"/>
+    <w:bookmarkStart w:name="z227" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Протокол №_ заседания отборочной комиссии по отбору студентов для привлечения</w:t>
+        <w:t xml:space="preserve"> Протокол №__ заседания отборочной комиссии по отбору студентов для привлечения к военной подготовке на военной кафедре (военном факультете)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>к военной подготовке на военной кафедре _____________________________ ОВПО</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="149"/>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(наименование ОВПО)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -9613,80 +14258,68 @@
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z295" w:id="150"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="150"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10134,80 +14767,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z310" w:id="151"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="151"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10603,80 +15224,68 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z325" w:id="152"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="152"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -11072,80 +15681,68 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z340" w:id="153"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="153"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -11541,80 +16138,68 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z355" w:id="154"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="154"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12010,80 +16595,68 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z370" w:id="155"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="155"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12479,80 +17052,68 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z385" w:id="156"/>
-[...28 lines deleted...]
-          <w:bookmarkEnd w:id="156"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13005,5692 +17566,3295 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 6</w:t>
+              <w:t>Приложение 10</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам военной подготовки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>по программам офицеров</w:t>
+              <w:t>по программам офицеров запаса</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и сержантов запаса</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z229" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информационные стенды (плакаты)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z401" w:id="157"/>
-[...94 lines deleted...]
-              <w:t>"_____" ______________202__ год</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Утверждаю</w:t>
-[...84 lines deleted...]
-              <w:t>"_____" ______________202__ год</w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Изображения: государственного флага, герба, гимна, эмблемы ВС РК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Текст военной присяги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Права и обязанности военнослужащих</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация о структуре ВС РК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Портрет Верховного Главнокомандующего ВС РК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Портреты: Сагадата Нурмагамбетова, Бауыржана Момышулы, Ивана Панфилова, Талгата Бигельдинова, Рахымжана Кошкарбаева, Сергея Луганского, Сабыра Рахымова, Алии Молдагуловой, Маншук Маметовой, Шокана Уалиханова</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Портреты руководящего состава МО РК и Генерального штаба ВС РК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гарантии при исполнении гражданами Республики Казахстан обязанностей воинской службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z404" w:id="158"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 11</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам военной подготовки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по программам офицеров запаса</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и сержантов запаса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z232" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ШТАТНОЕ РАСПИСАНИЕ</w:t>
+        <w:t xml:space="preserve"> Список студентов военной кафедры (военного факультета)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>военной кафедры при _______________________________ (наименование ОВПО)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="158"/>
+        <w:t>_______________________________________________ принявших военную присягу</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(наименование ОВПО)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1537"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...153 lines deleted...]
-Количество штатных единиц</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подпись о принятии военной присяги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...107 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...178 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...44 lines deleted...]
-          <w:bookmarkEnd w:id="160"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...259 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...259 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...259 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...259 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...259 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...259 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...188 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...44 lines deleted...]
-          <w:bookmarkEnd w:id="168"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...259 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...259 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...247 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...188 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...44 lines deleted...]
-          <w:bookmarkEnd w:id="173"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...184 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...184 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...184 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...1145 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...69 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -18711,55 +20875,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -19081,35 +21245,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>