--- v0 (2025-10-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4de5a8c" w14:textId="4de5a8c">
+    <w:p w14:paraId="f7bbd54" w14:textId="f7bbd54">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,104 +112,146 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра внутренних дел Республики Казахстан от 26 июля 2017 года № 504. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 августа 2017 года № 15551.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z3" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 14) </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 6 апреля 2016 года "О правовых актах" </w:t>
+      В соответствии с подпунктом 14) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовно-исполнительного кодекса Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра внутренних дел РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 736</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -710,5521 +752,5329 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила организации деятельности и внутреннего распорядка специальных учреждений, осуществляющих исполнение наказания в виде ареста</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила - в редакции приказа Министра внутренних дел РК от 23.05.2022 </w:t>
+      Сноска. Правила - в редакции приказа Министра внутренних дел РК от 30.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 369</w:t>
+        <w:t>№ 736</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z441" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
-[...15 lines deleted...]
-      1. Настоящие Правила организации деятельности и внутреннего распорядка специальных учреждений, осуществляющих исполнение наказания в виде ареста (далее – Правила) определяют порядок организации деятельности и внутреннего распорядка специальных учреждений, осуществляющих исполнения наказания в виде ареста.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила организации деятельности и внутреннего распорядка специальных учреждений, осуществляющих исполнение наказания в виде ареста (далее – Правила) разработаны в соответствии с подпунктом 14) части 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовно-исполнительного кодекса Республики Казахстан (далее - УИК) и определяют порядок организации деятельности и внутреннего распорядка специальных учреждений, осуществляющих исполнение наказания в виде ареста.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
-[...15 lines deleted...]
-      2. Исполнение наказания в виде ареста осуществляется по месту осуждения в специальных приемниках (далее – СП) или изолированных участках следственных изоляторов (далее – СИ), предназначенных для отбывания уголовного наказания в виде ареста, на основании приговора суда, вступившего в законную силу.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Исполнение наказания в виде ареста осуществляется по месту осуждения в специальных приемниках (далее – СП), предназначенных для отбывания уголовного наказания в виде ареста, на основании судебного акта, вступившего в законную силу, а также в СП органов внутренних дел, деятельность которых регламентируется Правилами организации деятельности специальных приемников органов внутренних дел, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 23 мая 2011 года № 232 (зарегистрированные в Реестре государственной регистрации нормативных правовых актов № 7030), и Правилами внутреннего распорядка специальных приемников органов внутренних дел, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 9 января 2012 года № 11 (зарегистрированные в Реестре государственной регистрации нормативных правовых актов № 7415).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок приема осужденных в СП или СИ</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок приема осужденных в СП</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
-[...15 lines deleted...]
-      3. Прием осужденных в СП или СИ осуществляется дежурным помощником начальника СП или СИ (далее – дежурный) с обязательным участием сотрудника службы специального учета и медицинского работника медицинской организации, расположенной в СП или СИ.</w:t>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Прием осужденных в СП осуществляется дежурным помощником начальника СП (далее – дежурный) с обязательным участием сотрудника службы специального учета и медицинского работника медицинской организации, расположенной в СП.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
-[...15 lines deleted...]
-      4. Во время приема осужденных дежурный проверяет наличие процессуальных документов, являющихся основанием для исполнения наказания в виде ареста, устанавливает их принадлежность к прибывшим осужденным на основании документов удостоверяющих их личность.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Во время приема осужденных дежурный проверяет наличие процессуальных документов, являющихся основанием для исполнения наказания в виде ареста, устанавливает их принадлежность к прибывшим осужденным на основании документов, удостоверяющих их личность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
-[...15 lines deleted...]
-      5. При несоответствии фотографии осужденного, анкетных данных, указанных в приговоре суда со сведениями, полученными при опросе осужденного, документов, удостоверяющих личность, сотрудник службы специального учета, совместно с дежурным, составляет акт по форме, согласно приложению 1 к настоящим Правилам и направляет его в суд, вынесший приговор для принятия мер.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При несоответствии фотографии осужденного, анкетных данных, указанных в судебном акте, со сведениями, полученными при опросе осужденного, документов, удостоверяющих личность, сотрудник службы специального учета, совместно с дежурным, составляет акт по форме согласно приложению 1 к настоящим Правилам и направляет его в суд, вынесший судебный акт для принятия мер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. После проверки данных, указанных в пункте 5 настоящих Правил, сотрудники СП, в специально оборудованном помещении, осуществляют полный обыск осужденных и досмотр принадлежащих им вещей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перед проведением полного обыска и досмотра вещей, осужденным предлагается добровольно сдать не предусмотренные Перечнем вещей и предметов, которые осужденным разрешается иметь при себе, получать в посылках, передачах, бандеролях и приобретать в магазинах специального приемника, согласно приложению 2 к настоящим Правилам (далее – Перечень). При немедленной добровольной сдаче запрещенных предметов, меры дисциплинарного наказания к осужденным не применяются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Лица, принятые в СП, в день их поступления, но не позднее одних суток проходят первичное медицинское освидетельствование и санитарную обработку. Результаты медицинского освидетельствования вносятся в медицинскую амбулаторную карту. При этом медицинский работник проводит наружный осмотр осужденных, с целью выявления у них телесных повреждений и признаков кожных и инфекционных заболеваний. О факте обнаружения телесных повреждений немедленно сообщается в письменном виде в вышестоящий орган и надзирающему прокурору.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лица, которые по заключению врача медицинской организации, расположенной в СП, нуждаются в срочном получении медицинской помощи в стационарных условиях, направляются под конвоем в медицинские организации здравоохранения. При необходимости им оказывается медицинская помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После этого, осужденные размещаются в карантинном отделении, где за ними устанавливается медицинское наблюдение продолжительностью до 15 суток. Выявленные в этот период инфекционно больные немедленно изолируются, в учреждении проводится комплекс противоэпидемических мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Психологами СП проводится работа по изучению личностей вновь прибывших осужденных, адаптации их к новым условиям. Выявляются лица, склонные к суициду, умышленному причинению себе какого-либо повреждения и другим противоправным действиям. По результатам изучения составляются психологические портреты на каждого вновь прибывшего осужденного, в соответствующие службы СП вносятся рекомендации по работе с ними.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. После проверки данных, указанных в пункте 5 настоящих Правил, сотрудники СП или СИ, в специально оборудованном помещении, подвергают осужденных полному обыску, а принадлежащие им вещи - досмотру. </w:t>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+      9. Во время нахождения в карантинном помещении, осужденные знакомятся под роспись с условиями отбывания наказания, со своими правами и обязанностями, в соответствии с частью шестой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УИК и настоящими Правилами, предупреждаются об ответственности за нарушение порядка отбывания наказания. Им разъясняется о применении в СП технических средств надзора, контроля и охраны, в случаях, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 59</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>60</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>61</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>62</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О правоохранительной службе", применении физической силы, специальных средств и оружия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В последующем такого рода информация предоставляется по радио, во время посещения камер, на личном приеме осужденных начальником СП и уполномоченными им сотрудниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация об основных правах и обязанностях лиц, содержащихся в СП, на государственном и русском языках вывешивается в каждой камере.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осужденные обеспечиваются кроватью и постельными принадлежностями, спальные места не меняются и не занавешиваются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. О прибытии осужденного в СП, службой специального учета в течение двух рабочих дней направляется письменное уведомление одному из родственников, либо законному представителю по выбору осужденного, с указанием почтового адреса СП, Перечня, основных требований порядка переписки, получения и отправления денежных переводов, предоставления выездов, свиданий, праве на телефонные разговоры, предусмотренных настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      О прибытии осужденных иностранных граждан и лиц без гражданства, постоянно проживавших до ареста за границей, уведомления, кроме того, направляются в дипломатические представительства и консульские учреждения, представляющие интересы этих лиц в Республике Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок производства обыска и досмотра осужденных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Личный обыск осужденных подразделяется на полный обыск и неполный обыск. Обыск проводится лицом одного пола с обыскиваемым. Личный полный обыск осужденных проводится:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Во время нахождения в карантинном помещении осужденные знакомятся под роспись с условиями отбывания наказания, со своими правами и обязанностями, в соответствии с частью 6 статьи 9 Уголовно-исполнительного кодекса Республики Казахстан (далее – УИК) и настоящими Правилами, предупреждаются об ответственности за нарушение порядка отбывания наказания. Им разъясняется о применении в СП или СИ технических средств надзора, контроля и охраны, в случаях, предусмотренные </w:t>
-[...183 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+      1) при поступлении в СП и убытии из него; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при водворении в дисциплинарный изолятор (далее - ДИЗО) и освобождении из него;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) перед проведением свидания и по окончанию его; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при задержании осужденного, допустившего нарушение режима содержания, совершившего побег или другое преступление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Полный обыск производится в следующем порядке:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обыск осужденных производится в соответствии с пунктом 6 настоящих Правил. Затем предлагается снять последовательно головной убор, обувь и одежду, вплоть до нательного белья;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осматриваются межпальцевые промежутки рук, ног, ушные раковины и полость рта, а также медицинские повязки и протезы конечностей. Осмотр протезов и повязок проводится с участием медицинского работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осматриваются одежда, головной убор, обувь и вещи, принадлежащие осужденному. Прощупываются заплаты, швы, воротник и подкладка одежды. При необходимости отдельные места одежды прокалываются шилом или распарываются. Обувь рассматривается с внешней и внутренней стороны и обязательно проверяется на изгиб;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проверяются заплаты, каблуки, подошвы и другие места возможного укрытия денег, наркотических веществ и других предметов, запрещенных к использованию и хранению в СП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полный обыск проводится в специальном помещении, расположенном на контрольно-пропускном пункте (далее - КПП) или оборудованном вблизи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Неполный обыск производится при выводе из камеры осужденных в пределах СП (к медицинскому работнику, на прогулку, санитарную обработку, при переводе в другую камеру, обысковых мероприятиях).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. При неполном обыске одежда тщательно прощупывается. После этого проверяется содержимое в карманах, осматриваются головной убор и обувь. При подозрительном поведении обыскиваемого, проводится полный обыск.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. При проведении обыска осужденному предлагается поднять руки вверх и расставить ноги на ширину плеч.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты обысков оформляются протоколом личного обыска осужденного к аресту согласно приложению 3 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Порядок производства обыска и досмотра осужденных</w:t>
-[...263 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+        <w:t xml:space="preserve"> Глава 4. Обыск помещений и осмотр территории жилой зоны и производственных объектов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Обыск в помещениях камер СП проводится не менее четырех раз в месяц, согласно графику обысков. Технические осмотры камер ДИЗО и камер СП производятся ежедневно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. При обыске в помещении и камерах СП каждая камера тщательно проверяется на наличие тайников. Проверяется прочность крепления оконных решеток с внутренней и внешней стороны, исправность дверей и замков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      16. При проведении обыска осужденному, предлагается поднять руки вверх и расставить ноги на ширину плеч. </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+      19. Временные и кратковременные производственные объекты, перед вводом туда осужденных, подлежат осмотру контролером, представителем администрации СП на объекте. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Технический осмотр и плановый обыск камер и содержащихся в них лиц производится сотрудниками дежурной смены и режимного отдела.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Технический осмотр каждой камеры производится ежедневно в период отсутствия в ней осужденных, для чего используется время их вывода на прогулку, санитарную обработку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Обнаруженные у осужденных, а также на территории СП деньги, ценные бумаги и иные ценности, принадлежность которых установить не представляется возможным, изымаются сотрудниками СП, о чем составляется акт в произвольной форме с последующим проведением проверки по установлению их принадлежности. Предметы, принадлежность которых не установлена, на основании материалов СП, по постановлению суда подлежат обращению в доход государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предметы, документы, вещи, изделия, вещества, продукты питания изъятые у осужденных, а также обнаруженные на территории СП и на прилегающих к нему территориях, на которых установлены режимные требования, не предусмотренные настоящими Правилами, по комиссионному решению администрации учреждения передаются родственникам или на временное хранение в склад для хранения вещей осужденных (кроме продуктов питания, требующих определенного хранения), либо уничтожаются по постановлению начальника СП, о чем составляется акт по форме согласно приложению 4 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Изъятые деньги и ценные вещи по акту или рапорту должностного лица, изъявшего их, не позднее чем в суточный срок (за исключением выходных и праздничных дней), дежурным передаются под роспись в журнале учета изъятых у осужденных денег и ценностей по форме согласно приложению 5 к настоящим Правилам сотруднику, которому руководством СП поручено осуществление сбора материала о проверке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Имеющиеся у осужденных разрешенные к хранению, но в количестве, превышающем установленную Перечнем норму вещи и предметы, также изымаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В данном случае вещи сдаются на склад для хранения, а на руки осужденным выдается квитанция о принятии на хранение вещей, с указанием их количества и наименования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Обыск помещений и осмотр территории жилой зоны и производственных объектов</w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+        <w:t xml:space="preserve"> Глава 5. Взаимоотношения осужденных к аресту и персонала СП</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. При встрече с сотрудниками СП и другими должностными лицами, посещающими учреждение, осужденные встают и здороваются с ними.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Осужденные обращаются к сотрудникам СП на "Вы", по званию, а также по имени и отчеству (при его наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Сотрудники СП обращаются к осужденным на "Вы" и называют их либо осужденный (осужденная) и далее по фамилии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Сотрудникам учреждения не допускается вступать в какие-либо отношения с осужденными и их родственниками, не вызываемые интересами службы, а также пользоваться их услугами, не регламентированными уголовно-исполнительным законодательством и настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Распорядок дня</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. В каждом СП организуется строго регламентированный распорядок дня, утвержденный начальником СП, с учетом особенностей работы с тем или иным составом осужденных, времени года, местных условий и других конкретных обстоятельств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Распорядок дня включает в себя время подъема, проверки, отбоя, туалета, физической зарядки, приема пищи, прогулки, проведение воспитательно-профилактических мероприятий, работы комнат свиданий, магазина, медицинской организации, расположенной в СП, телефонных переговоров. Распорядком дня предусматривается непрерывный восьмичасовой сон осужденных и предоставление им личного времени. Предусматривается помывка осужденных не реже одного раза в неделю. День и время помывки по камерам утверждается графиком.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Распорядок дня, разработанный применительно к типовому распорядку дня осужденных, указанному в приложении 6 к настоящим Правилам, оформляется в виде стенда и устанавливается либо вывешивается на видном месте (в камерах, карантинном отделении), доводится до сведения персонала и осужденных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. Прием пищи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Осужденные обеспечиваются трехразовым горячим питанием. Осужденные принимают пищу в камерах. Приготовление и раздача пищи осужденным осуществляется работниками столовой СП под контролем сотрудников СП, в часы, установленные распорядком дня, покамерно, через дверную форточку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Технический осмотр каждой камеры производится ежедневно в период отсутствия в ней осужденных, для чего используется время их вывода на прогулку, санитарную обработку. </w:t>
-[...103 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+      30. Пища по питательным свойствам и калорийности должна соответствовать Натуральным нормам питания и материально-бытового обеспечения подозреваемых, обвиняемых и осужденных, содержащихся в учреждениях уголовно-исполнительной системы (далее – натуральные нормы), утвержденным в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 70 Бюджетного Кодекса Республики Казахстан, приготавливается и подается с учетом санитарно-эпидемиологических требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. Взаимоотношения осужденных к аресту и персонала СП или СИ</w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+        <w:t xml:space="preserve"> Глава 8. Порядок передвижения осужденных в пределах СП</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Передвижение осужденных по территории СП осуществляется только под конвоем сотрудников СП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. При движении под конвоем или в сопровождении сотрудников СП осужденные держат руки сзади, за спиной. При остановке во время конвоирования, по требованию сотрудника СП, останавливаются и поворачиваются лицом к стене.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 6. Распорядок дня</w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+        <w:t xml:space="preserve"> Глава 9. Поведение осужденных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Осужденные, содержащиеся в СП:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдают порядок содержания, установленный настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выполняют требования администрации СП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) соблюдают порядок и гигиену;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выходят на ежедневную прогулку (освобождение от прогулки осуществляется начальником СП по заключению медицинского работника);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) соблюдают требования пожарной безопасности и безопасности труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бережно относятся к имуществу СП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) проводят уборку камер и других помещений в порядке очередности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) не совершают действий, унижающих достоинство сотрудников СП, осужденных, а также иных лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) не препятствуют сотрудникам СП, а также сотрудникам вышестоящих и надзорных органов, обеспечивающим порядок содержания под стражей, в выполнении ими служебных обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) соблюдают установленный распорядок дня, предусмотренный настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) при входе в камеры сотрудников СП по их команде встают и выстраиваться в указанном месте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) соблюдают опрятный внешний вид;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) по требованию сотрудников СП сообщают свою фамилию, имя, отчество (при его наличии), статью по которой осужден, срок, начало и конец срока;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) дежурят по камере в порядке очередности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Дежурный по камере (осужденный):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при входе в камеру сотрудников СП докладывает о количестве осужденных, находящихся в камере;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) следит за сохранностью камерного инвентаря, оборудования и имущества, выданного на временное пользование (посуда, постельные принадлежности, электроприборы и т.д.);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) получает для лиц, содержащихся в камере, посуду и сдает ее;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) следит за чистотой в камере;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) подметает и моет пол в камере, производит уборку камерного санузла, прогулочного двора по окончании прогулки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Осужденным не допускается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нарушение распорядка дня СП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ведение переговоров, передача каких-либо предметов лицам, содержащимся в других камерах или иных помещениях СП, перестукивание, переписывание, установка контакта с ними любым способом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нарушение установленного порядка ведения переговоров, передачи каких-либо предметов и переписки с лицами, находящимися на свободе или отбывающими наказание в местах лишения свободы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z106" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выход из камер и других помещений без разрешения администрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) нарушение линии охраны объектов либо границы территории СП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) приобретение, изготовление, употребление и хранение не разрешенных предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z109" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) игры в карты, а также в другие настольные игры с целью извлечения материальной или иной выгоды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z110" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) нанесение себе или сокамерникам татуировок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z111" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) занавешивание и обмен без разрешения администрации спальных мест;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z112" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) пользование самодельными электроприборами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) пользование электроприборами без разрешения администрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z114" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) разведение открытого огня в камере;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z115" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) приготовление пищи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z116" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) курение в камерах в не отведенное для этого время и месте (место для курения определяет администрация СП);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z117" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) отказ или уклонение от прохождения профилактического медицинского осмотра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z118" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) содержание животных, птиц, рыб, насекомых;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z119" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) производство ремонта сантехники, осветительных и других приборов или регулировка освещения в камере без разрешения администрации СП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z120" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) умышленное засорение канализационных труб и санузлов в камерах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z121" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) стирка одежды, обуви и белья в камерах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z122" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) снятие со стен камер информации об основных правах и обязанностях осужденных, содержащихся в СП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z123" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) оклеивание стен, камерного инвентаря бумагой, фотографиями, рисунками, вырезками из газет и журналов, нанесение на них надписей и рисунков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z124" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) заглядывание в камерные глазки, поднятие каких-либо предметов, нажатие кнопок тревожной сигнализации при движении по территории СП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z125" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) выбрасывание чего-либо из окон, взбирание на подоконник, высовывание чего-либо в форточку, нахождение вплотную от "глазка" двери, закрытие "глазка";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z126" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) нахождение на спальном месте в неотведенное для этого распорядком дня время, кроме как с разрешения начальника СП по рекомендации медицинского работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z127" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) продажа, дарение или отчуждение иным способом предметов, находящихся в личном пользовании в СП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z128" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 7. Прием пищи</w:t>
-[...1154 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Глава 10. Порядок организации размещения по камерам, проведения проверки наличия осужденных к аресту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-[...58 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z128" w:id="121"/>
+    <w:bookmarkStart w:name="z129" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Размещение по камерам осужденных осуществляется в соответствии с требованиями статьи 85 УИК на основании плана покамерного размещения согласно приложению 7 к настоящим Правилам, утвержденного начальником СП, либо лицом его замещающим, по согласованию с оперативными и медицинскими работниками. Размещение осужденных по камерам производится дежурным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z130" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Размещение больных осужденных производится по согласованию с медицинским работником медицинской организации, расположенной в СП. Лица, с подозрением на наличие инфекционных заболеваний, размещаются в камерах, выделяемых под карантин. Срок карантина устанавливается по показаниям медицинского работника. Больные инфекционными заболеваниями или нуждающиеся в особом медицинском уходе и наблюдении размещаются отдельно от других осужденных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z131" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Мужчины и женщины, а также лица, ранее отбывавшие наказание в учреждениях и имеющие судимость, содержатся раздельно. Изолированно от других осужденных содержатся осужденные – бывшие работники судов, правоохранительных и специальных государственных органов, лица, уполномоченные на осуществление контроля и надзора за поведением осужденных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z130" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z132" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Осужденные содержатся в запираемых общих камерах. Размещение осужденных в одиночных камерах осуществляется по постановлению начальника СП, санкционированному прокурором, о переводе осужденного в одиночную камеру по форме согласно приложению 8 к настоящим Правилам в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z133" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) при отсутствии иной возможности обеспечить соблюдение требований раздельного размещения, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> УИК; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z131" w:id="124"/>
+        <w:t xml:space="preserve"> УИК;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z134" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в интересах обеспечения безопасности жизни и здоровья при наличии письменного или устного заявления осужденного об одиночном содержании, завизированного оперативной службой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z134" w:id="127"/>
-[...15 lines deleted...]
-      42. Проверка проводится по заведенной на каждого осужденного камерной карточке по форме согласно приложению 10 к настоящим Правилам. Картотеку ведет и хранит дежурный.</w:t>
+    <w:bookmarkStart w:name="z135" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Порядок изоляции, указанный в пунктах 37 и 38 настоящих Правил, должен обеспечиваться при всех перемещениях осужденных, в том числе при передвижении по территории СП, проведении обысковых мероприятий, прогулок, санитарной обработки, свиданий с адвокатами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z135" w:id="128"/>
+    <w:bookmarkStart w:name="z136" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Проверка наличия осужденных в СП осуществляется дежурным покамерно ежедневно утром и вечером в часы, определенные распорядком дня. При подозрении об отсутствии осужденного, проверка проводится дополнительно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z137" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Проверка проводится по заведенной на каждого осужденного камерной карточке по форме согласно приложению 9 к настоящим Правилам. Картотеку ведет и хранит дежурный.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z138" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На проверочные камерные карточки осужденных, поставленных на профилактический учет, наносятся отличительные полосы: красного цвета - для осужденных, склонных к побегу; черного цвета - для остальных видов профилактического учета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z136" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z139" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Карточная пофамильная проверка осужденных, состоящих на профилактическом учете как склонные к побегу, осуществляется дополнительно, через каждые два часа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z137" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z140" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 11. Вывод осужденных на прогулку</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z140" w:id="133"/>
-[...15 lines deleted...]
-      46. Прогулка проводится на территории прогулочных дворов, требования к оборудованию прогулочных дворов указаны в приложении 11 к настоящим Правилам. Прогулочные дворы оборудуются скамейками для сидения и навесами от дождя.</w:t>
+    <w:bookmarkStart w:name="z141" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Осужденные пользуются ежедневной прогулкой продолжительностью не менее полутора часов. Продолжительность прогулки устанавливается администрацией СП с учетом распорядка дня, погоды, наполнения СП и других обстоятельств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z141" w:id="134"/>
-[...15 lines deleted...]
-      47. Для досрочного прекращения прогулки, осужденные обращаются с соответствующей просьбой к лицу, ответственному за прогулку, который доводит ее до сведения начальника СП или СИ, или его заместителя. После чего, прогулка прекращается.</w:t>
+    <w:bookmarkStart w:name="z142" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Прогулка осужденным предоставляется в светлое время суток. Время вывода на прогулку лиц, содержащихся в разных камерах, устанавливается по графику, утвержденному начальником СП.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z142" w:id="135"/>
+    <w:bookmarkStart w:name="z143" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Прогулка проводится на территории прогулочных дворов. Прогулочные дворы оборудуются скамейками для сидения и навесами от дождя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z144" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Для досрочного прекращения прогулки, осужденные обращаются с соответствующей просьбой к лицу, ответственному за прогулку, который доводит ее до сведения начальника СП, или его заместителя. После чего, прогулка прекращается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z145" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 12. Осуществление переписки, оформление денежных переводов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z144" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z146" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Осужденные получают и отправляют письма один раз в месяц за счет собственных средств. Прием и передача корреспонденции производится только через администрацию СП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z147" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Для написания предложений, заявлений и жалоб осужденным, по их просьбе, выдаются письменные принадлежности (бумага, шариковая ручка).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z147" w:id="140"/>
+    <w:bookmarkStart w:name="z148" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Письма и обращения передаются представителю администрации СП в незапечатанном виде, за исключением адресованных в государственные органы, осуществляющие контроль и надзор за деятельностью СП, которые цензуре не подлежат и не позднее, чем в суточный срок (за исключением выходных и праздничных дней) направляются по принадлежности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z149" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Переписка осужденных подвергается цензуре. Письма осужденных и письма, поступившие на их имя, выполненные тайнописью, шифром, с применением других условностей или специфической для осужденных лексики, а также носящие циничный характер, либо содержащие сведения, составляющие государственную, служебную тайну, адресату не направляются и осужденному не передаются и подлежат уничтожению по истечении десяти календарных дней. Об этом уведомляется отправитель и объявляется осужденному под роспись с разъяснением его права на обжалование решения об уничтожении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z150" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Денежные переводы, поступившие осужденным, зачисляются на их лицевые счета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z149" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z151" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Поступившие ответы по результатам рассмотрения обращений объявляются осужденным под расписку при их поступлении, но не позднее трех рабочих дней, и приобщаются к их личным делам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z152" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 13. Порядок личного приема осужденных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z152" w:id="145"/>
+    <w:bookmarkStart w:name="z153" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Личный прием осужденных начальником СП либо лицом его замещающим, либо уполномоченными ими лицами осуществляется ежедневно, по графику, утвержденному начальником СП, кроме выходных и праздничных дней в течение рабочего времени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z154" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Учет принятых на прием осужденных с указанием вопросов, с которыми они обращались, и результатах их рассмотрения производится в журнале приема осужденных и иных лиц по личным вопросам, по форме согласно приложению 10 к настоящим Правилам, с содержанием которого начальник СП ознакамливается еженедельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z155" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Личный прием осуществляется по предварительному заявлению осужденных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z155" w:id="148"/>
-[...15 lines deleted...]
-      57. Начальник СП или СИ или лицо, уполномоченное им, не реже одного раза в месяц проверяет исполнение решений, принятых во время приема.</w:t>
+    <w:bookmarkStart w:name="z156" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявления о приеме подаются письменно на имя начальника СП либо лица его замещающего или устно и регистрируются в порядке очередности их подачи в журнале личного приема с указанием должностного лица, к которому осужденный обратился с заявлением. Прием ведется в порядке очередности подачи заявлений. После окончания приема на заявлении о личном приеме фиксируются его результаты. Заявление подшивается в личное дело осужденного.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z156" w:id="149"/>
-[...15 lines deleted...]
-      58. Личный прием родственников осужденных или иных лиц начальником СП или СИ, его заместителями производится не реже одного раза в месяц согласно утвержденному графику, который вывешивается в комнате для посетителей. Результаты личного приема родственников осужденных или иных граждан и принятые меры по их итогам фиксируются в карточке.</w:t>
+    <w:bookmarkStart w:name="z157" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Сотрудники вышестоящих органов проводят прием осужденных по вопросам, входящим в их компетенцию, при посещении СП. Учет осужденных, принимаемых указанными лицами, ведется во второй части журнала.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z157" w:id="150"/>
+    <w:bookmarkStart w:name="z158" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Начальник СП или лицо, уполномоченное им, не реже одного раза в месяц проверяет исполнение решений, принятых во время приема.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z159" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Личный прием родственников осужденных или иных лиц начальником СП, его заместителями производится не реже одного раза в месяц согласно утвержденному графику, который вывешивается в комнате для посетителей. Результаты личного приема родственников осужденных или иных граждан и принятые меры по их итогам фиксируются в карточке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z160" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 14. Порядок предоставления свиданий, телефонных разговоров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z160" w:id="153"/>
-[...15 lines deleted...]
-      61. При попытке передачи осужденному либо получения от него вещей и предметов не предусмотренных Перечнем, а также при попытке передачи адвокату либо получения от него предметов, содержащих сведения, способствующие совершению преступлений и иных правонарушений, досрочно прекращается свидание.</w:t>
+    <w:bookmarkStart w:name="z161" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Для получения квалифицированной юридической помощи осужденным по их письменному или устному заявлению предоставляются свидания с адвокатами без ограничения их количества, продолжительности и в условиях, обеспечивающих их конфиденциальность. Свидания с осужденным предоставляется адвокату при наличии у него удостоверения адвоката и письменного уведомления о защите (представительстве). Свидания проводятся в условиях, позволяющих сотруднику СП видеть осужденного и адвоката, но не слышать их.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z161" w:id="154"/>
-[...15 lines deleted...]
-      62. При досрочном прекращении свиданий, сотрудник СП или СИ, ответственный за его проведение, письменно докладывает об этом начальнику СП или СИ с указанием причины прекращения свидания.</w:t>
+    <w:bookmarkStart w:name="z162" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Лицам, получившим разрешения на свидания с осужденными, не допускается проносить в СП и пользоваться во время свидания техническими средствами связи, компьютерами, кино-, фото-, аудио-, видео- и множительной аппаратурой.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z162" w:id="155"/>
-[...15 lines deleted...]
-      63. О кратковременном прекращении предоставления свиданий с осужденными (в связи с проведением противоэпидемических мероприятий, введением режима особых условий и по другим причинам), начальник СП или СИ письменно извещает об этом прокурора, осуществляющего надзор за соблюдением законности в СП или СИ. В комнате для посетителей вывешивается соответствующее объявление.</w:t>
+    <w:bookmarkStart w:name="z163" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. При попытке передачи осужденному либо получения от него вещей и предметов, не предусмотренных Перечнем, а также при попытке передачи адвокату либо получения от него предметов, содержащих сведения, способствующие совершению преступлений и иных правонарушений, досрочно прекращается свидание.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z163" w:id="156"/>
+    <w:bookmarkStart w:name="z164" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. При досрочном прекращении свиданий, сотрудник СП, ответственный за его проведение, письменно докладывает об этом начальнику СП с указанием причины прекращения свидания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z165" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. О кратковременном прекращении предоставления свиданий с осужденными (в связи с проведением противоэпидемических мероприятий, введением режима особых условий и по другим причинам), начальник СП письменно извещает об этом прокурора, осуществляющего надзор за соблюдением законности в СП. В комнате для посетителей вывешивается соответствующее объявление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z166" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Телефонные переговоры предоставляются осужденным с супругом (супругой), близкими родственниками за счет личных средств в случаях смерти или тяжелой болезни супруга (супруги), близкого родственника, угрожающей жизни больного, стихийного бедствия, причинившего значительный материальный ущерб его семье и иных исключительных обстоятельствах личного характера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z166" w:id="159"/>
-[...15 lines deleted...]
-      66. Телефонные разговоры между осужденными, содержащимися в других учреждениях уголовно-исполнительной системы, не допускаются.</w:t>
+    <w:bookmarkStart w:name="z167" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осужденный пишет заявку произвольной формы, в которой указывается адрес, номер телефона абонента, основание (письмо) и продолжительность разговора до 15 минут. Оплата междугородних телефонных разговоров осуществляется по действующим тарифам, при наличии денежных средств на лицевых счетах осужденных. Оплата телефонных переговоров по таксофону производится с таксофонной карточки осужденного. Осужденный выводится из камеры под конвоем контролера СП к телефонному или таксофонному аппарату и предупреждается о том, что телефонные разговоры проводятся под контролем администрации СП.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z167" w:id="160"/>
+    <w:bookmarkStart w:name="z168" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. После проведения телефонного разговора, сотрудником СП, ответственным за проведение переговоров, проставляется соответствующая отметка в заявке о состоявшемся либо не состоявшемся по какой-либо причине телефонном разговоре. После этого заявка передается контролеру по комнате свиданий для регистрации и внесения в соответствующее номенклатурное дело. В случае проведения переговоров в вечернее время (с 19 до 20 часов) заявки передаются дежурным в комнату свиданий на следующий день.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z169" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Телефонные разговоры между осужденными, содержащимися в других СП или учреждениях уголовно-исполнительной системы, не допускаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z170" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. При нарушении порядка ведения переговоров, пользования телефонным или таксофонным аппаратом, переговоры немедленно прекращаются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z168" w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z171" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 15. Применение к осужденным мер поощрений и взысканий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z169" w:id="162"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z172" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. За примерное выполнение обязанностей, соблюдение установленного порядка отбывания наказания и в соответствии со статьей 128 УИК, к осужденным применяются меры поощрения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z172" w:id="165"/>
+    <w:bookmarkStart w:name="z173" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Поощрение применяется мотивированным постановлением начальника СП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z174" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Взыскания за нарушения установленного порядка отбывания наказания в виде ареста налагаются мотивированным постановлением начальника СП о наложении на осужденного взыскания по форме согласно приложению 11 к настоящим Правилам и регистрируются в журнале учета взысканий осужденных к наказанию в виде ареста по форме согласно приложению 12 к настоящим Правилам. Материалы о наложении взысканий подшиваются в личные дела осужденных. За одно и тоже нарушение на виновного осужденного не налагается более одного взыскания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z175" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       71. За невыполнение установленных настоящими Правилами требований, к осужденным в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 131</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УИК, применяются меры взыскания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z173" w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z176" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Взыскание налагается с учетом обстоятельств совершения нарушения и поведения осужденного. Взыскание налагается не позднее десяти суток со дня обнаружения нарушения, а если в связи с нарушением проводилась проверка - со дня ее окончания, но не позднее трех месяцев со дня совершения нарушения. Взыскание применяется немедленно, а при невозможности его немедленного применения - не позднее месяца со дня его наложения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z174" w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z177" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. До наложения взыскания осужденный предоставляет письменное объяснение, при отказе от дачи объяснения об этом составляется соответствующий акт.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z175" w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z178" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 16. Порядок предоставления осужденным к аресту выездов за пределы СП или СИ</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z177" w:id="170"/>
+        <w:t xml:space="preserve"> Глава 16. Порядок предоставления осужденным к аресту выездов за пределы СП</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z179" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Разрешение на выезд за пределы СП дается начальником СП на основании письменного обращения осужденного.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z180" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. К обращению на разрешение краткосрочного выезда прилагаются документы, подтверждающие наличие исключительных личных обстоятельств, указанных в статье 86 УИК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z181" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      75. К обращению на разрешение краткосрочного выезда прилагаются документы, подтверждающие наличие исключительных личных обстоятельств, указанных в </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z178" w:id="171"/>
+      76. Осужденному, получившему разрешение на краткосрочный выезд, выдается удостоверение по форме согласно приложению 13 к настоящим Правилам, ему разъясняется порядок выезда. Предупреждается об уголовной ответственности в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 427</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовного кодекса Республики Казахстан (далее – УК) за уклонение от отбывания наказания в виде лишения свободы, о чем он дает расписку по форме согласно приложению 14 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z182" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деньги из собственных средств на оплату расходов в связи с выездом выдаются бухгалтерией СП по письменному обращению осужденного.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z183" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Проездные билеты осужденный приобретает самостоятельно, при отсутствии денежных средств у осужденного, администрация СП обеспечивает его проездным билетом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z184" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. В суточный срок по прибытии к месту назначения осужденный является в дежурную часть органов внутренних дел, а в сельской местности - к участковому инспектору полиции, предъявляет удостоверение для отметки о прибытии, сообщает цель приезда, срок и место пребывания, дату убытия. По окончании краткосрочного выезда осужденный в том же органе внутренних дел предъявляет удостоверение для отметки об убытии в место дислокации СП. При убытии в СП в ночное время или рано утром, отметка производится в день, предшествующий отъезду. Отметки о дате прибытия и убытия заверяются печатью органа внутренних дел.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z185" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. По возвращении в СП, осужденный предъявляет удостоверение и проездные билеты. При возникновении непредвиденных обстоятельств, затрудняющих выезд осужденного в установленный срок, по постановлению начальника органа внутренних дел, по месту пребывания осужденного срок возвращения в СП продлевается до 5 суток с обязательным срочным уведомлением об этом администрации СП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z186" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. При заболевании во время выезда и необходимости госпитализации осужденный либо его супруг (супруга), родители или близкие родственники, в тот же день извещают об этом администрацию СП, где он отбывает наказание, и орган внутренних дел по месту пребывания. В этом случае осужденный направляется в ближайшую медицинскую организацию здравоохранения. После окончания лечения и выписки осужденный, прибывает к месту отбывания наказания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z187" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Осужденным с психическим, поведенческим расстройством (заболеванием), не исключающим вменяемости, а также не завершившим лечение от туберкулеза, инфекции, психического, поведенческого расстройства (заболевания), связанного с употреблением психоактивных веществ, страдающим психическими расстройствами, выезды за пределы СП не предоставляются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z188" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 17. Условия содержания осужденных к аресту в дисциплинарном изоляторе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z189" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Водворение в дисциплинарный изолятор осуществляется на основании постановления начальника СП и заключения медицинского работника о возможности нахождения осужденного в дисциплинарном изоляторе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z190" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Содержание осужденных в дисциплинарном изоляторе одиночное. В дисциплинарном изоляторе осужденные обеспечиваются индивидуальным спальным местом и постельными принадлежностями только на время сна в установленные часы. В период содержания в дисциплинарном изоляторе осужденным не допускается переписка, приобретение продуктов питания и предметов первой необходимости, получение писем, посылок, передач и бандеролей, пользование настольными играми, книгами, газетами, журналами и иной литературой. Посылки, передачи и бандероли вручаются осужденным после окончания срока их пребывания в дисциплинарном изоляторе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z191" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Досрочное освобождение осужденных из дисциплинарного изолятора не допускается, кроме случаев, когда освобождение производится по медицинским показаниям или по требованию прокурора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z192" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Осужденным водворенным в дисциплинарный изолятор не разрешается брать с собой имеющиеся у них продукты питания, личные вещи, кроме полотенца, мыла, зубного порошка, пасты, зубной щетки, табачных изделий, спичек. Осужденные, содержащиеся в дисциплинарном изоляторе, курят только во время прогулки. Курение осужденных в камерах дисциплинарного изолятора не допускается. Табачные изделия, зажигалки, спички выдаются во время вывода осужденных на прогулку согласно распорядку дня и хранятся в специально оборудованном шкафу (ящике) в камере хранения дисциплинарного изолятора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z193" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Продукты питания осужденных сдаются на склад и выдаются после отбытия ими меры взыскания. Администрация СП принимает меры к их сохранности, однако если в силу естественных причин от длительного хранения продукты питания испортились, об этом комиссионно составляется акт (в произвольной форме) и они уничтожаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z194" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. При приеме осужденных в дисциплинарные изоляторы они подвергаются полному обыску, после чего, переодеваются в одежду, закрепленную за этими помещениями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z195" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Прием пищи осужденными производится в камерах дисциплинарного изолятора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z196" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Медицинский осмотр и медицинская помощь в амбулаторных условиях осужденным, содержащимся в камерах дисциплинарного изолятора, осуществляется в специально оборудованном помещении. Санитарная обработка производится отдельно от других осужденных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z197" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Постельные принадлежности осужденным, водворенным в дисциплинарный изолятор, выдаются только на период сна.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z198" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      76. Осужденному, получившему разрешение на краткосрочный выезд, выдается удостоверение по форме согласно приложении 15 к настоящим Правилам, ему разъясняется порядок выезда. Предупреждается об уголовной ответственности в соответствии со </w:t>
-[...143 lines deleted...]
-    <w:bookmarkStart w:name="z185" w:id="178"/>
+      90. Дежурство и уборка в камерах дисциплинарного изолятора возлагается поочередно на каждого осужденного. Обязанности дежурного устанавливаются администрацией СП. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z199" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. При отсутствии начальника СП, когда пресечь совершаемое преступление или злостное нарушение режима невозможно, осужденные помещаются в дисциплинарный изолятор по постановлению дежурного, до прихода начальника СП, но не более чем на 24 часа. Такая изоляция дисциплинарным взысканием не является.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z200" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 17. Условия содержания осужденных к аресту в дисциплинарном изоляторе</w:t>
-[...223 lines deleted...]
-    <w:bookmarkStart w:name="z197" w:id="190"/>
+        <w:t xml:space="preserve"> Глава 18. Обеспечение личной безопасности осужденного</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z201" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. При письменном либо устном обращении осужденного о возникновении угрозы его жизни, здоровью либо достоинству со стороны осужденных и других лиц, начальник СП принимает незамедлительные меры по устранению угрозы, в том числе, путем перевода и сопровождения осужденного в безопасное место.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z202" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При установлении возникновения угрозы жизни, здоровью либо достоинству осужденного администрацией СП принимаются незамедлительные меры по ее устранению, в том числе путем перевода осужденного в безопасное место, независимо от его согласия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z203" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. При установлении возникновения угрозы двум и более осужденным администрация СП принимает незамедлительные меры по переводу источника угрозы в безопасное место независимо от его согласия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z204" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Перевод осужденного в безопасное место производится по постановлению начальника СП, на срок до тридцати суток.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z205" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии начальника решение о переводе осужденного в безопасное место принимает дежурный, до его прибытия, но не более чем на двадцать четыре часа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z206" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Продление нахождения осужденного в безопасном месте осуществляется по постановлению начальника СП, согласованному с прокурором, на срок до тридцати суток.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z207" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. При сохранении угрозы, в случаях, указанных в пунктах 93 и 94 настоящих Правил, администрация СП принимает меры по направлению осужденного в иной СП для дальнейшего отбывания им наказания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z208" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Осужденный, переведенный в безопасное место, отбывает наказание в условиях содержания, определенных ему до его перевода в безопасное место.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z209" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Начальник СП оказывает содействие органам, принимающим решение о применении мер безопасности и осуществляющим их в отношении осужденного, являющегося участником уголовного судопроизводства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z210" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 18. Обеспечение личной безопасности осужденного</w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z201" w:id="194"/>
+        <w:t xml:space="preserve"> Глава 19. Материально-бытовое обеспечение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z211" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Осужденные обеспечиваются кроватью и постельными принадлежностями в соответствии с натуральными нормами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z212" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Осужденным предоставляется постельное белье, смена которого осуществляется еженедельно, а также еженедельно осужденным предоставляется возможность помывки в бане продолжительностью не более 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z213" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Хранение и учет бритвенных принадлежностей осужденных осуществляется администрацией СП, выдача их осужденным производится в установленное распорядком дня время.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z214" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. Настольные игры выдаются из расчета по одному комплекту на камеру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z215" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Газеты из библиотеки СП выдаются в камеры по мере их поступления из расчета одна газета на камеру. Обмен книг и журналов из библиотеки СП осуществляется один раз в неделю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z216" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. Лица, желающие приобрести продукты питания, предметы первой необходимости и промышленные товары, пишут заявку по форме согласно приложению 15 к настоящим Правилам на имя начальника СП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z217" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работник магазина СП проверяет в службе финансового обеспечения наличие денег на лицевых счетах осужденных, изъявивших желание приобрести товары. Купленные товары разносятся по камерам и вручаются под расписку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z218" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. По окончании рабочего дня работник магазина составляет авансовый отчет и вместе с заявкой сдает его в службу финансового обеспечения для списания денег с лицевых счетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z219" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На основании заявки и расписки в получении продуктов питания и предметов первой необходимости, их стоимость списывается с лицевых счетов осужденных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z220" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      О количестве денег, израсходованных осужденными на покупку продуктов питания и предметов первой необходимости, администрация СП производит отметку в личном деле.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z221" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 20. Порядок приема и передачи осужденным посылок, передач и бандеролей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z222" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Прием посылок, передач и бандеролей, адресованных осужденным, осуществляется в помещении СП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z223" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      94. Перевод осужденного в безопасное место производится по постановлению начальника СП или СИ, на срок до тридцати суток. </w:t>
-[...103 lines deleted...]
-    <w:bookmarkStart w:name="z207" w:id="200"/>
+      107. Осужденным в соответствии со статьей 86 УИК разрешается один раз в месяц получать посылки, передачи, бандероли, содержащие предметы первой необходимости и одежду по сезону, вес которых не должен превышать норм, предусмотренных Правилами представления услуг почтовой связи, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра информации и коммуникаций Республики Казахстан от 29 июля 2016 года № 65 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 14370) (далее - Правила представления услуг почтовой связи). Передачи принимаются в порядке очередности посетителей. Перечень вывешивается в помещении для приема передач на государственном и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z224" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. Лицо, доставившее передачу, заполняет и подписывает заявку в двух экземплярах по форме согласно приложению 16 к настоящим Правилам. Оба экземпляра заявки, передача, документ, удостоверяющий личность лица, доставившего передачу, передаются работнику СП. Документ, удостоверяющий личность, возвращается после проведения сверки либо досмотра содержимого передачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z225" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109. Сверка и проверка наличия, веса содержимого посылки и передачи осуществляются в присутствии поставщика в соответствии с порядком проверки пищевых и вещевых посылок и передач согласно приложению 17 к настоящим Правилам. Перечень и вес предметов, помещаемых в посылки и передачи, проверяются и фиксируются в заявлении. Документ, удостоверяющий личность, возвращается после завершения сверки посылки и передачи либо проверки содержимого.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z226" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110. Приняв передачу, сотрудник СП возвращает посетителю личные документы и первый экземпляр заявки с распиской в приеме, а второй экземпляр приобщают к личному делу осужденного после его подписи в получении передачи. В справочной карточке на это лицо делается отметка о получении передачи. При отказе осужденного расписаться в заявке, в нем делается об этом соответствующая отметка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z227" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111. Передачи не принимаются и возвращаются посетителю в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z228" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) освобождения адресата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z229" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) смерти осужденного;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z230" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) несоответствия веса передачи по норме, предусмотренной Правилами представления услуг почтовой связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z231" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не предъявления лицом, доставившим передачу, документа, удостоверяющего личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z232" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) неправильного оформления заявки на прием передач;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z233" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наличия письменного отказа осужденного в приеме передачи в свой адрес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z234" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112. При приеме содержимого передач, адресованных лицам, проходящим курс лечения в медицинской организации, расположенной в СП, или медицинской организации здравоохранения, учитываются рекомендации лечащих врачей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z235" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113. После вскрытия и сверки содержимого посылок составляется в двух экземплярах опись, в которой указывается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z236" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наименование и перечень вещей и продуктов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z237" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) их внешние признаки:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z238" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) качество, что конкретно из содержимого изъято или сдано на хранение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z239" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предметы, вещества и продукты питания, разрешенные к хранению, передаются осужденному под расписку в описи, первый экземпляр которой приобщается к его личному делу, а второй в номенклатурное дело.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z240" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114. Обнаруженные в передачах предметы, вещества и продукты питания, запрещенные к хранению и использованию осужденными, возвращаются лицу, доставившему передачу, с указанием причин возврата. По каждому случаю обнаружения запрещенных веществ, изделий и предметов, в том числе денег и ценных вещей составляется протокол об административном правонарушении, при этом деньги и ценные вещи по решению суда обращаются в доход государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z241" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115. Посылки и бандероли возвращаются отправителям в случаях, перечисленных в подпунктах 1), 2), 3), 4), 5) и 6) пункта 111 настоящих Правил по почте наложенным платежом с пометкой "подлежит возврату".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z242" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116. Посылки, передачи и бандероли, поступившие в адрес лиц, водворенных в дисциплинарный изолятор, сдаются на склад для хранения и вручаются осужденным после окончания срока их пребывания в дисциплинарном изоляторе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z243" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117. Родственникам осужденных предоставляется возможность через службу финансового обеспечения СП оплатить стоимость продуктов питания, предметов первой необходимости и других промышленных товаров, имеющихся в продаже в магазине СП для последующего их вручения осужденным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z244" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В этом случае родственник или иное лицо подает в службу финансового обеспечения СП заявку в двух экземплярах (в произвольной форме), в котором указываются количество и вес продуктов питания и других товаров, стоимость которых он хочет оплатить и вносит необходимую сумму. После получения осужденным купленного товара, первый экземпляр заявки с его подписью возвращается лицу, оплатившему стоимость товара, а второй экземпляр приобщается к личному делу. Соответствующая отметка делается в справочной картотеке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z245" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118. Администрация СП обеспечивает сохранность вложений посылок, передач и бандеролей, но за естественную порчу этих вложений в силу длительного хранения, в результате досмотра не отвечает.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z246" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119. Посылка, передача или бандероль вручается осужденному не позднее одних суток после их приема, а при убытии осужденного в краткосрочный отпуск, госпитализации, либо водворения в дисциплинарный изолятор - после его возвращения либо окончания отбывания меры взыскания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z247" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120. Работник СП, ответственный за доставку посылок, бандеролей и корреспонденции, при их получении из почтового отделения тщательно осматривает целостность упаковок, конвертов заказных писем. При обнаружении повреждений, составляет акт в двух экземплярах, в котором отражает характер повреждения и подписывает работником почтового отделения. Один экземпляр оставляет в почтовом отделении, другой - подшивает в папку-накопитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z248" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 19. Материально-бытовое обеспечение</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="201"/>
+        <w:t xml:space="preserve"> Глава 21. Порядок медико-санитарного обеспечения осужденных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z249" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121. Прием осужденных в медицинских организациях, расположенных в СП производится по предварительной записи и по медицинским показаниям, в соответствии с режимом работы медицинской организации, расположенной в СП. При необходимости оказания экстренной медицинской помощи, прием осуществляется вне графика и в любое время, а также в экстренных случаях осужденные направляются в медицинские организации здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z250" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122. Прием осужденными лекарственных средств, полученных от родственников, осуществляется строго по медицинским показаниям и только под контролем медицинских работников медицинской организации, расположенной в СП, и хранятся в медицинской организации, расположенной в СП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z251" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123. Осужденные могут хранить при себе суточную норму лекарственных средств, назначаемых при заболеваниях, нуждающихся в непрерывном поддерживающем лечении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z252" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение вопроса о выделении этих лекарственных средств на сутки приема на руки осужденному принимается в соответствии с назначением врача с оформлением специального разрешения на хранение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z253" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      124. Лечение осужденных, страдающих туберкулезом или не прошедших полный курс лечения от инфекций, передающихся половым путем, инфекционного или кожно-заразных заболеваний, а также осужденных, больных синдромом приобретенного иммунодефицита, по решению медицинской комиссии СП проводится в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 июня 2022 года № ҚР ДСМ-61 "Об утверждении Правил оказания медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 28669) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 июня 2022 года № ҚР ДСМ-60 "Об утверждении Правил организации оказания медицинской помощи лицам, больным туберкулезом, содержащимся в учреждениях уголовно-исполнительной (пенитенциарной) системы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 28668).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z254" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125. Осужденные, по их желанию, получают оплачиваемую, дополнительную медицинскую услугу, оказываемую медицинской организацией здравоохранения, в соответствии с имеющимся заболеванием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z255" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для этого осужденный обращается с соответствующей заявкой к начальнику СП, где указывается вид дополнительной медицинской услуги, которую он хотел бы получить.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z256" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По прибытии в СП, медицинский работник, предъявляет документ, подтверждающий его право на занятие медицинской деятельностью, соответствующей профилю заболевания осужденного.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z257" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Вид дополнительной медицинской услуги и ее объем фиксируются в медицинской карте осужденного согласно форме медицинской документации, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z258" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оплата дополнительной медицинской услуги осуществляется администрацией СП путем почтового перевода денег с лицевого счета, осужденного в адрес медицинской организации либо медицинского работника, в сумме, указанной в заявке осужденного.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z259" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оплата дополнительной медицинской услуги осужденным также осуществляется их родственниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z260" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...241 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 20. Порядок приема и передачи осужденным посылок, передач и бандеролей</w:t>
-[...987 lines deleted...]
-      Если родственники умершего проживают не в том населенном пункте, где находится СП или СИ, извещение посылается почтой.</w:t>
+        <w:t xml:space="preserve"> Глава 22. Порядок выдачи тел осужденных, умерших в СП</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z260" w:id="253"/>
+    <w:bookmarkStart w:name="z261" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126. О смерти осужденного администрация СП незамедлительно сообщает в письменной форме его близким родственникам, прокурору, который проводит проверку по данному факту, а также в вышестоящий орган управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z262" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если родственники умершего проживают не в том населенном пункте, где находится СП, извещение посылается почтой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z263" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       О смерти иностранных граждан незамедлительно извещаются Генеральная прокуратура, Министерство иностранных дел, Комитет национальной безопасности, а также руководство Министерства внутренних дел Республики Казахстан. Кроме того, письменно сообщается прокурору, осуществляющему надзор за применением законов в местах содержания под стражей, а также в посольство или иное представительство государства, гражданином которого являлся умерший.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z261" w:id="254"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z264" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       127. Тело умершего после патологоанатомического исследования, а также производства действий, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 131</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения", передается лицам, его востребовавшим. Захоронение умершего, тело которого не востребовано, осуществляется за счет государства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z262" w:id="255"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z265" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128. Родственникам умершего разъясняется порядок получения свидетельства о смерти. Похоронные принадлежности обеспечиваются лицом, востребовавшим тело. Похороны осуществляются за его счет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z263" w:id="256"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z266" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129. Если родственники умершего или иные лица не в состоянии своевременно прибыть для получения тела они сообщают об этом и оплачивают стоимость его хранения сверх установленного срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6297,77 +6147,90 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деятельности и внутреннего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>распорядка специальных учреждений,</w:t>
+              <w:t>распорядка специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>осуществляющих исполнение</w:t>
+              <w:t>учреждений, осуществляющих</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>наказания в виде ареста</w:t>
+              <w:t>исполнение наказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в виде ареста</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -6394,460 +6257,497 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z266" w:id="257"/>
+    <w:bookmarkStart w:name="z269" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> А К Т</w:t>
-[...54 lines deleted...]
-        <w:t>Мы, нижеподписавшиеся ___________________________________________________</w:t>
+        <w:t xml:space="preserve"> АКТ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z270" w:id="260"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___"_________20__г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>специальный приемник _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(района, города, области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мы, нижеподписавшиеся ________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(указать должность, звание, фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________</w:t>
+        <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Составили настоящий акт о том, что при приеме осужденного</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_________________________________________________________________________</w:t>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии), год рождения, статья, срок)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>в специальный приемник или следственный изолятор ДУИС</w:t>
-[...118 lines deleted...]
-        <w:t>_________________________________________________________________________</w:t>
+        <w:t>в специальный приемник ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(района, города, области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать имеющееся несоответствие фотографии осужденного, анкетных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>данных, документов, удостоверяющих личность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О чем составлен настоящий акт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(должность, звание) (должность, звание,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>___________________________________ ______________________________________</w:t>
-[...67 lines deleted...]
-        <w:t>в личное дело осужденного.</w:t>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) (фамилия, имя, отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z271" w:id="261"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: акт составляется в трех экземплярах, первый экземпляр в суд,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вынесший приговор осужденному, второй - в ДП _________области,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>третий – подшивается в личное дело осужденного.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6935,77 +6835,77 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>распорядка специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учреждений,</w:t>
+              <w:t>учреждений, осуществляющих</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>осуществляющих исполнение</w:t>
+              <w:t>исполнение наказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>наказания в виде ареста</w:t>
+              <w:t>в виде ареста</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7032,668 +6932,668 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z270" w:id="259"/>
+    <w:bookmarkStart w:name="z274" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень вещей и предметов, которые осужденным к аресту разрешается иметь при себе, получать в посылках, передачах, бандеролях и приобретать в магазинах специального приемника или следственного изолятора</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z272" w:id="261"/>
+        <w:t xml:space="preserve"> Перечень вещей и предметов, которые осужденным разрешается иметь при себе, получать в посылках, передачах, бандеролях и приобретать в магазинах специального приемника</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z275" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осужденные могут иметь при себе, хранить, получать в посылках, передачах и приобретать в магазинах специального приемника:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z276" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) продукты питания, кроме требующих тепловой обработки и скоропортящихся с истекшим сроком хранения, а также дрожжей, алкогольных напитков и пива. Перечень продуктов питания ограничивается по предписанию уполномоченного органа государственного контроля и надзора в сфере санитарно-эпидемиологического благополучия населения. Общий вес продуктов питания, предметов первой необходимости, обуви, одежды и других промышленных товаров, которые подозреваемый и обвиняемый может хранить при себе не должен превышать 35 килограммов, в том числе кофе и чая не более 2 килограмм;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z273" w:id="262"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z277" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) табачные изделия (табак не более 2 килограмм, сигарет или папирос не более 20 пачек), спички;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z274" w:id="263"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z278" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) одежду (однотонного черного, темно-синего, темно-коричневого, темно-зеленого или серого цветов) в одном комплекте без поясных ремней, подтяжек и галстуков, а также головной убор, обувь по сезону (без супинаторов, металлических набоек);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z276" w:id="265"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z279" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) спортивный костюм в одном комплекте или домашний халат для женщин;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z280" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) нательное белье;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z277" w:id="266"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z281" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) носки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z278" w:id="267"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z282" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) чулки или колготки (для женщин);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z279" w:id="268"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z283" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) перчатки или варежки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z280" w:id="269"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z284" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) платки носовые;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z281" w:id="270"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z285" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) тапочки комнатные или спортивные (одну пару);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z283" w:id="272"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z286" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) туалетные принадлежности (туалетное, хозяйственное мыло, жидкое мыло или шампуни (по назначению врача медицинской организации, расположенной в СП), зубная паста, зубная щетка, пластмассовые футляры для мыла и зубной щетки, крема, гребень, расческа);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z287" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) зеркало карманное (при отсутствии зеркала в камере), бритву электрическую или бритвы безопасные разового пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z284" w:id="273"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z288" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) вещевой мешок или сумку;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z285" w:id="274"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z289" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) очки и футляры пластмассовые для очков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z286" w:id="275"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z290" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) косынки, рейтузы, пояса, бюстгальтеры, марлю, заколки, вату, гигиенические и косметические принадлежности (для женщин);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z287" w:id="276"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z291" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) костыли, деревянные трости, протезы, инвалидные коляски, очки с оправой из недрагоценных металлов, контактные линзы и средства по уходу за ними (по разрешению врачей);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z288" w:id="277"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z292" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) электрокипятильник бытовой заводского изготовления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z289" w:id="278"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z293" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) мочалку или губку;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z290" w:id="279"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z294" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) шариковую авторучку, стержни к ней, карандаши;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z291" w:id="280"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z295" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) бумагу для письма, ученические тетради, почтовые конверты, открытки, почтовые марки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z293" w:id="282"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z296" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) туалетную бумагу, приобретенную в магазине (ларьке) СП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z297" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) постельное белье в одном комплекте (две простыни и наволочка) однотонного белого цвета, полотенце;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z295" w:id="284"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z298" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) художественную и иную литературу, а также издания периодической печати из библиотеки СП либо приобретенные через его администрацию в торговой сети;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z299" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) фотокарточки - не более двух;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z296" w:id="285"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z300" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) настольные игры (шашки, шахматы, домино, нарды);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z297" w:id="286"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z301" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) средства предназначенные по уходу за ребенком (женщинам имеющим при себе детей до трех лет по разрешению врача);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z299" w:id="288"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z302" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) лекарственные средства по назначению врача медицинской организации, расположенной в СП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z303" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Помимо перечисленного, подозреваемым и обвиняемым разрешается иметь при себе и хранить документы и записи, относящиеся к уголовному делу либо касающиеся вопросов реализации их прав и законных интересов, а также бланки почтовых отправлений, квитанции на сданные на хранение деньги, ценности, документы и другие предметы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z300" w:id="289"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z304" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Предметы и вещи, не предусмотренные настоящим Перечнем, являются запрещенными.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkEnd w:id="292"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7792,51 +7692,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>учреждений, осуществляющих</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>исполнение наказания в виде ареста</w:t>
+              <w:t>исполнение наказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в виде ареста</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7863,530 +7776,516 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z303" w:id="290"/>
+    <w:bookmarkStart w:name="z307" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Протокол личного обыска осужденного к аресту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z308" w:id="294"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>года рождения, доставленного в специальный приемник</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________г.________________ "___"______20__г.</w:t>
+        <w:t>_________________________ г.________________ "___"______20__г.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>При обыске осмотрены все личные вещи. При этом изъято:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________</w:t>
-[...50 lines deleted...]
-        <w:t>__________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заявления и претензии по поводу обыска</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________</w:t>
-[...118 lines deleted...]
-        <w:t>__________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(если поступили, кратко изложить их сущность,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а если нет - указать: "Не поступило")</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Изъятое при обыске в протокол внесено полностью. Правильность записи</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подпись осужденного к аресту)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Обыск производили:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(должность, фамилия, имя, отчество (при его наличии) лиц, производивших обыск)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_______ "____" __________20 г. ______________________________________________</w:t>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"____" __________20 г. __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подписи лиц, производивших обыск)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-    </w:p>
+      <w:bookmarkStart w:name="z309" w:id="295"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: протокол составляется в двух экземплярах, первый экземпляр</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подшивается в личное дело осужденного, второй - передается осужденному к аресту.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -8489,77 +8388,77 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>распорядка специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учреждений,</w:t>
+              <w:t>учреждений, осуществляющих</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>осуществляющих исполнение</w:t>
+              <w:t>исполнение наказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>наказания в виде ареста</w:t>
+              <w:t>в виде ареста</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -8586,378 +8485,412 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z307" w:id="292"/>
+    <w:bookmarkStart w:name="z312" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z308" w:id="293"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z313" w:id="297"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мы, нижеподписавшиеся, комиссия в составе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-[...99 lines deleted...]
-        <w:t>( __________ ) __________________________________________________________,</w:t>
+    <w:bookmarkEnd w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, звание, фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>произвели изъятие (приняли на хранение) у осужденного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ценностей, денег (фамилия, имя, отчество (при его наличии) перечисляются</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в сумме ( __________ )</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>прописью предметов и продуктов питания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_______________________________________________________________________,</w:t>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">перечисляются в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> УИК Всего передано:</w:t>
-[...101 lines deleted...]
-        <w:t>"___"_____________ ____ года</w:t>
+        <w:t xml:space="preserve"> УИК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Всего передано:_________ наименований ценностей, ___________ денег,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(количество) (сумма) ________________ наименований продуктов питания,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предметов. (количество)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Передал: _________ (фамилия, имя, отчество (при его наличии), роспись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Принял: _________ (фамилия, имя, отчество (при его наличии), роспись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Присутствовал: ____ (фамилия, имя, отчество (при его наличии), роспись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" _____________ ____ года</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9045,77 +8978,77 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>распорядка специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учреждений,</w:t>
+              <w:t>учреждений, осуществляющих</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>осуществляющих исполнение</w:t>
+              <w:t>исполнение наказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>наказания в виде ареста</w:t>
+              <w:t>в виде ареста</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9142,104 +9075,188 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z311" w:id="294"/>
+    <w:bookmarkStart w:name="z316" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета изъятых у осужденных денег и ценностей</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>______________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(наименование учреждения)</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="294"/>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начат _____________ 20__ года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Окончен ___________ 20__ года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -9472,51 +9489,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата сдачи денег (ценностей) в бухгалтерию СП или СИ и номер квитанции)</w:t>
+Дата сдачи денег (ценностей) в бухгалтерию СП и номер квитанции)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9735,70 +9752,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z312" w:id="295"/>
+    <w:bookmarkStart w:name="z318" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkEnd w:id="299"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9883,52 +9900,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Зачислено на счет СП или СИ</w:t>
+              <w:t xml:space="preserve">
+Зачислено на счет СП </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
@@ -10023,110 +10040,110 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z313" w:id="296"/>
+    <w:bookmarkStart w:name="z319" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z315" w:id="298"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z320" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В журнале учитываются деньги и ценности, изъятые у осужденных, а также, обнаруженные сотрудниками, на территории СП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z321" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. ДПНСП, ведет контроль по своевременному заполнению журнала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkEnd w:id="302"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10309,388 +10326,388 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z318" w:id="299"/>
+    <w:bookmarkStart w:name="z324" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типовой распорядок дня осужденных к аресту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z319" w:id="300"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z325" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Подъем - не позднее 7 часов утра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z320" w:id="301"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z326" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Физзарядка (добровольно) - до 15 мин.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z321" w:id="302"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z327" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Туалет, заправка коек - до 20 мин.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z322" w:id="303"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z328" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Утренняя и вечерняя проверка - до 40 мин.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z323" w:id="304"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z329" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Завтрак - до 30 мин.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z324" w:id="305"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z330" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Прогулка, вывод на медицинские процедуры – до 1,5 часов (до обеда).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z325" w:id="306"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z331" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Обеденный перерыв - до 1 часа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z326" w:id="307"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z332" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Прогулка, вывод на медицинские процедуры – до 1,5 часов (после обеда).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z327" w:id="308"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z333" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Помывка - до 2 часов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z328" w:id="309"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z334" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Ужин - до 30 мин.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z329" w:id="310"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z335" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Личное время - время свободное от мероприятий, необозначенных в распорядке дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z330" w:id="311"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z336" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Подготовка ко сну - до 15 мин.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z331" w:id="312"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z337" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Сон (непрерывный) - 8 часов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z332" w:id="313"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z338" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z334" w:id="315"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z339" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Распорядок дня составляется в каждом СП, исходя из местных условий, продолжительности светового дня, времени года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z340" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Распорядок дня осужденных к аресту, содержащихся в карантинном отделении, дисциплинарном изоляторе устанавливается отдельно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkEnd w:id="319"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10872,123 +10889,254 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждаю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z337" w:id="316"/>
-[...47 lines deleted...]
-    <w:bookmarkStart w:name="z338" w:id="317"/>
+      <w:bookmarkStart w:name="z344" w:id="320"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Начальник специального приемника _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(звание, подпись, фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"___" __________ 20__г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z346" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> План покамерного размещения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkEnd w:id="321"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -11265,292 +11413,330 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z339" w:id="318"/>
+    <w:bookmarkStart w:name="z347" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осужденные мужчины:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-[...50 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z348" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) впервые осужденные;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z349" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ранее отбывавшие наказание в местах лишения свободы (независимо от состава преступления) и имеющие судимость;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z350" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осужденные – бывшие работники судов, правоохранительных и специальных органов, лица, уполномоченные на осуществление контроля и надзора за поведением осужденных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z351" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осужденные женщины:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...151 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z352" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) впервые осужденные;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z353" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ранее отбывавшие наказание в местах лишения свободы (независимо от состава преступления) и имеющие судимость;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z354" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осужденные – бывшие работники судов, правоохранительных и специальных органов, лица, уполномоченные на осуществление контроля и надзора за поведением осужденных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z355" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осужденные, содержащиеся в дисциплинарном изоляторе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z356" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осужденные больные в медицинской организации, расположенной в СП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z357" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осужденные, содержащиеся в камерах сборного отделения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z358" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z359" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      План покамерного размещения должен находиться в дежурной части, в кабинетах руководства специального приемника, оперативной службы, служб специального учета, а также режима и охраны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z360" w:id="335"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Начальник специального приемника</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______ ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11767,288 +11953,346 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z342" w:id="319"/>
+    <w:bookmarkStart w:name="z363" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____" _____________ 20___ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z364" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Требования к оборудованию общих камер</w:t>
-[...222 lines deleted...]
-    <w:bookmarkEnd w:id="330"/>
+        <w:t xml:space="preserve"> Постановление о переводе осужденного в одиночную камеру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z365" w:id="338"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осужденный ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(излагаются обстоятельства, дающие основание для содержания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в одиночной камере)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановил:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Осужденного __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>перевести для дальнейшего содержания в одиночную камеру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Начальник специального приемника</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(звание) (подпись) (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" __________20__г.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12231,1103 +12475,587 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z356" w:id="331"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z357" w:id="332"/>
+    <w:bookmarkStart w:name="z368" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Постановление о переводе осужденного в одиночную камеру</w:t>
-[...156 lines deleted...]
-        <w:t>__________________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> Камерная карточка</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z369" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Личное дело № _____</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z370" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Список изоляции № _____</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z371" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отбывал ли ранее наказание</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z372" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Фамилия ______________________ в местах лишения свободы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z373" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Имя __________________________ (да, нет) _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z374" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Отчество (при его наличии) ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z375" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Год рождения _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z376" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Сведения о перемещении)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z377" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Привлекается по ст. ___________ ________________________ УК</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z378" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № камеры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z379" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата _______ Подпись _______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z380" w:id="351"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ранее судим ____ раз по ст. |___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z381" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Дата прибытия в СП |_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z382" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Осужден "___" _____ 20 __ года |_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z383" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на срок ______________________ |________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z384" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Вид колонии определенной судом |______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z385" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________|________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z386" w:id="357"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Личный обыск при приеме производил |_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________|________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>перевести для дальнейшего содержания в одиночную камеру.</w:t>
-[...739 lines deleted...]
-        <w:t>сотрудника, производившего обыск _____________________________ (подпись)</w:t>
+        <w:t>сотрудника, производившего обыск _______________________(подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Поместить в камеру № ________ ____________ (подпись лица, давшего указание)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>На сданные на хранение вещи (ценности) выписаны квитанции № __________</w:t>
-[...52 lines deleted...]
-    </w:p>
+        <w:t>На сданные на хранение вещи (ценности) выписаны квитанции № ______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Когда и куда выбыл ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z387" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень собственных вещей осужденного к аресту, имеющихся у него</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z388" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при поступлении и полученных в передачах и посылках, разрешенных к хранению в камере.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -13884,115 +13612,118 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (дата)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z363" w:id="336"/>
+      <w:bookmarkStart w:name="z389" w:id="360"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "___" _______ 20 __ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkEnd w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Других вещей, кроме указанных у меня нет ____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подпись заключенного)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...15 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z390" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень вещей, принадлежащих СП, выданных в пользование осужденному к аресту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15095,51 +14826,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 11</w:t>
+              <w:t>Приложение 10</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -15244,188 +14975,122 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z366" w:id="337"/>
+    <w:bookmarkStart w:name="z393" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Требования к оборудованию прогулочных дворов</w:t>
-[...122 lines deleted...]
-    <w:bookmarkEnd w:id="343"/>
+        <w:t xml:space="preserve"> Журнал приема осужденных и иных лиц по личным вопросам</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z394" w:id="363"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, звание и фамилия, имя, отчество (при его наличии) должностного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лица, осуществляющего прием)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15459,305 +15124,69 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 12</w:t>
+              <w:t>Начат ______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам организации</w:t>
-[...129 lines deleted...]
-              <w:t>форма</w:t>
+              <w:t>Окончен ____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z375" w:id="344"/>
-[...104 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16272,90 +15701,87 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z377" w:id="346"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z396" w:id="364"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Журнал состоит из двух частей, должен быть пронумерован, прошнурован, опечатан и заверен подписью работника канцелярии специального приемника.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16389,51 +15815,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 13</w:t>
+              <w:t>Приложение 11</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -16538,435 +15964,397 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z381" w:id="348"/>
+    <w:bookmarkStart w:name="z399" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОСТАНОВЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о наложении на осужденного взыскания</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z400" w:id="366"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осужденный(ая) _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии), год рождения)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>допустил(а) нарушение режима отбывания наказания, выразившееся в том, что</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve"> (фамилия, имя, отчество (при его наличии)</w:t>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(излагается существо нарушения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Рассмотрев письменное объяснение осужденного(ой) _______и другие</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">материалы проверки, руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 133 УИК</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВИЛ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Осужденному (ой) _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>за нарушения отбытия режима наказания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(указывается вид взыскания)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________</w:t>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> (звание) (подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+        <w:t>Начальник специального приемника</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(звание) (подпись) (фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"___"__________20__г.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -17053,51 +16441,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 14</w:t>
+              <w:t>Приложение 12</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -17202,163 +16590,214 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z387" w:id="352"/>
+    <w:bookmarkStart w:name="z403" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министерство внутренних дел Республики Казахстан</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(наименование территориального органа)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z404" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Журнал учета взысканий осужденных к наказанию в виде ареста</w:t>
-[...73 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Журнал учета взысканий осужденных к наказанию в виде ареста</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начат "__" _________ 20__г.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Окончен "___" ______ 20__г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z406" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок хранения ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -17590,52 +17029,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Подпись начальника специального приемника или следственного изолятора</w:t>
+              <w:t xml:space="preserve">
+Подпись начальника специального приемника </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17931,51 +17370,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 15</w:t>
+              <w:t>Приложение 13</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18080,171 +17519,701 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z391" w:id="354"/>
+    <w:bookmarkStart w:name="z409" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Удостоверение № ____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z410" w:id="371"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выдано _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии) осужденного)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>19__ года рождения, уроженцу _______, осужденного по статье ___ УК, начало срока</w:t>
-[...16 lines deleted...]
-        <w:t>_____, конец срока ______ в том, что ему разрешен краткосрочный выезд</w:t>
+        <w:t>______ года рождения, уроженцу _______, осужденного по статье ___ УК,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>начало срока_____, конец срока ______ в том, что ему разрешен краткосрочный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выезд из специального приемника в связи</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(указать основание выезда в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 86</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УИК)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(место пребывания)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на _____ суток, из которых _______ суток на дорогу. ________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>он обязан возвратиться к месту отбывания наказания в специальный приемник</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование) по адресу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>телефон, телефакс: ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место для фотографии Начальник отдела специального учета</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________ (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отметка начальника органа внутренних дел о прибытии осужденного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место для гербовой печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прибыл ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(дата, подпись, гербовая печать)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место для подписи ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Убыл __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осужденного (дата, подпись, гербовая печать)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Корешок удостоверения №_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>На основании приказа начальника ___________ от ____ 20__ года № ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Осужденному___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии), год рождения, статья УК, срок,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(начало и конец срока) в том, что ему разрешен краткосрочный выезд</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>из специального приемника в связи</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(указать основание выезда в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -18254,734 +18223,153 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УИК)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>в _______________________________________________________________________</w:t>
-[...648 lines deleted...]
-        <w:t>Прибыл ______ 20___ г.</w:t>
+        <w:t>в______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(место пребывания) продолжительностью _______ суток,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>из которых _______ суток на дорогу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Удостоверение выдано _______ 20___ г. ________ (подпись осужденного)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Убыл ________ 20___ г. Прибыл ______ 20___ г.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Начальник отдела специального учета</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________</w:t>
+        <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -19051,51 +18439,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 16</w:t>
+              <w:t>Приложение 14</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -19200,103 +18588,103 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z395" w:id="356"/>
+    <w:bookmarkStart w:name="z413" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Подписка</w:t>
-[...37 lines deleted...]
-        <w:t>_________________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> Расписка</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z414" w:id="373"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Я, осужденный (ая) ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -19340,51 +18728,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Я предупрежден (а) об ответственности по </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 427</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> УК за уклонение от отбывания наказания.</w:t>
+        <w:t xml:space="preserve"> УК за уклонение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от отбывания наказания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________ 20__ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -19522,51 +18927,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 17</w:t>
+              <w:t>Приложение 15</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -19677,64 +19082,64 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z399" w:id="358"/>
+      <w:bookmarkStart w:name="z417" w:id="374"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На лицевом счете имеется ________ тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkEnd w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Квитанция № ________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -19742,88 +19147,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бухгалтер _______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Осужденный ____________________ ____________________ 20_ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z400" w:id="359"/>
+    <w:bookmarkStart w:name="z418" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z401" w:id="360"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z419" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу разрешить мне приобрести следующие товары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkEnd w:id="376"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20466,96 +19871,113 @@
               <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(подпись осужденного)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z403" w:id="361"/>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="361"/>
+      <w:bookmarkStart w:name="z421" w:id="377"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расписка Товары на сумму ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>получил (прописью)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Эту сумму прошу списать с моего лицевого счета.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подпись осужденного)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -20625,51 +20047,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 18</w:t>
+              <w:t>Приложение 16</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -20774,648 +20196,227 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z406" w:id="362"/>
+    <w:bookmarkStart w:name="z424" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень мебели и инвентаря комнаты приема передач</w:t>
-[...422 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Заявка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-[...68 lines deleted...]
-        <w:t xml:space="preserve"> (адрес местожительства)</w:t>
+    <w:bookmarkEnd w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z425" w:id="379"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      От гражданина _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии) проживающего</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(адрес местожительства)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Прошу принять передачу для осужденного</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________</w:t>
-[...52 lines deleted...]
-    </w:p>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) (год рождения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z426" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Опись продуктов (предметов) передачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -21848,176 +20849,176 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>__________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"___"_____20__года</w:t>
+              <w:t>"___" _____ 20__ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z421" w:id="374"/>
+      <w:bookmarkStart w:name="z428" w:id="381"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Передачу принял</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-[...14 lines deleted...]
-        <w:t>_________________________________________________________________</w:t>
+    <w:bookmarkEnd w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подпись сотрудника, принявшего передачу)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Передачу получил</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подпись осужденного, получившего передачу)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"___"__________20__года</w:t>
+        <w:t>"___" __________ 20__ года</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -22053,51 +21054,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 20</w:t>
+              <w:t>Приложение 17</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -22202,248 +21203,248 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z424" w:id="375"/>
+    <w:bookmarkStart w:name="z431" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Досмотр продуктовых и вещевых передач и посылок</w:t>
-      </w:r>
-[...138 lines deleted...]
-      7. Конфеты принимаются без оберток.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="382"/>
     <w:bookmarkStart w:name="z432" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Все другие продукты, которые могут быть использованы для сокрытия в них переписки и запрещенных предметов, должны проверяться в таком же порядке. Досмотр производится таким образом, чтобы продукты не теряли своего качества.</w:t>
+      1. Хлебные изделия (булки, батоны, буханки и тому подобное) разрезаются на две, три части.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="383"/>
     <w:bookmarkStart w:name="z433" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      2. Жидкие продукты переливаются в посуду СП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z434" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Консервы вскрываются и перекладываются в другую посуду.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z435" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сельдь разрезается на две, три части.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z436" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Колбасные изделия разрезаются на несколько частей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z437" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сыпучие предметы (махорка, сахар) пересыпаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z438" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Конфеты принимаются без оберток.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z439" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Все другие продукты, которые могут быть использованы для сокрытия в них переписки и запрещенных предметов, должны проверяться в таком же порядке. Досмотр производится таким образом, чтобы продукты не теряли своего качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z440" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       9. Вещи и предметы должны также тщательно проверяться. При необходимости используются поисковые приборы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkEnd w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -22823,31 +21824,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>