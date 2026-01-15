--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b60724f" w14:textId="b60724f">
+    <w:p w14:paraId="b2658f9" w14:textId="b2658f9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1614,94 +1614,356 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Заседания комиссии проводятся в соответствии с планом работы, утверждаемым председателем комиссии и сопровождаются оформлением протокола. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z33" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Военнослужащий, не согласный с результатом прохождения этапа отбора, обращается в течение одного рабочего дня с письменным заявлением (в произвольной форме) к председателю комиссии. </w:t>
+      9. Военнослужащий, не согласный с решением отборочной комиссии, подает жалобу в комиссию, в сроки, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 92</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z34" w:id="23"/>
-[...15 lines deleted...]
-      Решение комиссии по существу заявления, оформленное протоколом, выносится в течение одного рабочего дня со дня поступления заявления.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия, в течении одного рабочего дня со дня поступления жалобы направляет ее в апелляционную комиссию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:bookmarkStart w:name="z63" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом комиссия, чей административный акт, административное действие (бездействие) обжалуется, вправе не направлять жалобу в апелляционную комиссию, если она в течении одного рабочего дня примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z64" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок рассмотрения жалобы апелляционной комиссией составляет двадцать рабочих дней со дня поступления жалобы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z65" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях обеспечения соблюдения единых требований и разрешения спорных вопросов по результатам отбора, приказом Министра обороны Республики Казахстан до 10 июля года отбора создается апелляционная комиссия. В состав комиссии не могут входить лица, участвовавшие в оценке и принятии решений по результатам конкурсного отбора в отношении кандидатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z66" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляционная комиссия работает с военнослужащими в индивидуальном порядке. Рассмотрение жалоб осуществляется по материалам результатов этапов отбора кандидата. Неявка кандидата на заседание апелляционной комиссии, не является препятствием к рассмотрению жалобы по существу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z67" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение апелляционной комиссии принимается большинством голосов от общего числа членов комиссии. При равенстве голосов голос председателя апелляционной комиссии является решающим. Работа апелляционной комиссии оформляется протоколом, подписанным председателем и всеми членами комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z68" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае вынесения отказа, проект предварительного протокола направляется военнослужащему вместе с уведомлением о форме, времени и месте проведения заслушивания для возможности выразить военнослужащим позицию по предварительному протоколу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z69" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление с проектом предварительного протокола направляется не менее чем за 3 (три) рабочих дня до завершения срока рассмотрения жалобы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z70" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Военнослужащий предоставляет или высказывает возражения к проекту предварительному протоколу в срок не позднее 2 (двух) рабочих дней со дня получения проект предварительного протокола.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z71" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии у военнослужащего возражений к проекту предварительного протокола, апелляционная комиссия направляет итоговый протокол, подписанный председателем и всеми членами комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа Министра обороны РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1682</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Решение комиссии об отборе на учебу либо отказе, с указанием анкетных данных военнослужащих, представляется в структурное подразделение МО РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1720,148 +1982,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Военнослужащие в части, их касающейся, письменно ознакамливаются с решениями комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение комиссии может быть обжаловано военнослужащими в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Члены комиссии соблюдают строгую конфиденциальность в отношении информации отбора и обеспечивают полное отсутствие доступа посторонних лиц к документам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок отбора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Отбор военнослужащих в иностранные ВУЗы, реализующие образовательные программы высшего военного образования, отвечающих требованиям профессионального отбора и иностранных ВУЗов, осуществляется в три этапа:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на первом этапе – формируются списки военнослужащих на основании поступивших документов, указанных в пункте 3 настоящих Правил;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2006,70 +2268,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="30"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Прохождение каждого этапа отбора допускается только один раз. Военнослужащий, не прошедший предыдущий этап, к следующему этапу не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2098,90 +2360,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="31"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. В случаях предъявления иностранным ВУЗом более высоких медицинских требований к состоянию здоровья, военнослужащие подлежат направлению на внеочередное медицинское освидетельствование в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> проведения военно-врачебной экспертизы в Вооруженных Силах Республики Казахстан, утвержденными приказом Министра обороны Республики Казахстан от 21 декабря 2020 года № 716 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21869).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2200,70 +2462,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="32"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Итоги отбора оформляются протоколом, результаты которого являются основанием для издания приказа Министра обороны Республики Казахстан о направлении в иностранные ВУЗы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2282,150 +2544,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="33"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В случае, если условия зачисления в иностранный ВУЗ, отличаются от условий зачисления, указанных в настоящих Правилах, отбор проводится в соответствии с международными договорами Республики Казахстан и контрактами, а также приглашением на обучение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z49" w:id="34"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Принимающая сторона проводит с прошедшими отбор, собеседование и/или экзамены на соответствие требованиям принимающей стороны. Результаты собеседования и/или экзаменов являются решающими при зачислении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z50" w:id="35"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Направление отобранных военнослужащих в иностранные ВУЗы осуществляется приказом Министра обороны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z51" w:id="36"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Выписки из приказа о направлении на обучение военнослужащих высылаются в кадровые органы ВУЗов МО РК, от которых отобраны военнослужащие.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z52" w:id="37"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кадровым органом ВУЗа МО РК в контракте о прохождении воинской службы, заключенном при поступлении в ВУЗ МО РК с военнослужащим, отобранным для прохождения обучения в иностранном ВУЗе, вносится запись о направлении для дальнейшего обучения в иностранный ВУЗ со ссылкой на приказ Министра обороны Республики Казахстан. Внесенная запись доводится до отобранного военнослужащего под роспись и приобщается в личное дело.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Военнослужащие, отобранные для продолжения обучения в иностранные ВУЗы, учитываются в списках личного состава ВУЗа МО РК. Военнослужащие обеспечиваются положенными видами довольствия в соответствии с международными договорами Республики Казахстан и контрактами, а также приглашением на обучение.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2462,51 +2724,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="38"/>
+    <w:bookmarkStart w:name="z58" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21-1. Военнослужащие, исключенные из иностранного ВУЗа, реализующие образовательные программы высшего образования, прибывают в ВУЗ МО РК, в котором учтены в списках личного состава. В ВУЗе МО РК исключенный военнослужащий представляется на заседание ученого совета для принятия решения о дальнейшем обучении в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2521,51 +2783,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра обороны Республики Казахстан от 7 августа 2017 года № 419 "Об утверждении Правил отчисления из военных учебных заведений Министерства обороны Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15634) и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра обороны Республики Казахстан от 22 января 2016 года № 37 "Об утверждении Правил перевода и восстановления в военные учебные заведения, подведомственные Министерству обороны Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13239).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2584,70 +2846,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="39"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Военнослужащие, отобранные на обучение в иностранные ВУЗы, реализующие образовательные программы послевузовского образования, зачисляются в распоряжение начальника Национального университета обороны имени Первого Президента Республики Казахстан – Елбасы и направляются для зачисления адъюнктами в иностранные ВУЗы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2791,68 +3053,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="40"/>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПРОТОКОЛ № ____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение - в редакции приказа Министра обороны РК от 12.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3939,55 +4201,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>