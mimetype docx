--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2518462" w14:textId="2518462">
+    <w:p w14:paraId="e9434df" w14:textId="e9434df">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -569,93 +570,76 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-            </w:r>
+              <w:t>      Министр обороны</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министр обороны</w:t>
-[...22 lines deleted...]
-              </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>генерал-полковник</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -812,4048 +796,2898 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 17 июля 2017 года № 357</w:t>
+              <w:t>от 17июля 2017 года № 357</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Правила набора призывников, военнообязанных, их направления и обучения на безвозмездной и возмездной основах, организации учебно-воспитательного процесса, а также сроки обучения по военно-техническим и иным специальностям в специализированных организациях Министерства обороны Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила – в редакции приказа Министра обороны РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>набора призывников, военнообязанных, их направления и обучения на безвозмездной и возмездной основах, организации учебно-воспитательного процесса, а также сроки обучения по военно-техническим и иным специальностям в специализированных организациях Министерства обороны Республики Казахстан</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkStart w:name="z43" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящие Правила набора призывников, военнообязанных, их направления и обучения на безвозмездной и возмездной основах, организации учебно-воспитательного процесса, а также сроки обучения по военно-техническим и иным специальностям в специализированных организациях Министерства обороны Республики Казахстан (далее – Правила) определяют порядок набора призывников, военнообязанных, их направления и обучения на безвозмездной и возмездной основах, организации учебно-воспитательного процесса, а также сроки обучения по военно-техническим и иным специальностям в специализированных организациях Министерства обороны Республики Казахстан (далее – специализированные организации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z44" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z45" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информационная система "Интеграционный шлюз автоматизированной системы мобилизационных ресурсов Министерства обороны Республики Казахстан" (далее – ИС "ИШ АСМР МО РК") – информационная система, предназначенная для автоматизации ведение воинского учета и оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z46" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) учебно-материальная база – комплекс материальных и технических средств, зданий и сооружений, обеспечивающих подготовку военно-технических и иных специалистов по специальностям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z47" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) самостоятельная подготовка – основной метод повышения теоретического уровня знаний по специальности, педагогического мастерства обучающего состава.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z48" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Обучение призывников и военнообязанных по военно-техническим и иным специальностям производится в специализированных организациях на безвозмездной основе в соответствии с потребностью Вооруженных Сил Республики Казахстан и на возмездной основе с полным или частичным возмещением расходов на обучение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z49" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Генеральным штабом Вооруженных Сил Республики Казахстан в соответствии с потребностью Вооруженных Сил Республики Казахстан в военно-технических и иных специалистах, на предстоящий календарный год разрабатываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z50" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      план подготовки по военно-техническим и иным специальностям в специализированной организации Министерства обороны Республики Казахстан на безвозмездной основе на соответствующий год (далее – план подготовки на безвозмездной основе) по форме, согласно приложению 1 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z51" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      план подготовки по военно-техническим и иным специальностям в специализированной организации Министерства обороны Республики Казахстан на возмездной основе на соответствующий год (далее – план подготовки на возмездной основе) по форме, согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z52" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Планы подготовки на безвозмездной и возмездной основах на предстоящий календарный год утверждаются в срок до 1 декабря текущего года Министром обороны Республики Казахстан и доводятся до специализированных организаций, местных органов военного управления (далее – МОВУ) и ответственных исполнителей мероприятий бюджетных программ для планирования расходов на плановый период и организации работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z53" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Утвержденный план подготовки на возмездной основе вносится в ИС "ИШ АСМР МО РК".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z54" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Комплектование специализированных организаций проводится по территориальному и экстерриториальному принципам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z55" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) самостоятельная подготовка – основной метод повышения теоретического уровня знаний по специальности, педагогического мастерства обучающего состава; </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+      8. Призывники и военнообязанные по картам медицинского освидетельствования, по форме, согласно приложению 3 к настоящим Правилам, проходят медицинское освидетельствование в соответствии с Правилами проведения военно-врачебной экспертизы и Положения о комиссиях военно-врачебной экспертизы в Вооруженных Силах Республики Казахстан, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра обороны Республики Казахстан от 21 декабря 2020 года № 716 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21869) (далее – Правила проведения военно-врачебной экспертизы), и требованиями, предъявляемыми к состоянию здоровья лиц для прохождения службы в Вооруженных Силах, других войсках и воинских формированиях Республики Казахстан, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра обороны Республики Казахстан от 22 декабря 2020 года № 722 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21863).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z56" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Обучение призывников, военнообязанных по военно-техническим и иным специальностям производится в специализированных организациях на безвозмездной основе в соответствии с потребностью Вооруженных Сил Республики Казахстан и на возмездной основе с полным или частичным возмещением расходов на обучение.</w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+      9. В настоящих Правилах предусматриваются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z57" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. План подготовки на безвозмездной основе на планируемый период (три года) согласовывается с заинтересованными структурными подразделениями Министерства обороны Республики Казахстан (далее – МО РК), утверждается в срок до 20 февраля текущего года первым заместителем Министра обороны – начальником Генерального штаба Вооруженных Сил Республики Казахстан, и доводится до специализированных организаций, местных органов военного управления (далее - МОВУ) и соответствующих ответственных исполнителей мероприятий бюджетных программ для планирования расходов на плановый период и организации работы.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+      1) сроки обучения призывников и военнообязанных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z58" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) набор и направление призывников на обучение на безвозмездной основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z59" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) набор и направление призывников и военнообязанных на обучение на возмездной основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z60" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) организация учебно-воспитательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z61" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) порядок обжалования решений, действий (бездействия) должностных лиц по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z62" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) формы документов и порядок их ведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z63" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок набора призывников, военнообязанных</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+        <w:t xml:space="preserve"> Глава 2. Порядок набора и направления призывников на подготовку на безвозмездной основе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z64" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Для обучения в специализированные организации не направляются призывники, военнообязанные, имеющие судимость.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
+      10. На безвозмездной основе к подготовке по военно-техническим и иным специальностям привлекаются граждане, годные по состоянию здоровья к воинской службе, в возрасте от семнадцати лет шести месяцев до двадцати шести лет, подлежащие призыву на срочную воинскую службу после окончания подготовки или зачисляемые в мобилизационный резерв.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z65" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Набор на подготовку проводится МОВУ из числа призывников, имеющих основное среднее образование и выше. При отборе призывников для обучения также учитываются ранее полученные специальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z66" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Отбор призывников для обучения заканчивается не позднее, чем за десять календарных дней до начала учебных занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z67" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Призывники, отобранные для подготовки, в сопровождении представителей МОВУ, к началу обучения передаются специализированным организациям по именным спискам призывников, отобранных для подготовки по военно-техническим и иным специальностям на безвозмездной основе (далее – именные списки) по форме, согласно приложению 4 к настоящим Правилам, составленным в двух экземплярах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z68" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый экземпляр именных списков и карты медицинского освидетельствования передаются в специализированные организации, вторые экземпляры именных списков хранятся в МОВУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z69" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Призывникам в возрасте от семнадцати лет шести месяцев до восемнадцати лет, к именным спискам приобщаются согласия их законных представителей на заключение договора на обучение по военно-техническим и иным специальностям на безвозмездной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z70" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Зачисление призывников на обучение производится на основании именных списков, приказом руководителя специализированной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z71" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Призывники после окончания обучения в сопровождении представителей МОВУ убывают в места постоянного (временного) проживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z72" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Расходы по перевозке призывников от МОВУ до специализированной организации и обратно включаются в калькуляцию стоимости обучения по военно-техническим и иным специальностям на безвозмездной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z73" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В случаях отчисления призывников из специализированных организаций по неуспеваемости, недисциплинированности, а также по собственному желанию затраты, понесенные на их обучение возмещаются призывниками, согласно заключенному договору, а в случае отказа в судебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z74" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. МОВУ ежегодно к 30 июня и 31 декабря (по окончании периода весеннего и осеннего призывов) представляют в Генеральный штаб Вооруженных Сил Республики Казахстан информацию о подготовленных военно-технических и иных специалистах в специализированных организациях Министерства обороны Республики Казахстан, имеющихся недостатках и принимаемых мерах по их устранению по форме согласно приложению 5 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z75" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. В процессе обучения Главное военно-медицинское управление Вооруженных Сил Республики Казахстан через военно-лечебные учреждения осуществляет обеспечение необходимыми лекарственными средствами и лечением обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z76" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок набора и направления призывников и военнообязанных на подготовку на возмездной основе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z77" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...146 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+      19. На возмездной основе к подготовке по военно-техническим и иным специальностям привлекаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z78" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       военнообязанные, годные по состоянию здоровья к воинской службе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z79" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       призывники в возрасте от двадцати четырех до двадцати семи лет, годные или ограниченно годные по состоянию здоровья к воинской службе, в том числе имеющие отсрочку от призыва на воинскую службу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z80" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Подготовка призывников, военнообязанных на возмездной основе осуществляется на платной основе. "Подготовка граждан по военно-техническим и другим военным специальностям" является государственной услугой (далее – государственная услуга) и оказывается Министерством обороны Республики Казахстан через МОВУ.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
+      20. Набор и направление призывников и военнообязанных на подготовку по военно-техническим и иным специальностям на возмездной основе осуществляется в порядке оказания следующих государственных услуг:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z81" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      постановка в очередь призывников и военнообязанных для направления на подготовку по военно-техническим и иным специальностям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z82" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направление призывников и военнообязанных на подготовку по военно-техническим и иным специальностям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z83" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Указанные государственные услуги оказываются Министерством обороны Республики Казахстан через МОВУ (далее – услугодатели) посредством использования ИС "ИШ АСМР МО РК".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z84" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Для получения государственной услуги "Постановка в очередь призывников и военнообязанных для направления на подготовку по военно-техническим и иным специальностям", призывники и военнообязанные (далее - услугополучатели) подают заявление через веб-портал "электронного правительства" www.egov.kz (далее – портал) по форме, согласно приложению 6 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z85" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К заявлению, услугополучатель прикрепляет электронную копию карты медицинского освидетельствования по форме, согласно приложению 3 к настоящим Правилам. Карта медицинского освидетельствования действительна в течение 10 рабочих дней с момента получения заключения о степени годности к воинской службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z86" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перед оформлением заявления, портал осуществляет проверку услугополучателя на соответствие установленным требованиям по возрасту (старше 24 лет) и полу. В случае соответствия указанным требованиям услугополучатель выбирает специализированную организацию, в котором желает проходить обучение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z87" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведены в Перечне основных требований к оказанию государственной услуги, согласно приложению 7 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z88" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность и о регистрации по месту жительства или месту временного пребывания услугополучателя, услугодатель получает из государственных информационных систем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z89" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель направляет в "личный кабинет" услугополучателя уведомление о принятии заявления с указанием даты получения результата оказания государственной услуги, либо об отказе в приеме заявления на оказание государственной услуги при предоставлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z90" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель в день поступления документов осуществляет их прием, регистрацию и передачу для исполнения исполнителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z91" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рассмотрение исполнителем пакета документов на соответствие требованиям, установленным настоящими Правилами, подготовка результата государственной услуги на подпись руководителю осуществляется в течение 1 рабочего дня (день приема заявления и документов не входит в срок оказания услуги).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z92" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результатом оказания государственной услуги являются уведомление о постановке в очередь для направления на подготовку по военно-техническим и иным специальностям по форме, согласно приложению 8 к настоящим Правилам, либо уведомление об отказе в оказании государственной услуги по форме, согласно приложению 9 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z93" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. За 12 рабочих дней до наступления очередной даты начала обучения, услугодатель в течение 1 рабочего дня, осуществляет проверку услугополучателей состоящих в очереди, на предмет состояния их на воинском учете в качестве призывника или военнообязанного.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z94" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях снятия либо исключения проверяемых с воинского учета, услугополучателям, не являющимся призывниками или военнообязанными, услугодателем направляются уведомления об исключении из очереди для направления на подготовку по военно-техническим и иным специальностям по форме, согласно приложению 10 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z95" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подтверждении состояния услугополучателей на воинском учете в качестве призывника или военнообязанного, услугодатель направляет им уведомления на телефонные номера абонентских устройств сотовой связи и "личный кабинет" пользователя на портале "электронного правительства" о необходимости внесения оплаты за обучение по военно-техническим и иным специальностям по форме, согласно приложению 11 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z96" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственная услуга "Направление призывников и военнообязанных на подготовку по военно-техническим и иным специальностям" предоставляется услугополучателям, состоящим в очереди для направления на подготовку по военно-техническим и иным специальностям, при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на портале в проактивном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z97" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Требования к оказанию государственной услуги, включающие характеристику процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены в форме перечня основных требований к оказанию государственной услуги согласно </w:t>
-[...21 lines deleted...]
-    </w:p>
+      Подключение абонентского номера к учетной записи портала проводится согласно Правилам регистрации и подключения абонентского номера абонента, предоставленного оператором сотовой связи, к учетной записи веб-портала "электронного правительства" для получения государственных и иных услуг в электронной форме посредством абонентского устройства сотовой связи, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра по инвестициям и развитию Республики Казахстан от 25 января 2016 года № 58 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под№ 13195).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z98" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведены в Перечне основных требований к оказанию государственной услуги, согласно приложению 12 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z99" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатели, получившие уведомление о необходимости внесения оплаты за обучение по военно-техническим и иным специальностям в порядке, предусмотренном пунктом 22 настоящих Правил, производят оплату за обучение путем перечисления ими денежных средств на расчетный счет специализированной организации через платежный шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z100" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИС "ИШ АСМР МО РК" после получения ответа от платежного шлюза "электронного правительства" в автоматическом порядке формирует результат оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z101" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результатом оказания государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z102" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при получении подтверждения оплаты за обучение через платежный шлюз "электронного правительства", направление на подготовку по военно-техническим и иным специальностям по форме, согласно приложению 13 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z103" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при отсутствии подтверждения оплаты от платежного шлюза "электронного правительства" в течение 2 рабочих дней, уведомление об отказе в оказании проактивной услуги по форме, согласно приложению 14 к настоящим Правилам, с исключением из очереди для направления на подготовку по военно-техническим и иным специальностям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z104" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях отказа в оказании государственной услуги услугодатель за 6 рабочих дней до наступления даты начала обучения, указанной в плане подготовки на возмездной основе, проводит мероприятия, указанные в пункте 22 настоящих Правил, по следующим состоящим в очереди услугополучателям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z105" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Услугополучатели, направленные для обучения, пребывают в специализированную организацию самостоятельно ко времени, указанному в направлении на подготовку по военно-техническим и иным специальностям, полученным в результате оказания государственной услуги в соответствии с пунктом 23 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z106" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Зачисление призывников и военнообязанных на обучение производится приказом руководителя специализированной организации на основании направлений на подготовку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z107" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доукомплектование учебных взводов после издания приказа руководителя специализированной организации допускается только в случае, если призывники и военнообязанные, проходившие ранее обучение и отчисленные по состоянию здоровья, обратились с личным заявлением после выздоровления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z108" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Министерство обороны Республики Казахстан направляет информацию о внесенных изменениях и (или) дополнениях в настоящие Правила в Единый контакт-центр, некоммерческое Акционерное общество "Государственная корпорация "Правительство для граждан", оператору информационно-коммуникационной инфраструктуры "электронного правительства" и МОВУ в течение трех рабочих дней со дня государственной регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z109" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок обучения и организация учебно-воспитательного процесса</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z110" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. Обучение призывников и военнообязанных в специализированных организациях организуется с учетом требований общевоинских уставов Вооруженных Сил, других войск и воинских формирований Республики Казахстан, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Указом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президента Республики Казахстан от 5 июля 2007 года № 364.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z111" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...33 lines deleted...]
-      </w:r>
+      28. Обучение призывников и военнообязанных организуются в составе учебных взводов, численностью не более 30 человек, состоящие из учебных отделений, численностью не более 10 человек, состав которых остается постоянным в течение всего периода обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z112" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+      В каждом учебном отделении из числа обучаемых назначается старший.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z113" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Набор призывников, военнообязанных для обучения на возмездной основе осуществляется на добровольной основе.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
+      29. Обучение призывников и военнообязанных осуществляется на основании договоров, заключенных между специализированной организацией и обучаемыми в соответствии с Гражданским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z114" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Государственная услуга оказывается в двух этапах:</w:t>
-[...1 lines deleted...]
-    </w:p>
+      На период обучения призывники и военнообязанные обеспечиваются полевым обмундированием (по сезону), круглосуточным проживанием в казарме с трехразовым питанием и банно-прачечными услугами, которые включаются в стоимость подготовки по военно-техническим и иным специальностям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z115" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      на первом этапе, рассмотрение заявления на оказание государственной услуги. Срок рассмотрения – 2 рабочих дня;</w:t>
-[...826 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="44"/>
+      30. Основными формами обучения являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z116" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) теоретические занятия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z117" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) лабораторно-практические занятия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z118" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) практические занятия (тренировки);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z119" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) полевые выходы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z120" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Теоретические занятия проводятся с целью овладения призывниками, военнообязанными теоретическими знаниями по предметам обучения.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="49"/>
+      Указанные формы обучения проводятся в целях овладения теоретическими знаниями по предметам обучения, их закрепления и выработки у обучаемых умений и навыков эксплуатации изучаемого вооружения и техники под руководством преподавателей (мастеров производственного обучения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z121" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Лабораторно-практические, практические занятия, полевые выходы и тренировки проводятся с целью закрепления теоретических знаний и выработки у призывников, военнообязанных умений и навыков в работе на изучаемом вооружении и технике, под руководством преподавателей (мастеров производственного обучения) в составе учебных отделений призывников, военнообязанных численностью не более 10 человек, количество и состав которых устанавливается до начала занятий и остается постоянным в течение всего периода обучения. В каждом учебном отделении из числа обучаемых призывников, военнообязанных назначается старший.</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="51"/>
+      Планирующие, учетные, информационные и отчетные документы необходимые для организации обучения разрабатывается специализированной организацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z122" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Отчисление призывников, военнообязанных из специализированных организаций по неуспеваемости, недисциплинированности, а также по собственному желанию производится приказом руководителя или исполняющего обязанности по согласованию с МОВУ, которым направлен на учебу призывник, военнообязанный, с последующим уведомлением вышестоящего органа управления и территориального МОВУ.</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="53"/>
+      31. Отчисление призывников и военнообязанных из специализированных организаций по неуспеваемости, недисциплинированности, состоянию здоровья (при наличии подтверждающих документов и медицинских показаний), а также по собственному желанию производится приказом руководителя специализированной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z123" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      28. В процессе обучения МОВУ осуществляют контроль за посещаемостью занятий призывниками, военнообязанными, размещением, питанием и досугом призывников, военнообязанных, принимают участие в организации и проведении выпускных экзаменов.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="54"/>
+      Отчисление призывников и военнообязанных из специализированных организаций по недисциплинированности или состоянию здоровья допускается при отсутствии на занятиях общей продолжительностью более 40 учебных часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z124" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      29. Выпускной экзамен проводится в соответствии с учебными программами в теоретической и практической формах, включающих вопросы нескольких дисциплин.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="55"/>
+      32. Целенаправленную работу по организации и проведению мероприятий воспитательной работы и военно-патриотического воспитания призывников и военнообязанных обеспечивает руководитель специализированной организации и его заместитель (инспектор) по военно-патриотическому воспитанию молодежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z125" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      30. Итоговые оценки по дисциплинам, не выносимым на выпускной экзамен, выставляются преподавателями на основе оценок текущего контроля успеваемости.</w:t>
-[...40 lines deleted...]
-    </w:p>
+      Для организации работы составляется план воспитательной, социально-правовой и идеологической работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z126" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      По завершению обучения призывником, военнообязанным и получения им сертификата о завершении обучения по программе подготовки военнообученного резерва, уведомление о зачислении на обучение подлежит возврату в МОВУ для закрытия государственной услуги в интегрированной информационной системе центров обслуживания населения.</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="left"/>
+      33. Воспитательная работа и военно-патриотическое воспитание призывников и военнообязанных в специализированных организациях проводятся в часы, предусмотренные расписанием занятий, а также во внеурочное время, предусмотренное распорядком дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z127" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...33 lines deleted...]
-      </w:r>
+      34. Планирование организации подготовки военно-технических и иных специалистов начинается с момента получения выписок из планов подготовки на безвозмездной и возмездной основах на предстоящий календарный год и завершается доведением исполнителям для последующей реализации до 25 декабря текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z128" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...42 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="57"/>
+      35. Перед началом календарного года руководители специализированных организаций издают приказы об организации подготовки военно-технических и иных специалистов на предстоящий год, в которых указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z129" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32. В процессе обучения Главное военно-медицинское управление Вооруженных Сил Республики Казахстан через военно-лечебные учреждения осуществляет обеспечение необходимыми лекарственными средствами и лечением призывников обучающихся на безвозмездной основе в специализированных организациях.</w:t>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="62"/>
+      1) основные задачи специализированной организации по подготовке военно-технических и иных специалистов в предстоящем году;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z130" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      34. Воспитательная работа и военно-патриотическому воспитанию призывников, военнообязанных в специализированных организациях проводятся в часы, предусмотренные распорядком дня, а также во внеурочное время.</w:t>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z81" w:id="68"/>
+      2) организация учебно-воспитательного процесса в предстоящем году;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z131" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сроки проведения учебно-методических занятий (сборов) с преподавателями (мастерами производственного обучения);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z82" w:id="69"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z132" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) организация внутреннего порядка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z133" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) закрепление территории и объектов учебно-материальной базы за личным составом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z84" w:id="71"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z134" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) распорядок дня;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z85" w:id="72"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z135" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) состав педагогического совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z86" w:id="73"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z136" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) состав внутрипроверочных комиссий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z87" w:id="74"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z137" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) состав комиссии по проведению аттестации и премированию работников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z88" w:id="75"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z138" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) согласительная комиссия по трудовым спорам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z89" w:id="76"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z139" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) состав комиссии по предупреждению автомобильных происшествий, травматизма, противопожарной и экологической безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z90" w:id="77"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z140" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) другие вопросы, касающиеся учебно-воспитательного процесса, жизни и деятельности.</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="79"/>
+      12) вопросы, касающиеся учебно-воспитательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z141" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      38. По окончании разработки планирующие документы утверждаются руководителем специализированной организации или исполняющего обязанности, доводятся до исполнителей и принимаются к реализации.</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z94" w:id="81"/>
+      36. Учебная работа является основным видом деятельности специализированных организаций по подготовке военно-технических и иных специалистов. Учебный процесс осуществляется в соответствии с программами подготовки по военно-техническим и иным специальностям, которые определяют организацию, идейно-теоретическое и практическое содержание подготовки военно-технических и иных специалистов, а также объем теоретических знаний, практических навыков, приобретаемых ими по военно-технической специальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z142" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      39. Учебная работа является основным видом деятельности специализированных организаций по подготовке военно-технических и иных специалистов. Учебный процесс осуществляется в соответствии с программами подготовки по военно-техническим и иным специальностям, которые определяют организацию, идейно-теоретическое и практическое содержание подготовки военно-технических и иных специалистов, а также оптимальный объем теоретических знаний, практических навыков, приобретаемых ими по военно-технической специальности.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z95" w:id="82"/>
+      37. Время начала и окончания занятий, продолжительность перерывов устанавливается распорядком дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z143" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      40. В специализированных организациях разрабатываются планирующие, учетные и отчетные документы по учебной работе.</w:t>
-[...423 lines deleted...]
-    <w:bookmarkStart w:name="z108" w:id="95"/>
+      38. Основными учетными документами являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z144" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) журналы учета занятий и воспитательной работы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z109" w:id="96"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z145" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) индивидуальные книжки учета практических работ и вождения машин;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z110" w:id="97"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z146" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) журнал (карточка) учета работы призывников, военнообязанных на действующих агрегатах;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z111" w:id="98"/>
+      3) журнал (карточка) учета работы призывников и военнообязанных на действующих агрегатах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z147" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) журналы учета инструктажей по технике безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z112" w:id="99"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z148" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) книга протоколов заседаний педагогического совета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z115" w:id="102"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z149" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Журнал учета занятий и воспитательной работы учебного взвода является основным документом, отражающим выполнение программы подготовки военно-технических и иных специалистов по предметам обучения, проведение воспитательной работы в учебном взводе, успеваемость и посещаемость занятий призывниками и военнообязанными.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z150" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Основными отчетными документами являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z151" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) протоколы выпускных экзаменов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z117" w:id="104"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z152" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) акты экзаменационной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z153" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) приказы по итогам выпускных экзаменов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z118" w:id="105"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z154" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Основными элементами учебно-материальной базы являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z155" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) учебное вооружение и военная техника, лабораторное оборудование, учебно-тренировочные средства, компьютерная техника, технические средства обучения, приборы, наглядные пособия и иное имущество;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z156" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аудитории (лекционные залы), классы, кабинеты, лаборатории, библиотеки, преподавательские комнаты, лаборантские, комнаты для хранения оружия, военно-технического имущества и иные помещения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z157" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) специальные учебно-тренировочные комплексы, учебные городки (огневые, инженерные, радиополигоны), автодромы, стрелковые тиры, строевые плацы, спортивные городки и иные объекты, предназначенные для отработки программ по общевойсковой и специальной подготовке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z158" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) учебные мастерские, автомобильные гаражи, элементы парка, склады для хранения военной техники, оружия, приборов, военно-учебного и иного имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z159" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) учебники и учебные пособия, учебно-методические документы и иные, материальные и технические средства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z160" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Специализированные организации, при необходимости, используют в учебном процессе полевую учебную базу воинских частей, военных учебных заведений и учреждений Министерства обороны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z161" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф § 4. Методическая работа</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z119" w:id="106"/>
+        <w:t xml:space="preserve"> Глава 5. Сроки обучения по военно-техническим и иным специальностям</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z162" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      55. За организацию и качество методической работы отвечает руководитель специализированной организации или исполняющего обязанности, непосредственно руководит методической работой его заместитель. Для всех преподавателей (мастеров производственного обучения) специализированной организации участие в методической работе является составной частью их педагогической деятельности.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z120" w:id="107"/>
+      43. Срок обучения призывников и военнообязанных по военно-техническим и иным специальностям устанавливается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z163" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      56. Основными формами методической работы являются:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z121" w:id="108"/>
+      1) на безвозмездной основе – от 90 до 100 календарных дней, с учетом количества выходных и праздничных дней, входящих в период обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z164" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) учебно-методические занятия (сборы);</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z122" w:id="109"/>
+      2) на возмездной основе – от 40 до 46 календарных дней, с учетом количества выходных и праздничных дней, входящих в период обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z165" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) инструкторско-методические, открытые и показные занятия;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z123" w:id="110"/>
+      Количество обучающихся и периоды обучения устанавливаются планами подготовки на безвозмездной и возмездной основах, разрабатываемых в соответствии с пунктом 5 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z166" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) взаимные посещения занятий;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z124" w:id="111"/>
+      44. Началом и окончанием обучения считаются даты издания приказов руководителя специализированной организации, о зачислении и отчислении или завершении обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z167" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) методические инструктажи;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="112"/>
+      Проекты приказов разрабатываются в ИС "ИШ АСМР МО РК" и подписываются электронной цифровой подписью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z168" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Распечатанные приказы с рукописной подписью руководителя подлежат хранению в соответствии с Перечнем типовых документов, образующихся в деятельности государственных и негосударственных организаций, с указанием срока хранения, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Министра культуры и спорта Республики Казахстан от 29 сентября 2017 года № 263. (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15997).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z169" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Обжалование решений, действий (бездействия) должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z170" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) заседания педагогического совета;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z126" w:id="113"/>
+      45. Жалоба по вопросам оказания государственных услуг услугополучателем подается услугодателю, должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z171" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) самостоятельная подготовка обучающего состава;</w:t>
-[...510 lines deleted...]
-    </w:p>
+      Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z172" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не направляет жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятное решение, совершит действие, полностью удовлетворяющее требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z173" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона "О государственных услугах", подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z174" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z175" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="143"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4900,194 +3734,181 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам набора</w:t>
+              <w:t>к Правилам набора призывников,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>призывников, военнообязанных,</w:t>
+              <w:t>военнообязанных, их направления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>их направления и обучения на</w:t>
+              <w:t>и обучения на безвозмездной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>безвозмездной и возмездной</w:t>
+              <w:t>и возмездной основах, организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>основах, организации учебно-</w:t>
+              <w:t>учебно-воспитательного процесса,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>воспитательного процесса, а</w:t>
+              <w:t>а также сроков обучения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>также сроки обучения по</w:t>
+              <w:t>по военно-техническим и иным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военно-техническим и иным</w:t>
+              <w:t>специальностям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специальностям в</w:t>
+              <w:t>в специализированных организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специализированных</w:t>
+              <w:t>Министерства обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациях Министерства</w:t>
-[...12 lines deleted...]
-              <w:t>обороны Республики Казахстан</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5173,11932 +3994,1530 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"УТВЕРЖДАЮ"</w:t>
+              <w:t>Утверждаю</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Первый заместитель Министра</w:t>
+              <w:t>Министр обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>обороны – начальник</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Генерального штаба</w:t>
+              <w:t>_______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Вооруженных Сил</w:t>
+              <w:t>(воинское звание, подпись,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>инициал и фамилия)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>___________________________</w:t>
-[...25 lines deleted...]
-              <w:t>"___" ______________ 20__ года</w:t>
+              <w:t>"___" _________ 20__ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...2437 lines deleted...]
-                                           План</w:t>
+    <w:bookmarkStart w:name="z179" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> План подготовки по военно-техническим и иным специальностям</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>в специализированной организации Министерства обороны Республики Казахстан на безвозмездной основе на 20___ год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:p>
-[...8924 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:bookmarkStart w:name="z187" w:id="161"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ пп</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="161"/>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пп</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество (при его наличии)</w:t>
+Наименование специальности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Год, месяц рождения</w:t>
+Общая вместимость казарменного фонда, койко/мест</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Образование</w:t>
+Количество запланированных к обучению, чел.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Место работы, специальность</w:t>
+Наименование департаментов по делам обороны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Домашний адрес по месту постоянной (временной) регистрации</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+Подлежит направлению на обучение, чел.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ приказа</w:t>
-[...53 lines deleted...]
-Краткие причины и № приказа об исключении</w:t>
+в том числе по периодам обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 период обучения с "__" _______ 20__ года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 период обучения с "__" _______ 20__ года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -17257,349 +5676,130 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z180" w:id="145"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-             Председатель комиссии _____________________________________________________</w:t>
-[...288 lines deleted...]
-        <w:t xml:space="preserve">       Примечание: Именной список составляется по алфавиту.</w:t>
+      Первый заместитель Министра обороны</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- начальник Генерального штаба</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вооруженных Сил Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(воинское звание, подпись, инициал и фамилия)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -17635,155 +5835,168 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 4-1 к Правилам </w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">набора призывников, </w:t>
+              <w:t>к Правилам набора призывников,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военнобязанных их направления</w:t>
+              <w:t>военнообязанных, их направления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и обучения на безвозмездной и</w:t>
+              <w:t>и обучения на безвозмездной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>возмездной основах, организации</w:t>
+              <w:t>и возмездной основах, организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>учебно-воспитательного процесса,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">а также сроков обучения по </w:t>
+              <w:t>а также сроков обучения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">военно-техническим и иным </w:t>
+              <w:t>по военно-техническим и иным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специальностям в специализированных организациях</w:t>
+              <w:t>специальностям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в специализированных организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министерства обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -17835,197 +6048,2901 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждаю</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр обороны</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(воинское звание, подпись,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инициал и фамилия)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"___" ___________ 20__ года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z448" w:id="162"/>
+    <w:bookmarkStart w:name="z184" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> КАРТА медицинского освидетельствования</w:t>
-[...46 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> План подготовки по военно-техническим и иным специальностям</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>в специализированной организации Министерства обороны Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>на возмездной основе на 20___ год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование специальности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вместимость казарменного фонда, койко/ мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество запланированных к обучению, чел.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе по периодам обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+12 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z185" w:id="147"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Фамилия, имя, при наличии отчество _____________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Первый заместитель Министра обороны</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- начальник Генерального штаба</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вооруженных Сил Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(воинское звание, подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам набора призывников,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военнообязанных, их направления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и обучения на безвозмездной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и возмездной основах, организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебно-воспитательного процесса,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>а также сроков обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по военно-техническим и иным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специальностям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в специализированных организациях</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства обороны</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z188" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КАРТА</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>медицинского освидетельствования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z189" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Дата рождения ________________________________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      1. Фамилия, имя, при наличии отчество __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z190" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Воинское звание_______________________________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      2. Дата рождения _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z191" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Военно-учетная специальность __________________________________________</w:t>
-[...19 lines deleted...]
-    </w:p>
+      3. Результаты освидетельствования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18069,51 +8986,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"____" _______ 20___ г.</w:t>
+"____" _______ 20___ г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -19362,358 +10279,341 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Диагноз</w:t>
+Психиатр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диагноз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.П.</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(личная печать</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>председателя комиссии)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...180 lines deleted...]
-подпись, инициал имени, фамилия</w:t>
+              <w:t xml:space="preserve">
+На основании подпункта___ пункта _____ графы _____ Требований, предъявляемых к состоянию здоровья лиц для прохождения службы в Вооруженных Силах, других войсках и воинских формированиях Республики Казахстан, утвержденных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра обороны Республики Казахстан от 22 декабря 2020 года № 722 (зарегистрирован в Министерстве юстиции Республики Казахстан 22 декабря 2020 года № 21863)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председатель комиссии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подпись, инициал, фамилия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -19752,207 +10652,194 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам набора</w:t>
+              <w:t>к Правилам набора призывников,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>призывников, военнообязанных,</w:t>
+              <w:t>военнообязанных, их направления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>их направления и обучения на</w:t>
+              <w:t>и обучения на безвозмездной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>безвозмездной и возмездной</w:t>
+              <w:t>и возмездной основах, организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>основах, организации учебно-</w:t>
+              <w:t>учебно-воспитательного процесса,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>воспитательного процесса, а</w:t>
+              <w:t>а также сроков обучения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>также сроки обучения по</w:t>
+              <w:t>по военно-техническим и иным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военно-техническим и иным</w:t>
+              <w:t>специальностям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специальностям в</w:t>
+              <w:t>в специализированных организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специализированных</w:t>
+              <w:t>Министерства обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациях Министерства</w:t>
-[...12 lines deleted...]
-              <w:t>обороны Республики Казахстан</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -19979,3822 +10866,2533 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z192" w:id="163"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z194" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Именной список призывников, отобранных для подготовки</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>по военно-техническим и иным специальностям на безвозмездной основе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z195" w:id="153"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                         Министерство обороны Республики Казахстан</w:t>
-[...304 lines deleted...]
-    <w:bookmarkEnd w:id="166"/>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование местного органа военного управления)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для комплектования ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование специализированной организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по специальности __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Начало обучения ___________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Завершение обучения _______________________________________________.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="647"/>
-[...17 lines deleted...]
-        <w:gridCol w:w="648"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:bookmarkStart w:name="z197" w:id="167"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="167"/>
+№ пп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-п/п</w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+Фамилия,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Предмет</w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+Год, месяц рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество часов по плану</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="16"/>
+Образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Распределение учебных часов по месяцам обучения</w:t>
+Место работы, специальность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Домашний адрес по месту постоянной (временной) регистрации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...300 lines deleted...]
-Итого</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z196" w:id="154"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Группу призывников в составе ____ человек</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" ________________ 20 ____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в присутствии представителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование местного органа военного управления)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ответственного за комплектование специализированной организации,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(воинское звание, подпись, фамилия, инициалы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>принял:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>представитель _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование специализированной организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись, фамилия, инициалы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: Именной список составляется в алфавитном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам набора призывников,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военнообязанных, их направления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и обучения на безвозмездной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и возмездной основах, организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебно-воспитательного процесса,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>а также сроков обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по военно-техническим и иным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специальностям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в специализированных организациях</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства обороны</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...1839 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z199" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информация о подготовленных военно-технических и иных специалистах</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>в специализированных организациях Министерства обороны Республики Казахстан,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>имеющихся недостатках и принимаемых мерах по их устранению</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>специализированной организации Министерства обороны Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>на "___" ________20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z200" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...654 lines deleted...]
-    <w:bookmarkEnd w:id="169"/>
+      Представляется: в Генеральный штаб Вооруженных Сил Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z201" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма административных данных размещена на интернет – ресурсе: www.mod.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z202" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация о подготовленных военно-технических и иных специалистах в специализированных организациях Министерства обороны Республики Казахстан, имеющихся недостатках и принимаемых мерах по их устранению. Индекс формы административных данных (краткое буквенно-цифровое выражение наименования формы): Ф6-ВТС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z203" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: по окончании периода весеннего и осеннего призывов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z204" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: ежегодно к 30 июня и 31 декабря.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z205" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих информацию: местные органы военного управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z206" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления: не позднее 30 июня и 31 декабря.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z207" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация о подготовленных военно-технических и иных специалистах в специализированных организациях Министерства обороны Республики Казахстан, имеющихся недостатках и принимаемых мерах по их устранению заполняется согласно приложению к форме, предназначенной для сбора административных данных "Информация о подготовленных военно-технических и иных специалистах в специализированных организациях Министерства обороны Республики Казахстан, имеющихся недостатках и принимаемых мерах по их устранению", прилагаемого к настоящему приложению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:bookmarkStart w:name="z204" w:id="170"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="170"/>
+№ пп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-п/п</w:t>
+Номера учебных взводов и их профили</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество (при его наличии)</w:t>
+Срок формирования по плану Департамента по делам обороны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Год рождения</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+Фактический срок формирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Образование (сколько классов окончил)</w:t>
+Период подготовки "__" _______ 20__ г. по "__" _______ 20__ г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество человек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Где состоит на учете в МОВУ</w:t>
-[...107 lines deleted...]
-Для отметок</w:t>
+Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отобрано</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выпущено</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -23947,5075 +13545,3154 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z206" w:id="171"/>
-[...28 lines deleted...]
-    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z208" w:id="164"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество (при его наличии) телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Первый руководитель или лицо, уполномоченное на подписание отчета</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="534"/>
-[...21 lines deleted...]
-        <w:gridCol w:w="535"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
-[...255 lines deleted...]
-Подпись руководителя</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к форме, предназначенной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для сбора административных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>данных "Информация</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о подготовленных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военно-технических и иных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специалистах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в специализированных организациях</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства обороны</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>имеющихся недостатках</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и принимаемых мерах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по их устранению"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z210" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z211" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация о подготовленных военно-технических и иных специалистов в специализированных организациях Министерства обороны Республики Казахстан (индекс: Ф6-ВТС, периодичность: по окончании периода весеннего и осеннего призывов):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z212" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящее пояснение по заполнению формы административных данных (далее – Пояснение) определяет единые требования по заполнению формы "Информация о подготовленных военно-технических и иных специалистах в специализированных организациях Министерства обороны Республики Казахстан, имеющихся недостатках и принимаемых мерах по их устранению" (далее – Форма).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z213" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Форма разработана в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z214" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Форма заполняется местным органом военного управления с указанием количества подготовленных военно-технических и иных специалистов в специализированных организациях Министерства обороны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z215" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Единица измерения, используемая при заполнении Формы, устанавливается в количестве подготовленных военно-технических и иных специалистов (человек).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z216" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форму подписывают первый руководитель или лицо, уполномоченное им на подписание отчета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z217" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пояснение по заполнению Формы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z218" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. При заполнении столбца 2 указывается номер учебного взвода и их профиль подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z219" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В столбце 3 указывается срок формирования учебного взвода по плану Департамента по делам обороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z220" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В столбце 4 указывается фактический срок формирования учебного взвода.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z221" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В столбце 5 указывается период подготовки военно-технических и иных специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z222" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В столбцах 6, 7 указывается количество фактический отобранных и выпущенных технических специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам набора призывников,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военнообязанных, их направления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и обучения на безвозмездной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и возмездной основах, организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебно-воспитательного процесса,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>а также сроков обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по военно-техническим и иным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специальностям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в специализированных организациях</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства обороны</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...636 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
-[...730 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальнику управления (отдела)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по делам обороны города</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(района) (города)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от ________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проживающего по адресу:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>телефон:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z211" w:id="174"/>
-[...16 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z226" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:bookmarkEnd w:id="174"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление о постановке в очередь для направления на подготовку по военно-техническим и иным специальностям</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z227" w:id="179"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу поставить меня в очередь для направления на подготовку</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по военно-техническим и иным специальностям в специализированной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организации Министерства обороны Республики Казахстан для обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в период с __ _____ 20 __ года по с __ ____ 20 __ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>К заявлению прилагаю:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен на сбор и обработку персональных данных, используемых</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для оказания государственной услуги, в том числе и при оказании</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги "Направление призывников и военнообязанных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на подготовку по военно-техническим и иным специальностям"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в проактивном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___ часов ___ минут "___" ___________20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия и инициалы) (подпись)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1118"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...1178 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 7</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам набора призывников,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военнообязанных, их направления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и обучения на безвозмездной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и возмездной основах, организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебно-воспитательного процесса,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>а также сроков обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по военно-техническим и иным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специальностям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в специализированных организациях</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства обороны</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...1049 lines deleted...]
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z229" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z222" w:id="179"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия и инициалы учащихся, не сдавших экзамены</w:t>
-[...72 lines deleted...]
-Мероприятия по их дальнейшему обучению</w:t>
+Наименование государственной услуги "Постановка в очередь призывников и военнообязанных для направления на подготовку по военно-техническим и иным специальностям"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование услугодателя</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...79 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Представлено на экзамены в органы внутренних дел</w:t>
-[...144 lines deleted...]
-Количество обучаемых, не получивших водительское удостоверение</w:t>
+Местные органы военного управления Министерства обороны Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...268 lines deleted...]
-          <w:bookmarkStart w:name="z229" w:id="184"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата</w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Замечание проверяющих</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+Способы предоставления государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Даты указания</w:t>
-[...35 lines deleted...]
-Отметка о выполнении</w:t>
+Веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...122 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 рабочий день (день приема заявления и документов не входит в срок оказания государственной услуги).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронная (частично автоматизированная).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уведомление о постановке в очередь для направления на подготовку по военно-техническим и иным специальностям, подписанное ЭЦП услугодателя, либо мотивированный ответ об отказе в оказании государственной услуги, по основаниям, предусмотренным разделом 9 настоящего Перечня.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+График работы услугодателя и объектов информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) услугодателя – с понедельника по пятницу с 9.00 до 18.00 часов, с перерывом на обед с 13.00 до 14.00 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, днем приема заявления является следующий рабочий день).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) интернет-ресурсе Министерства обороны Республики Казахстан: www.gov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портале www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заявление о постановке в очередь для направления на подготовку по военно-техническим и иным специальностям в форме электронного документа, согласно приложению 7 к настоящим Правилам, удостоверенного ЭЦП услугополучателя или одноразовым паролем;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия карты медицинского освидетельствования по форме, согласно приложению 3 к настоящим Правилам (с заключением о степени годности к воинской службе), прикрепляется к заявлению услугополучателем.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о документе, удостоверяющем личность призывника, военнообязанного ио регистрации по месту жительства или месту временного пребывания услугодатель получает из государственных информационных систем.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, данных и сведений, необходимых для оказания государственной услуги, требованиям установленными настоящими Правилами.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственная услуга оказывается гражданам Республики Казахстан мужского пола, состоящим на воинском учете, старше 24 лет, годным по состоянию здоровья к воинской службе.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством справочной службы услугодателя, Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адреса мест оказания государственной услуги размещены на интернет-ресурсе Министерства обороны Республики Казахстан: www.gov.kz, а также на интернет-ресурсе Государственной корпорации: www.gov4c.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информацию о порядке оказания государственной услуги можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -29053,142 +16730,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 6</w:t>
+              <w:t>Приложение 8</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>К Правилам набора</w:t>
+              <w:t>к Правилам набора призывников,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>призывников, военнообязанных,</w:t>
+              <w:t>военнообязанных, их направления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>их направления и обучения</w:t>
+              <w:t>и обучения на безвозмездной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на безвозмездной и возмездной</w:t>
+              <w:t>и возмездной основах, организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>основах, организации</w:t>
+              <w:t>учебно-воспитательного процесса,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учебно-воспитательного процесса,</w:t>
-[...12 lines deleted...]
-              <w:t>а также сроки обучения</w:t>
+              <w:t>а также сроков обучения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по военно-техническим и иным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -29274,1767 +16938,357 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма, предназначенная</w:t>
-[...12 lines deleted...]
-              <w:t>для сбора административных данных</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z451" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z242" w:id="181"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № _______________ "Регистрационный номер"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________ "Дата подачи заявления"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z243" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Информация о подготовленных военно-технических и иных специалистов</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Уведомление о постановке в очередь для направления на подготовку по военно-техническим и иным специальностям</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z244" w:id="183"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомляем, что Вы, _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поставлены в очередь под №______, для обучения в специализированной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организации Министерства обороны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование услугодателя: ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сотрудник: _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Данный документ, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона "Об электронном документе и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электронной цифровой подписи", равнозначен документу на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2997200" cy="1638300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2997200" cy="1638300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...89 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Представляется: в Департамент организационно-мобилизационной работы Генерального штаба Вооруженных Сил Республики Казахстан.</w:t>
-[...1577 lines deleted...]
-        <w:t>(фамилия, имя, отчество (при его наличии), подпись)</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -31070,512 +17324,611 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
+              <w:t>Приложение 9</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к форме, предназначенной</w:t>
+              <w:t>к Правилам набора призывников,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>для сбора административных</w:t>
+              <w:t>военнообязанных, их направления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>данных "Информация</w:t>
+              <w:t>и обучения на безвозмездной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>о подготовленных</w:t>
+              <w:t>и возмездной основах, организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военно-технических и иных</w:t>
+              <w:t>учебно-воспитательного процесса,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалистов</w:t>
+              <w:t>а также сроков обучения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>по военно-техническим и иным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специальностям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>в специализированных организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министерства обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан,</w:t>
-[...38 lines deleted...]
-              <w:t>по их устранению"</w:t>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z453" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z247" w:id="184"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № _______________ "Регистрационный номер"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________ "Дата подачи заявления"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z248" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
+        <w:t xml:space="preserve"> Уведомление об отказе в оказании государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(наименование услуги)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z249" w:id="186"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 19-1 Закона РК "О государственных услугах"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z454" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уведомляем об отказе в оказании Вам государственной услуги по причине</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование услугодателя: ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сотрудник: __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Данный документ, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона "Об электронном документе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и электронной цифровой подписи", равнозначен документу на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2997200" cy="1638300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2997200" cy="1638300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Настоящее пояснение по заполнению формы административных данных (далее – Пояснение) определяет единые требования по заполнению формы "Информация о подготовленных военно-технических и иных специалистов в специализированных организациях Министерства обороны Республики Казахстан, имеющихся недостатках и принимаемых мерах по их устранению" (далее – Форма).</w:t>
-[...222 lines deleted...]
-    <w:bookmarkEnd w:id="198"/>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -31609,207 +17962,194 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 7</w:t>
+              <w:t>Приложение 10</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам набора</w:t>
+              <w:t>к Правилам набора призывников,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>призывников, военнообязанных,</w:t>
+              <w:t>военнообязанных, их направления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>их направления и обучения на</w:t>
+              <w:t>и обучения на безвозмездной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>безвозмездной и возмездной</w:t>
+              <w:t>и возмездной основах, организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>основах, организации учебно-</w:t>
+              <w:t>учебно-воспитательного процесса,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>воспитательного процесса, а</w:t>
+              <w:t>а также сроков обучения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>также сроки обучения по</w:t>
+              <w:t>по военно-техническим и иным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военно-техническим и иным</w:t>
+              <w:t>специальностям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специальностям в</w:t>
+              <w:t>в специализированных организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специализированных</w:t>
+              <w:t>Министерства обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациях Министерства</w:t>
-[...12 lines deleted...]
-              <w:t>обороны Республики Казахстан</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -31835,961 +18175,459 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...154 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z250" w:id="199"/>
+      <w:bookmarkStart w:name="z252" w:id="187"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                           План</w:t>
-[...652 lines deleted...]
-      <w:bookmarkStart w:name="z254" w:id="201"/>
+      № _______________ "Регистрационный номер"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________ "Дата подачи заявления"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z253" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление об исключении из очереди для направления на подготовку по военно-техническим и иным специальностям</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z254" w:id="189"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                   Заместитель руководителя специализированной организации</w:t>
-[...60 lines deleted...]
-      </w:pPr>
+      Уведомляем, что в связи с ___________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать причину)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вы исключены из очереди для направления на подготовку по военно-техническим</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и иным специальностям в соответствии с пунктом 22 Правил набора призывников,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>военнообязанных, их направления и обучения на безвозмездной и возмездной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>основах, организации учебно-воспитательного процесса, а также сроков обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по военно-техническим и иным специальностям в специализированных организациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министерства обороны Республики Казахстан, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обороны Республики Казахстан от 17 июля 2017 года № 357.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уведомление направлено с информационной системы "Интеграционный шлюз</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Автоматизированной системы мобилизационных ресурсов Министерства обороны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Данный документ, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона "Об электронном документе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и электронной цифровой подписи", равнозначен документу на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2997200" cy="1638300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2997200" cy="1638300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-             Примечание: планом предусматриваются мероприятия для призывников, военнообязанных и обучающего состава.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="202"/>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -32823,3059 +18661,649 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 8</w:t>
+              <w:t>Приложение 11</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам набора</w:t>
+              <w:t>к Правилам набора призывников,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>призывников, военнообязанных,</w:t>
+              <w:t>военнообязанных, их направления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>их направления и обучения на</w:t>
+              <w:t>и обучения на безвозмездной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>безвозмездной и возмездной</w:t>
+              <w:t>и возмездной основах, организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>основах, организации учебно-</w:t>
+              <w:t>учебно-воспитательного процесса,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>воспитательного процесса, а</w:t>
+              <w:t>а также сроков обучения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>также сроки обучения по</w:t>
+              <w:t>по военно-техническим и иным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военно-техническим и иным</w:t>
+              <w:t>специальностям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специальностям в</w:t>
+              <w:t>в специализированных организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специализированных</w:t>
+              <w:t>Министерства обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациях Министерства</w:t>
-[...183 lines deleted...]
-</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...2664 lines deleted...]
-Информация с постоянным составом (по мере необходимости).</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z257" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление о необходимости внесения оплаты за обучение по военно-техническим и иным специальностям</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z258" w:id="191"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомляем, что Вам необходимо провести оплату за обучение в специализированной</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организации Министерства обороны Республики Казахстан в период</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с ___ _______ 20 ___ года по с ___ _______ 20 ___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стоимость обучения составляет _________ тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Оплату необходимо внести в течение 2 рабочих дней со дня получения настоящего</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ссылка на оплату Вам направлена в "личный кабинет" на портале "электронного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае отсутствия подтверждения проведения оплаты в течение 2 календарных дней</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>со дня получения настоящего уведомления, Вы будете исключены из очереди</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для направления на подготовку по военно-техническим и иным специальностям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уведомление направлено с информационной системы "Интеграционный шлюз</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Автоматизированной системы мобилизационных ресурсов Министерства обороны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Данный документ, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона "Об электронном документе и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электронной цифровой подписи", равнозначен документу на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2997200" cy="1638300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2997200" cy="1638300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -35909,18881 +19337,2985 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 9</w:t>
+              <w:t>Приложение 12</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам набора</w:t>
+              <w:t>к Правилам набора призывников,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>призывников, военнообязанных,</w:t>
+              <w:t>военнообязанных, их направления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>их направления и обучения на</w:t>
+              <w:t>и обучения на безвозмездной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>безвозмездной и возмездной</w:t>
+              <w:t>и возмездной основах, организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>основах, организации учебно-</w:t>
+              <w:t>учебно-воспитательного процесса,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>воспитательного процесса, а</w:t>
+              <w:t>а также сроков обучения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>также сроки обучения по</w:t>
+              <w:t>по военно-техническим и иным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военно-техническим и иным</w:t>
+              <w:t>специальностям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специальностям в</w:t>
+              <w:t>в специализированных организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специализированных</w:t>
+              <w:t>Министерства обороны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациях Министерства</w:t>
-[...233 lines deleted...]
-              <w:t>"____" ___________ 20__года</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16534 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z260" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z374" w:id="274"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование мероприятий, проводимых в школе</w:t>
-[...72 lines deleted...]
-Время проведения практических занятий</w:t>
+Наименование государственной услуги "Направление призывников и военнообязанных на подготовку по военно-техническим и иным специальностям"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z375" w:id="275"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подъем</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="275"/>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Наименование услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Местные органы военного управления Министерства обороны Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Способы предоставления государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Информационная система "Интеграционный шлюз автоматизированной системы мобилизационных ресурсов Министерства обороны Республики Казахстан" (далее – ИС "ИШ АСМР МО РК")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+2 рабочих дня.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>3-й час</w:t>
+Электронная (полностью автоматизированная)/проактивная.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+При регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на портале.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Результат оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Уведомление о направлении на подготовку по военно-техническим и другим военным специальностям, либо мотивированный ответ об отказе в оказании проактивной услуги, по основаниям, предусмотренным разделом 9 настоящего Перечня.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>7-й час</w:t>
+Размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра обороны Республики Казахстан от 30 декабря 2024 года № 1507 "Об утверждении цены на товары (работы, услуги), производимые и реализуемые республиканским государственным казенным предприятием "Военно-техническая школа Министерства обороны Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 35587), стоимость услуги по подготовке граждан по военно-техническим и иным специальностям составляет 390 000 тенге.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Оплата за обучение призывниками и военнообязанными производится путем перечисления ими денежных средств на расчетный счет специализированной организации Министерства обороны Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+График работы услугодателя и объектов информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Воспитательная и спортивно-массовая работа</w:t>
+1) услугодателя – с понедельника по пятницу с 9.00 до 18.00 часов, с перерывом на обед с 13.00 до 14.00 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Ужин</w:t>
+2) ИС "ИШ АСМР МО РК" – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Просмотр программы новостей</w:t>
+Адреса мест оказания государственной услуги размещены на:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Личное время</w:t>
+1) интернет-ресурсе Министерства обороны Республики Казахстан: www.gov.kz;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+2) портале www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отбой</w:t>
-[...2 lines deleted...]
-        </w:tc>
+Подтверждение оплаты с платежного шлюза "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о документе, удостоверяющем личность, об оплате стоимости услуг услугополучателя услугодатель получает из государственных информационных систем.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z402" w:id="276"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.30</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="276"/>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>7.15 – 7.40</w:t>
+1) несоответствие услугополучателя необходимым для оказания государственной услуги требованиям, установленным настоящими Правилами;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+2) отсутствие подтверждения о проведении оплаты за обучения от платежного шлюза "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>8.10 – 8.40</w:t>
+Государственная услуга оказывается в проактивном формате гражданам Республики Казахстан, состоящим в очереди для направления на подготовку по военно-техническим и иным специальностям, в порядке очередности при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на портале.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>8.45</w:t>
+Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством справочной службы услугодателя, Единого контакт-центра 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>8.50 – 8.55</w:t>
+Адреса мест оказания государственной услуги размещены на интернет-ресурсе Министерства обороны Республики Казахстан: www.gov.kz, а также на интернет-ресурсе Государственной корпорации: www.gov4c.kz.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...544 lines deleted...]
-            </w:pPr>
+Информацию о порядке оказания государственной услуги можно получить по телефону Единого контакт-центра 1414, 8 800 080 7777.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z428" w:id="277"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 13</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам набора призывников,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военнообязанных, их направления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и обучения на безвозмездной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и возмездной основах, организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебно-воспитательного процесса,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>а также сроков обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по военно-техническим и иным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специальностям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в специализированных организациях</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства обороны</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z274" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Направление на подготовку по военно-техническим и иным специальностям</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z275" w:id="194"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-             Примечание:</w:t>
-[...111 lines deleted...]
-      <w:bookmarkStart w:name="z429" w:id="278"/>
+      Уважаемый _______________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вам необходимо прибыть к ______ часам __ ______ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в специализированную организацию Министерства обороны Республики Казахстан,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>расположенную по адресу: __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на обучение в период с ___ _______ 20 ___ года по с ___ _______ 20 ___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При себе необходимо иметь личные вещи, средства гигиены и копию настоящего</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уведомление направлено с информационной системы "Интеграционный шлюз</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Автоматизированной системы мобилизационных ресурсов Министерства обороны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Данный документ, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона "Об электронном документе и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электронной цифровой подписи", равнозначен документу на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2997200" cy="1638300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2997200" cy="1638300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                         Заместитель руководителя специализированной организации</w:t>
-[...51 lines deleted...]
-        <w:t xml:space="preserve">                               (подпись, фамилия)</w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 15</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам набора призывников,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>военнообязанных, их направления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и обучения на безвозмездной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и возмездной основах, организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебно-воспитательного процесса,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>а также сроков обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по военно-техническим и иным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специальностям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в специализированных организациях</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства обороны</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z278" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление об отказе в оказании проактивной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(наименование услуги)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z279" w:id="196"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пунктом 2 статьи 19-1 Закона РК</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О государственных услугах уведомляем об отказе в оказании Вам государственной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услуги по причине отсутствия подтверждения о проведении оплаты за обучение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от платежного шлюза "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учитывая изложенное, Вы исключены из очереди для направления на подготовку</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по военно-техническим и иным специальностям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для повторной постановки в очередь необходимо в установленном порядке</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обратиться за оказанием государственной услуги "Постановка в очередь</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>военнообязанных и призывников для направления на подготовку</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по военно-техническим и иным специальностям".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уведомление направлено с информационной системы "Интеграционный шлюз</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Автоматизированной системы мобилизационных ресурсов Министерства обороны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Данный документ, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона "Об электронном документе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и электронной цифровой подписи", равнозначен документу на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2997200" cy="1638300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2997200" cy="1638300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -54791,55 +22323,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -55161,35 +22693,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>