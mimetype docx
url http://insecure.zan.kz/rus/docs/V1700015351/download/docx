--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d075409" w14:textId="d075409">
+    <w:p w14:paraId="ca5c271" w14:textId="ca5c271">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,140 +94,216 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнений в некоторые приказы Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 31 мая 2017 года № 115. Зарегистрирован в Министерстве юстиции Республики Казахстан 20 июля 2017 года № 15351</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z3" w:id="0"/>
+        <w:t>Приказ Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 31 мая 2017 года № 115. Зарегистрирован в Министерстве юстиции Республики Казахстан 20 июля 2017 года № 15351.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Председателя Агентства РК по делам государственной службы от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Внести в </w:t>
+      1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 20 сентября 2016 года № 1 "Об утверждении Правил, программ и организации тестирования граждан, впервые поступающих на правоохранительную службу" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 14317, опубликованный 7 ноября 2016 года в информационно-правовой системе "Әділет") следующие изменения и дополнения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в </w:t>
+      в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, программах и организации тестирования граждан, впервые поступающих на правоохранительную службу, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
@@ -239,428 +315,428 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      </w:t>
-[...38 lines deleted...]
-      "14. Зал тестирования оснащается подавителем сотовой связи, в целях идентификации кандидата – карт-ридером, а также для ведения видео- и аудиозаписи процесса тестирования – техническими средствами записи.";</w:t>
+      "14. Зал тестирования оснащается подавителем сотовой связи, в целях идентификации кандидата – карт-ридером, а также для ведения видео- и аудиозаписи процесса тестирования – техническими средствами записи.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      часть вторую </w:t>
+      часть вторую </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Тестируемым лицам не допускается заносить в зал тестирования принимающе-передающие электронные устройства (в том числе мобильные телефоны и иные электронные оборудования). Такие устройства на время проведения тестирования помещаются на хранение в специальные шкафы с ячейками.";</w:t>
+      "Тестируемым лицам не допускается заносить в зал тестирования принимающе-передающие электронные устройства (в том числе мобильные телефоны и иные электронные оборудования). Такие устройства на время проведения тестирования помещаются на хранение в специальные шкафы с ячейками.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      часть вторую </w:t>
+      часть вторую </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Кандидаты, получившие результаты тестирования ниже установленных значений, допускаются к повторному тестированию не ранее чем через один месяц со дня прохождения тестирования.";</w:t>
+      "Кандидаты, получившие результаты тестирования ниже установленных значений, допускаются к повторному тестированию не ранее чем через один месяц со дня прохождения тестирования.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      дополнить пунктами 32-1, 32-2 и 32-3 следующего содержания:</w:t>
+      дополнить пунктами 32-1, 32-2 и 32-3 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "32-1. Заявление на апелляцию принимается от кандидата в случаях обжалования:</w:t>
+      "32-1. Заявление на апелляцию принимается от кандидата в случаях обжалования:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) корректности конкретных вопросов;</w:t>
+      1) корректности конкретных вопросов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) результатов тестирования со ссылкой на технические неполадки;</w:t>
+      2) результатов тестирования со ссылкой на технические неполадки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) акта о нарушении правил тестирования;</w:t>
+      3) акта о нарушении правил тестирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) результатов тестирования со ссылкой на наличие обстоятельств, препятствующих нормальному ходу тестирования.</w:t>
+      4) результатов тестирования со ссылкой на наличие обстоятельств, препятствующих нормальному ходу тестирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32-2. На заседании апелляционной комиссии рассматриваются тестовые задания, по которым кандидат, подавший заявление на апелляцию, ответил неверно, и его варианты ответов, и (или) видео- и аудиозаписи процесса тестирования кандидата.</w:t>
+      32-2. На заседании апелляционной комиссии рассматриваются тестовые задания, по которым кандидат, подавший заявление на апелляцию, ответил неверно, и его варианты ответов, и (или) видео- и аудиозаписи процесса тестирования кандидата.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32-3. Тестовые задания, а также видео- и аудиозаписи процесса тестирования кандидата предоставляются в апелляционную комиссию Центром по ее запросу.</w:t>
+      32-3. Тестовые задания, а также видео- и аудиозаписи процесса тестирования кандидата предоставляются в апелляционную комиссию Центром по ее запросу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При этом тестовые задания выдаются кандидатам только для ознакомления.";</w:t>
+      При этом тестовые задания выдаются кандидатам только для ознакомления.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -835,91 +911,91 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Внести в </w:t>
+      2. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 21 февраля 2017 года № 40 "О некоторых вопросах занятия административной государственной должности" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 14939, опубликованный в Эталонном контрольном банке нормативных правовых актов Республики Казахстан 19 апреля 2017 года) следующее изменение:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в </w:t>
+      в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, программах и организации тестирования административных государственных служащих, кандидатов на занятие административных государственных должностей, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
@@ -931,555 +1007,582 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      </w:t>
-[...38 lines deleted...]
-      "11. В рамках одного конкурсного отбора в кадровый резерв корпуса "А" кандидаты в резерв корпуса "А" проходят тестирование один раз по каждой программе тестирования для соответствующей категории, указанной в заявлении.";</w:t>
+      "11. В рамках одного конкурсного отбора в кадровый резерв корпуса "А" кандидаты в резерв корпуса "А" проходят тестирование один раз по каждой программе тестирования для соответствующей категории, указанной в заявлении.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      часть вторую </w:t>
+      часть вторую </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Повторное тестирование лиц, указанных в части первой настоящего пункта, допускается не ранее чем через один месяц со дня прохождения тестирования.";</w:t>
+      "Повторное тестирование лиц, указанных в части первой настоящего пункта, допускается не ранее чем через один месяц со дня прохождения тестирования.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложения 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к указанным Правилам, программам и организации тестирования административных государственных служащих, кандидатов на занятие административных государственных должностей изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      </w:t>
-[...138 lines deleted...]
-      3. Департаменту государственной службы Агентства Республики Казахстан по делам государственной службы и противодействию коррупции в установленном законодательством порядке обеспечить:</w:t>
+      3. Департаменту государственной службы Агентства Республики Казахстан по делам государственной службы и противодействию коррупции в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан" для размещения в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан" для размещения в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) размещение настоящего приказа на интернет-ресурсе Агентства Республики Казахстан по делам государственной службы и противодействию коррупции.</w:t>
+      3) размещение настоящего приказа на интернет-ресурсе Агентства Республики Казахстан по делам государственной службы и противодействию коррупции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Контроль за исполнением настоящего приказа возложить на заместителя Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции, курирующего вопросы государственной службы.</w:t>
+      4. Контроль за исполнением настоящего приказа возложить на заместителя Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции, курирующего вопросы государственной службы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Настоящий приказ вводится в действие со дня его первого официального опубликования.</w:t>
+      5. Настоящий приказ вводится в действие со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель Агентства</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан по</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>делам государственной службы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и противодействию коррупции</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1487,227 +1590,263 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>К. Кожамжаров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z36" w:id="28"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Согласован"</w:t>
-[...3 lines deleted...]
-      </w:r>
+      "Согласован"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Генеральный Прокурор</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________ Ж. Асанов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z37" w:id="29"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Согласован"</w:t>
-[...3 lines deleted...]
-      </w:r>
+      "Согласован"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министр финансов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________ Б. Султанов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z38" w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Согласован"</w:t>
-[...3 lines deleted...]
-      </w:r>
+      "Согласован"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министр внутренних дел</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________ К. Касымов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2165,182 +2304,182 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>эл. адрес ____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z43" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-                                           </w:t>
+        <w:t xml:space="preserve">
+                                           </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заявление</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z44" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-             Прошу допустить меня на тестирование на знание государственного языка и законодательства Республики Казахстан по программе __ правоохранительной службы и по программе __ правоохранительной службы оценки личных качеств.</w:t>
+             Прошу допустить меня на тестирование на знание государственного языка и законодательства Республики Казахстан по программе __ правоохранительной службы и по программе __ правоохранительной службы оценки личных качеств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z45" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-             С основными требованиями Правил, программ и организации тестирования граждан, впервые поступающих на правоохранительную службу ознакомлен (ознакомлена), согласен (согласна) и обязуюсь их выполнять.</w:t>
+             С основными требованиями Правил, программ и организации тестирования граждан, впервые поступающих на правоохранительную службу ознакомлен (ознакомлена), согласен (согласна) и обязуюсь их выполнять.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z46" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-             Место прохождения тестирования: ______________.</w:t>
+             Место прохождения тестирования: ______________.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z47" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-             Желаемая дата тестирования: __________________.</w:t>
+             Желаемая дата тестирования: __________________.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z48" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-             Желаемое время тестирования: _________________.</w:t>
+             Желаемое время тестирования: _________________.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z49" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-             "____" _______________ 20 __ г.</w:t>
+             "____" _______________ 20 __ г.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2658,306 +2797,374 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z53" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РАСПИСКА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z54" w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-                                     </w:t>
-[...33 lines deleted...]
-      </w:r>
+             Принято заявление от кандидата на занятие должности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>правоохранительной службы ______________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...208 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (фамилия, имя и отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Назначенная дата тестирования: ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Назначенное время тестирования: ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Место прохождения тестирования: ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Программа тестирования: ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Перечень правовых актов, предусмотренных программой тестирования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Примечание: кандидаты на занятие должности правоохранительной службы, получившие при прохождении тестирования на знание законодательства Республики Казахстан результаты ниже значений прохождения тестирования, проходят повторное тестирование не ранее чем через один месяц со дня прохождения тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       В случае удовлетворения апелляционной комиссией апелляции кандидата, он допускается на пересдачу тестирования на знание государственного языка и законодательства Республики Казахстан без соблюдения вышеуказанного срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Выдана через портал "электронного правительства" автоматизированной системой регистрации уполномоченного органа по делам государственной службы на прохождение тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "____" _______________ 20 __ г.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3226,91 +3433,91 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Программы тестирования граждан, впервые поступающих на правоохранительную службу, на знание государственного языка и законодательства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z58" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) первая программа предназначена для должностей правоохранительной службы по категориям C-GP-1, C-AGP-1, C-GP-2, C-AGP-2, C-GP-3, C-AGP-3, C-GP-4, C-AGP-4, C-GP-5, C-AGP-5, C-GP-6, C-AGP-6, C-OGP-2, C-OGP-3, C-OGP-4, C-OGP-5, C-OGP-6, C-OGP-7, C-OGP-8, C-RGP-1, C-RGP-2, C-RGP-3, C-RGP-4, C-RGP-5, С-SVО-8, С-SVR-7, C-SVU-8, C-SVU-9, C-SVU-10, C-SVU-12, C-SGU-5, C-SGU-7, В-PK-1, В-PK-2, В-PK-3, В-PKО-1, В-PKО-2, В-PKО-3, С-GD-2, С-GD-3, С-GD-4, С-GDО-1, С-GDО-2, С-GDО-3, С-GDО-4 и включает: </w:t>
+      1) первая программа предназначена для должностей правоохранительной службы по категориям C-GP-1, C-AGP-1, C-GP-2, C-AGP-2, C-GP-3, C-AGP-3, C-GP-4, C-AGP-4, C-GP-5, C-AGP-5, C-GP-6, C-AGP-6, C-OGP-2, C-OGP-3, C-OGP-4, C-OGP-5, C-OGP-6, C-OGP-7, C-OGP-8, C-RGP-1, C-RGP-2, C-RGP-3, C-RGP-4, C-RGP-5, С-SVО-8, С-SVR-7, C-SVU-8, C-SVU-9, C-SVU-10, C-SVU-12, C-SGU-5, C-SGU-7, В-PK-1, В-PK-2, В-PK-3, В-PKО-1, В-PKО-2, В-PKО-3, С-GD-2, С-GD-3, С-GD-4, С-GDО-1, С-GDО-2, С-GDО-3, С-GDО-4 и включает: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z59" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тесты на знание государственного языка Республики Казахстан (20 вопросов) продолжительностью 20 минут;</w:t>
+      тесты на знание государственного языка Республики Казахстан (20 вопросов) продолжительностью 20 минут;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z60" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      тесты на знание </w:t>
+      тесты на знание </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан (15 вопросов), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3466,131 +3673,131 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 29 декабря 2015 года № 153 (15 вопросов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z61" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Значение прохождения тестирования по программе составляет не менее 95 правильных ответов от общего количества вопросов (135 вопросов) по всем нормативным правовым актам и не менее 5 правильных ответов по каждому нормативному правовому акту.</w:t>
+      Значение прохождения тестирования по программе составляет не менее 95 правильных ответов от общего количества вопросов (135 вопросов) по всем нормативным правовым актам и не менее 5 правильных ответов по каждому нормативному правовому акту.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z62" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Общее время на выполнение тестов на знание законодательства Республики Казахстан составляет 110 минут.</w:t>
+      Общее время на выполнение тестов на знание законодательства Республики Казахстан составляет 110 минут.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z63" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) вторая программа предназначена для должностей правоохранительной службы по категориям С-SV-10, С-SVО-9, С-SVR-4, С-SVR-8, C-SVU-13, C-SVU-14, C-SGU-11, C-SGU-12, C-SGU-13, В-PK-4, В-PK-5, В-PK-6, В-PK-7, В-PK-8, В-PKО-4, В-PKО-5, В-PKО-6, В-PKО-7, В-PKО-8, С-GD-5, С-GD-6, С-GDО-5, С-GDО-6 и включает: </w:t>
+      2) вторая программа предназначена для должностей правоохранительной службы по категориям С-SV-10, С-SVО-9, С-SVR-4, С-SVR-8, C-SVU-13, C-SVU-14, C-SGU-11, C-SGU-12, C-SGU-13, В-PK-4, В-PK-5, В-PK-6, В-PK-7, В-PK-8, В-PKО-4, В-PKО-5, В-PKО-6, В-PKО-7, В-PKО-8, С-GD-5, С-GD-6, С-GDО-5, С-GDО-6 и включает: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z64" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тесты на знание государственного языка Республики Казахстан (20 вопросов) продолжительностью 20 минут.</w:t>
+      тесты на знание государственного языка Республики Казахстан (20 вопросов) продолжительностью 20 минут.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z65" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      тесты на знание </w:t>
+      тесты на знание </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан (15 вопросов), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3706,131 +3913,131 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 29 декабря 2015 года № 153 (15 вопросов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z66" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Значение прохождения тестирования по программе составляет не менее 63 правильных ответов от общего количества вопросов (105 вопросов) по всем нормативным правовым актам и не менее 5 правильных ответов по каждому нормативному правовому акту. </w:t>
+      Значение прохождения тестирования по программе составляет не менее 63 правильных ответов от общего количества вопросов (105 вопросов) по всем нормативным правовым актам и не менее 5 правильных ответов по каждому нормативному правовому акту. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z67" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Общее время на выполнение тестов на знание законодательства Республики Казахстан по второй программе составляет 90 минут.</w:t>
+      Общее время на выполнение тестов на знание законодательства Республики Казахстан по второй программе составляет 90 минут.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z68" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) третья программа предназначена для должностей правоохранительной службы по категориям C-SV-12, C-SV-13 и включает: </w:t>
+      3) третья программа предназначена для должностей правоохранительной службы по категориям C-SV-12, C-SV-13 и включает: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z69" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тесты на знание государственного языка Республики Казахстан (20 вопросов) продолжительностью 20 минут.</w:t>
+      тесты на знание государственного языка Республики Казахстан (20 вопросов) продолжительностью 20 минут.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z70" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      тесты на знание </w:t>
+      тесты на знание </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан (15 вопросов), Закона Республики Казахстан "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3866,131 +4073,131 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 29 декабря 2015 года № 153 (15 вопросов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z71" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Значение прохождения тестирования по программе составляет не менее 21 правильного ответа от общего количества вопросов (45 вопросов) по всем нормативным правовым актам и не менее 5 правильных ответов по каждому нормативному правовому акту.</w:t>
+      Значение прохождения тестирования по программе составляет не менее 21 правильного ответа от общего количества вопросов (45 вопросов) по всем нормативным правовым актам и не менее 5 правильных ответов по каждому нормативному правовому акту.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z72" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Общее время на выполнение тестов на знание законодательства Республики Казахстан составляет 40 минут.</w:t>
+      Общее время на выполнение тестов на знание законодательства Республики Казахстан составляет 40 минут.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z73" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) четвертая программа предназначена для должностей правоохранительной службы, не требующих наличия соответствующего образования по юридической специальности по категориям C-GP-1, C-AGP-1, C-GP-2, C-AGP-2, C-GP-3, C-AGP-3, C-GP-4, C-AGP-4, C-GP-5, C-AGP-5, C-GP-6, C-AGP-6, C-OGP-2, C-OGP-3, C-OGP-4, C-OGP-5, C-OGP-6, C-OGP-7, C-OGP-8, C-RGP-1, C-RGP-2, C-RGP-3, C-RGP-4, C-RGP-5, С-SVО-9, С-SVR-8, C-SVU-13, C-SVU-14, C-SVU-15, C-SGU-8, C-SGU-11, C-SGU-12, C-SGU-13, C-SSP-7, C-SSP-8, C-SN-5, C-SN-7, C-SN-8, В-РК-3, В-РК-4, В-РК-5, В-РК-6, В-РК-7, В-РК-8, В-РКО-3, В-РКО-4, В-РКО-5, В-РКО-6, В-РКО-7, В-РКО-8 и включает: </w:t>
+      4) четвертая программа предназначена для должностей правоохранительной службы, не требующих наличия соответствующего образования по юридической специальности по категориям C-GP-1, C-AGP-1, C-GP-2, C-AGP-2, C-GP-3, C-AGP-3, C-GP-4, C-AGP-4, C-GP-5, C-AGP-5, C-GP-6, C-AGP-6, C-OGP-2, C-OGP-3, C-OGP-4, C-OGP-5, C-OGP-6, C-OGP-7, C-OGP-8, C-RGP-1, C-RGP-2, C-RGP-3, C-RGP-4, C-RGP-5, С-SVО-9, С-SVR-8, C-SVU-13, C-SVU-14, C-SVU-15, C-SGU-8, C-SGU-11, C-SGU-12, C-SGU-13, C-SSP-7, C-SSP-8, C-SN-5, C-SN-7, C-SN-8, В-РК-3, В-РК-4, В-РК-5, В-РК-6, В-РК-7, В-РК-8, В-РКО-3, В-РКО-4, В-РКО-5, В-РКО-6, В-РКО-7, В-РКО-8 и включает: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z74" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тесты на знание государственного языка Республики Казахстан (20 вопросов) продолжительностью 20 минут.</w:t>
+      тесты на знание государственного языка Республики Казахстан (20 вопросов) продолжительностью 20 минут.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z75" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      тесты на знание </w:t>
+      тесты на знание </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан (15 вопросов), Конституционного закона Республики Казахстан "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4066,71 +4273,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 29 декабря 2015 года № 153 (15 вопросов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z76" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Значение прохождения тестирования по программе составляет не менее 35 правильных ответов от общего количества вопросов (75 вопросов) по всем нормативным правовым актам и не менее 5 правильных ответов по каждому нормативному правовому акту.</w:t>
+      Значение прохождения тестирования по программе составляет не менее 35 правильных ответов от общего количества вопросов (75 вопросов) по всем нормативным правовым актам и не менее 5 правильных ответов по каждому нормативному правовому акту.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z77" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Общее время на выполнение тестов на знание законодательства Республики Казахстан составляет 60 минут.</w:t>
+      Общее время на выполнение тестов на знание законодательства Республики Казахстан составляет 60 минут.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4433,936 +4640,898 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="61"/>
-[...15 lines deleted...]
-                                     </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z81" w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                                     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>СПРАВКА</w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         о прохождении тестирования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             с результатами ниже значений прохождения тестирования</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9176"/>
-        <w:gridCol w:w="3124"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9176" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z82" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дана</w:t>
-[...13 lines deleted...]
-            </w:r>
+              <w:t>дана о том, что</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="62"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>__________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Ф. И. О. (при его наличии) кандидата)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>прошел</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="62"/>
+              <w:t>прошел (прошла) "____" _______________ 20 __ г. тестирование на знание государственного языка и законодательства Республики Казахстан в городе____________________ по ___ программе тестирования с результатами ниже значений прохождения тестирования.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1790700" cy="2108200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1790700" cy="2108200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2201"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3050"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z85" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Название теста</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="63"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество тестовых вопросов/заданий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Значение прохождения тестирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество правильных ответов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z87" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИТОГО</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="64"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z88" w:id="65"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z88" w:id="65"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-             Данный кандидат может пройти повторное тестирование не ранее чем через один месяц со дня прохождения данного тестирования.</w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve">       М.П. "____"_______________ 20 __ г. </w:t>
+             Данный кандидат может пройти повторное тестирование не ранее чем через один месяц со дня прохождения данного тестирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Подпись администратора тестирования: ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Подпись оператора тестирования: _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       М.П. "____"_______________ 20 __ г. </w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5631,211 +5800,211 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Программы тестирования на оценку личных качеств кандидатов на занятие должностей правоохранительной службы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkStart w:name="z92" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тестирование на оценку личных качеств кандидатов на занятие должностей правоохранительной службы состоит из двух программ:</w:t>
+      Тестирование на оценку личных качеств кандидатов на занятие должностей правоохранительной службы состоит из двух программ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z93" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) первая программа предназначена для категорий C-GP-1, C-AGP-1, C-GP-2, C-AGP-2, C-GP-3, C-AGP-3, C-GP-4, C-AGP-4, C-OGP-2, C-OGP-3, C-OGP-4, C-OGP-5, C-OGP-6, C-RGP-1, C-RGP-2, C-RGP-3, В-PK-1, В-PK-2, В-PK-3, В-PK-4, В-PK-5, В-PKО-1, В-PKО-2, В-PKО-3, В-PKО-4, В-PKО-5, С-GD-2, С-GD-3, С-GD-4, С-GDО-1, С-GDО-2, С-GDО-3, С-GDО-4 и включает:</w:t>
+      1) первая программа предназначена для категорий C-GP-1, C-AGP-1, C-GP-2, C-AGP-2, C-GP-3, C-AGP-3, C-GP-4, C-AGP-4, C-OGP-2, C-OGP-3, C-OGP-4, C-OGP-5, C-OGP-6, C-RGP-1, C-RGP-2, C-RGP-3, В-PK-1, В-PK-2, В-PK-3, В-PK-4, В-PK-5, В-PKО-1, В-PKО-2, В-PKО-3, В-PKО-4, В-PKО-5, С-GD-2, С-GD-3, С-GD-4, С-GDО-1, С-GDО-2, С-GDО-3, С-GDО-4 и включает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:bookmarkStart w:name="z94" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тесты на выявление уровня инициативности (12 заданий), коммуникативности (12 заданий), аналитичности (12 заданий), организованности (12 заданий), стратегического мышления (12 заданий), лидерства (12 заданий), этичности (12 заданий), ориентации на качество (12 заданий), ориентации на потребителя (12 заданий), нетерпимости к коррупции (12 заданий).</w:t>
+      тесты на выявление уровня инициативности (12 заданий), коммуникативности (12 заданий), аналитичности (12 заданий), организованности (12 заданий), стратегического мышления (12 заданий), лидерства (12 заданий), этичности (12 заданий), ориентации на качество (12 заданий), ориентации на потребителя (12 заданий), нетерпимости к коррупции (12 заданий).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkStart w:name="z95" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Общее время на выполнение тестов по первой программе составляет 90 минут.</w:t>
+      Общее время на выполнение тестов по первой программе составляет 90 минут.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:bookmarkStart w:name="z96" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Зоны риска из возможных 4 (четырех) баллов для первой программы: инициативность – 1,5 балла, коммуникативность – 2 балла, аналитичность – 2,5 балла, организованность – 2,5 балла, стратегическое мышление – 2,5 балла, лидерство – 2,5 балла, этичность – 1,5 балла, ориентация на качество – 1,5 балла, ориентация на потребителя – 1,5 балла, нетерпимость к коррупции – 2 балла.</w:t>
+      Зоны риска из возможных 4 (четырех) баллов для первой программы: инициативность – 1,5 балла, коммуникативность – 2 балла, аналитичность – 2,5 балла, организованность – 2,5 балла, стратегическое мышление – 2,5 балла, лидерство – 2,5 балла, этичность – 1,5 балла, ориентация на качество – 1,5 балла, ориентация на потребителя – 1,5 балла, нетерпимость к коррупции – 2 балла.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z97" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) вторая программа предназначена для категорий C-GP-5, C-AGP-5, C-GP-6, C-AGP-6, C-OGP-7, C-OGP-8, C-RGP-4, C-RGP-5, C-SV-12, C-SV-13, С-SVО-8, С-SVR-7, C-SVU-8, C-SVU-9, C-SVU-10, C-SVU-12, C-SVU-13, C-SVU-14, C-SGU-5, C-SGU-7, C-SGU-8, C-SGU-11, C-SGU-12, С-SV-10, С-SVО-9, С-SVR-4, С-SVR-8, C-SVU-15, C-SGU-13, C-SSP-7, C-SSP-8, C-SN-5, C-SN-7, C-SN-8, В-PK-6, В-PK-7, В-PK-8, В-PKО-6, В-PKО-7, В-PKО-8, С-GD-5, С-GD-6, С-GDО-5, С-GDО-6, и включает:</w:t>
+      2) вторая программа предназначена для категорий C-GP-5, C-AGP-5, C-GP-6, C-AGP-6, C-OGP-7, C-OGP-8, C-RGP-4, C-RGP-5, C-SV-12, C-SV-13, С-SVО-8, С-SVR-7, C-SVU-8, C-SVU-9, C-SVU-10, C-SVU-12, C-SVU-13, C-SVU-14, C-SGU-5, C-SGU-7, C-SGU-8, C-SGU-11, C-SGU-12, С-SV-10, С-SVО-9, С-SVR-4, С-SVR-8, C-SVU-15, C-SGU-13, C-SSP-7, C-SSP-8, C-SN-5, C-SN-7, C-SN-8, В-PK-6, В-PK-7, В-PK-8, В-PKО-6, В-PKО-7, В-PKО-8, С-GD-5, С-GD-6, С-GDО-5, С-GDО-6, и включает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:bookmarkStart w:name="z98" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тесты на выявление уровня инициативности (12 заданий), коммуникативности (12 заданий), аналитичности (12 заданий), организованности (12 заданий), этичности (12 заданий), ориентации на качество (12 заданий), ориентации на потребителя (12 заданий), нетерпимости к коррупции (12 заданий).</w:t>
+      тесты на выявление уровня инициативности (12 заданий), коммуникативности (12 заданий), аналитичности (12 заданий), организованности (12 заданий), этичности (12 заданий), ориентации на качество (12 заданий), ориентации на потребителя (12 заданий), нетерпимости к коррупции (12 заданий).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:bookmarkStart w:name="z99" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Общее время на выполнение тестов по второй программе составляет 75 минут.</w:t>
+      Общее время на выполнение тестов по второй программе составляет 75 минут.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:bookmarkStart w:name="z100" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Зоны риска из возможных 4 (четырех) баллов для второй программы: инициативность – 1,5 балла, коммуникативность – 1,5 балла, аналитичность – 2 балла, организованность – 1,5 балла, этичность – 1,5 балла, ориентация на качество – 1,5 балла, ориентация на потребителя – 1 балл, нетерпимость к коррупции – 2 балла.</w:t>
+      Зоны риска из возможных 4 (четырех) баллов для второй программы: инициативность – 1,5 балла, коммуникативность – 1,5 балла, аналитичность – 2 балла, организованность – 1,5 балла, этичность – 1,5 балла, ориентация на качество – 1,5 балла, ориентация на потребителя – 1 балл, нетерпимость к коррупции – 2 балла.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6146,71 +6315,71 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Программы тестирования кандидатов на зачисление в кадровый резерв административной государственной службы корпуса "А" на знание законодательства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:bookmarkStart w:name="z104" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Программа тестирования кандидатов на зачисление в кадровый резерв административной государственной службы корпуса "А" на знание законодательства Республики Казахстан состоит из двух программ:</w:t>
+      1. Программа тестирования кандидатов на зачисление в кадровый резерв административной государственной службы корпуса "А" на знание законодательства Республики Казахстан состоит из двух программ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:bookmarkStart w:name="z105" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) первая программа предназначена для должностей административной государственной службы корпуса "А" (далее – должности корпуса "А") первой, второй и третьей категории и включает тесты на знание </w:t>
+      1) первая программа предназначена для должностей административной государственной службы корпуса "А" (далее – должности корпуса "А") первой, второй и третьей категории и включает тесты на знание </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан (10 вопросов), конституционных законов Республики Казахстан "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6406,71 +6575,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 29 декабря 2015 года № 153 (10 вопросов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:bookmarkStart w:name="z106" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Общее время на выполнение тестов по первой программе составляет 90 минут.</w:t>
+      Общее время на выполнение тестов по первой программе составляет 90 минут.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:bookmarkStart w:name="z107" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) вторая программа предназначена для должностей корпуса "А" четвертой категории и включает тесты на знание </w:t>
+      2) вторая программа предназначена для должностей корпуса "А" четвертой категории и включает тесты на знание </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан (10 вопросов), конституционных законов Республики Казахстан "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6626,71 +6795,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 29 декабря 2015 года № 153 (10 вопросов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:bookmarkStart w:name="z108" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Общее время на выполнение тестов по второй программе составляет 75 минут.</w:t>
+      Общее время на выполнение тестов по второй программе составляет 75 минут.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:bookmarkStart w:name="z109" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Значение прохождения тестирования для кандидатов на зачисление в кадровый резерв административной государственной службы корпуса "А" составляет не менее 7 правильных ответов из 10 возможных по каждому нормативному правовому акту. </w:t>
+      2. Значение прохождения тестирования для кандидатов на зачисление в кадровый резерв административной государственной службы корпуса "А" составляет не менее 7 правильных ответов из 10 возможных по каждому нормативному правовому акту. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7047,332 +7216,408 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z113" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+                                           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РАСПИСКА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z114" w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-                                           </w:t>
-[...276 lines deleted...]
-        <w:t xml:space="preserve">       "____" _______________ 20 __ г.</w:t>
+             Принято заявление от кандидата на занятие административной государственной должности корпуса "Б" ___________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (фамилия, имя и отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Назначенная дата тестирования:______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Назначенное время тестирования: ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Место прохождения тестирования: ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Программа тестирования: ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Перечень правовых актов, предусмотренных программой тестирования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Примечание: Кандидаты на должность корпуса "Б", получившие при прохождении тестирования на знание законодательства Республики Казахстан результаты ниже значений прохождения тестирования, проходят повторное тестирование не ранее чем через один месяц со дня прохождения тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Выдана через портал "электронного правительства" автоматизированной системой регистрации уполномоченного органа по делам государственной службы на прохождение тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "____" _______________ 20 __ г.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7711,282 +7956,304 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z118" w:id="85"/>
-[...15 lines deleted...]
-                                           </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z118" w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                                           </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>СПРАВКА</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">                               </w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>о прохождении тестирования</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">                   </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>с результатами ниже значений прохождения тестирования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1707"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="12407"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z119" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана о том, что</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_____________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(фамилия, имя и отчество (при его наличии) кандидата)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 прошел(а) "____" _______________ 20 __ г. тестирование на знание государственного языка и законодательства Республики Казахстан в городе_________________________по ___ программе тестирования на занятие административной государственной должности корпуса "Б" с результатами ниже значений прохождения тестирования.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="86"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="12300"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="12300" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
@@ -7994,152 +8261,145 @@
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Фото</w:t>
                   </w:r>
                 </w:p>
                 <w:bookmarkEnd w:id="87"/>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1707" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z123" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Название теста</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="88"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3101" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество тестовых вопросов/заданий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2365" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8173,445 +8433,396 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество правильных ответов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1707" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3101" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2365" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1707" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z125" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИТОГО</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="89"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3101" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2365" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">       Данный кандидат может пройти повторное тестирование не ранее чем</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Данный кандидат может пройти повторное тестирование не ранее чем</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>через месяц со дня прохождения данного тестирования.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Подпись администратора тестирования: _______________________________________</w:t>
+        <w:t xml:space="preserve">       Подпись администратора тестирования: _______________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Подпись оператора тестирования: ____________________________________________</w:t>
+        <w:t xml:space="preserve">       Подпись оператора тестирования: ____________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       М.П. "____"_______________ 20 __ г.</w:t>
+        <w:t xml:space="preserve">       М.П. "____"_______________ 20 __ г.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -8633,55 +8844,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>