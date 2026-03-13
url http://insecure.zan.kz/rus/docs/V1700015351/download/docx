--- v1 (2025-12-30)
+++ v2 (2026-03-13)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ca5c271" w14:textId="ca5c271">
+    <w:p w14:paraId="4638ea9" w14:textId="4638ea9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,117 +86,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнений в некоторые приказы Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-      </w:r>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 31 мая 2017 года № 115. Зарегистрирован в Министерстве юстиции Республики Казахстан 20 июля 2017 года № 15351. Утратил сила приказом Председателя Агентства Республики Казахстан по делам государственной службы от 8 декабря 2025 года № 196.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Председателя Агентства РК по делам государственной службы от 08.12.2025 </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Председателя Агентства РК по делам государственной службы от 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 196</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -8836,55 +8838,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9214,35 +9238,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId5"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>