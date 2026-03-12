--- v0 (2025-10-12)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="45d6bb9" w14:textId="45d6bb9">
+    <w:p w14:paraId="f177811" w14:textId="f177811">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -417,50 +417,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра культуры и спорта РК от 24.02.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); вносится изменение на казахском языке, текст на русском языке не меняется, в соответствии с приказом Министра туризма и спорта РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -992,50 +1012,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок - в редакции приказа Министра культуры и спорта РК от 24.02.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); вносится изменение на казахском языке, текст на русском языке не меняется, в соответствии с приказом Министра туризма и спорта РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Типовые штаты с изменениями, внесенными приказами Министра культуры и спорта РК от 25.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1110,50 +1150,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -8016,57 +8076,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица на каждое отдельное здание</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15822,50 +15886,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приказ дополнен приложением 2 в соответствии с приказом Министра культуры и спорта РК от 24.02.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра туризма и спорта РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -18590,86 +18674,88 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 единица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18691,777 +18777,802 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-не более 2 единиц</w:t>
+Не более 4 единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-1 единица</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 единиц, при наличии собственного спортивного сооружения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24.</w:t>
-[...71 lines deleted...]
-1 единица на каждый отраслевой отдел</w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Главный бухгалтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Основной персонал</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23-1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заместитель главного бухгалтера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица, при наличии собственного спортивного сооружения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25.</w:t>
-[...71 lines deleted...]
-не более 7 единиц на каждый отраслевой отдел</w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель отдела</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица на каждый отраслевой отдел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26.</w:t>
-[...71 lines deleted...]
-1 единица</w:t>
+24-1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Главный инженер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица, при наличии собственного спортивного сооружения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-1 единица на каждый вид транспорта</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основной персонал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Административный персонал</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Методист или инструктор отдела</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не более 7 единиц на каждый отраслевой отдел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28.</w:t>
-[...35 lines deleted...]
-Бухгалтер</w:t>
+26.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дизайнер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19494,539 +19605,424 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29.</w:t>
-[...71 lines deleted...]
-1 единица</w:t>
+27.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Водитель (при наличии транспорта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица на каждый вид транспорта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-устанавливается в соответствии со служебной необходимостью</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Административный персонал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-Юрист</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бухгалтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 единица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-1 единица</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 единиц, при наличии собственного спортивного сооружения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33.</w:t>
-[...35 lines deleted...]
-Переводчик</w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономист</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20059,510 +20055,608 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34.</w:t>
-[...71 lines deleted...]
-1 единица</w:t>
+30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Менеджер по государственным закупкам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+устанавливается в соответствии со служебной необходимостью</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-Архивист</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Юрист</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 единица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-1 единица</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 единицы, при наличии собственного спортивного сооружения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Организации, в которых осуществляются медико-биологическое и фармакологическое обеспечение, и организации, обеспечивающие спортсменов медицинской помощью</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инспектор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Управленческий персонал</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Переводчик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37.</w:t>
-[...35 lines deleted...]
-Руководитель</w:t>
+34.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программист</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20595,200 +20689,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38.</w:t>
-[...71 lines deleted...]
-не более 2 единиц</w:t>
+35.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Архивист</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39.</w:t>
-[...35 lines deleted...]
-Главный бухгалтер</w:t>
+36.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Референт (или секретарь, или делопроизводитель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20821,1033 +20915,962 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40.</w:t>
-[...71 lines deleted...]
-устанавливается в соответствии со служебной необходимостью</w:t>
+36-1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель (заведующий) столовой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица, при наличии собственного спортивного сооружения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41.</w:t>
-[...71 lines deleted...]
-не более 6 единиц</w:t>
+36-2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель (заведующий) бассейна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица, при наличии собственного спортивного сооружения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42.</w:t>
-[...71 lines deleted...]
-1 единица</w:t>
+36-3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель (заведующий) библиотекой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица, при наличии собственного спортивного сооружения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43.</w:t>
-[...71 lines deleted...]
-1 единица</w:t>
+36-4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель (заведующий) спортивным сооружением</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица, при наличии собственного спортивного сооружения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44.</w:t>
-[...71 lines deleted...]
-1 единица</w:t>
+36-5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель (заведующий) прачечной</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица, при наличии собственного спортивного сооружения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Основной персонал</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36-6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель структурного подразделения, занятого хозяйственным обслуживанием (котельная, склад)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2 единицы, при наличии собственного спортивного сооружения </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45.</w:t>
+36-7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель (заведующий) медицинским комплексом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Врач </w:t>
-[...35 lines deleted...]
-количество штатных единиц устанавливается в зависимости от объема выполняемой работы</w:t>
+1 единица, при наличии собственного спортивного сооружения </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-количество штатных единиц устанавливается в зависимости от объема выполняемой работы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организации, в которых осуществляются медико-биологическое и фармакологическое обеспечение, и организации, обеспечивающие спортсменов медицинской помощью</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-устанавливается в соответствии со служебной необходимостью</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Управленческий персонал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48.</w:t>
-[...35 lines deleted...]
-Психолог</w:t>
+37.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21880,539 +21903,539 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49.</w:t>
-[...71 lines deleted...]
-не более 4 единиц</w:t>
+38.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заместитель руководителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не более 2 единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50.</w:t>
-[...71 lines deleted...]
-количество штатных единиц устанавливается в зависимости от объема выполняемой работы</w:t>
+39.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Главный бухгалтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51.</w:t>
-[...71 lines deleted...]
-не более 2 единиц</w:t>
+40.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель отдела или службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+устанавливается в соответствии со служебной необходимостью</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52.</w:t>
-[...71 lines deleted...]
-не более 5 единиц</w:t>
+41.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заведующий отделением-врач</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не более 6 единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53.</w:t>
-[...35 lines deleted...]
-Медицинский регистратор</w:t>
+42.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Главная медицинская сестра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22445,87 +22468,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54.</w:t>
-[...35 lines deleted...]
-Сестра-хозяйка</w:t>
+43.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заведующий лаборатории</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22558,581 +22581,581 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55.</w:t>
-[...71 lines deleted...]
-устанавливается соответствии с технической необходимостью</w:t>
+44.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заведующий по административно-хозяйственной части</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-1 единица на каждый вид транспорта</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основной персонал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Административный персонал</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Врач </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+количество штатных единиц устанавливается в зависимости от объема выполняемой работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57.</w:t>
-[...71 lines deleted...]
-1 единица</w:t>
+46.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медицинская(ий) сестра/брат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+количество штатных единиц устанавливается в зависимости от объема выполняемой работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58.</w:t>
-[...71 lines deleted...]
-1 единица</w:t>
+47.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медицинская(ий) сестра/брат (специализированная(ый) (по массажу)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+устанавливается в соответствии со служебной необходимостью</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59.</w:t>
-[...35 lines deleted...]
-Экономист</w:t>
+48.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23165,652 +23188,652 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60.</w:t>
-[...71 lines deleted...]
-не более 2 единиц</w:t>
+49.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инструктор по лечебной физической культуре</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не более 4 единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61.</w:t>
-[...71 lines deleted...]
-1 единица</w:t>
+50.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санитар(ка)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+количество штатных единиц устанавливается в зависимости от объема выполняемой работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62.</w:t>
-[...71 lines deleted...]
-1 единица</w:t>
+51.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специалист лаборатории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не более 2 единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63.</w:t>
-[...71 lines deleted...]
-1 единица</w:t>
+52.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фельдшер лаборант</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не более 5 единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64.</w:t>
-[...71 lines deleted...]
-не более 2 единиц</w:t>
+53.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медицинский регистратор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65.</w:t>
-[...35 lines deleted...]
-Архивист</w:t>
+54.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сестра-хозяйка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23843,431 +23866,1716 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66.</w:t>
-[...71 lines deleted...]
-1 единица</w:t>
+55.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инженер по медицинскому оборудованию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+устанавливается соответствии с технической необходимостью</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Дополнительные штатные единицы при наличии собственного здания в организациях, в которых осуществляются антидопинговая деятельность, научно-методическое, медико-биологическое и фармакологическое обеспечение, и организаций, обеспечивающих спортсменов медицинской помощью</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Водитель (при наличии транспорта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица на каждый вид транспорта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-штатная единица должности уборщицы помещений устанавливается из расчета 0,5 штатной единицы должности на каждые 250 квадратных метров убираемой площади, но не менее 1 штатной единицы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Административный персонал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68.</w:t>
-[...71 lines deleted...]
-до 3 единиц на здание</w:t>
+57.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бухгалтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+58.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бухгалтер-кассир</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономист</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Юрист</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не более 2 единиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Менеджер по государственным закупкам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Переводчик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инспектор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программист</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не более 2 единиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Архивист</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Референт (или секретарь, или делопроизводитель)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дополнительные штатные единицы при наличии собственного здания в организациях, в которых осуществляются антидопинговая деятельность, научно-методическое, медико-биологическое и фармакологическое обеспечение, и организаций, обеспечивающих спортсменов медицинской помощью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уборщица помещений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+штатная единица должности уборщицы помещений устанавливается из расчета 0,5 штатной единицы должности на каждые 250 квадратных метров убираемой площади, но не менее 1 штатной единицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Охранник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3 единиц на здание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 69.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -24297,50 +25605,1585 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 устанавливается в соответствии с технической необходимостью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Механик по обслуживанию дизельной техники </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 единицы, при наличии собственного спортивного сооружения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Техник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 единиц, при наличии собственного спортивного сооружения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Библиотекарь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 единицы, при наличии собственного спортивного сооружения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Энергетик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 единиц, при наличии собственного спортивного сооружения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица, на каждое общежитие, столовую, при наличии собственного спортивного сооружения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дежурный администратор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 единиц, на каждое общежитие, столовую, при наличии собственного спортивного сооружения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кассир (при оказании в организациях платных услуг населению)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z39" w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 единица, на каждую расположенную отдельно зону обслуживания населения</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ (спортивная арена, фитнес, тренажерный зал, бассейн, секции по видам спорта, гостиница, столовая) при наличии собственного спортивного сооружения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 единицы на каждую расположенную отдельно зону обслуживания населения </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ (спортивная арена, фитнес, тренажерный зал, бассейн, секции по видам спорта, гостиница, столовая) при наличии собственного спортивного сооружения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Механик по обслуживанию оборудования звуковой техники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 единицы, при наличии собственного спортивного сооружения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Механик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 единиц, при наличии собственного спортивного сооружения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инженер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 единиц, при наличии собственного спортивного сооружения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инструктор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 единиц, при наличии собственного спортивного сооружения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Менеджер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 единиц, при наличии собственного спортивного сооружения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мастер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 единиц, при наличии собственного спортивного сооружения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -24372,55 +27215,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>