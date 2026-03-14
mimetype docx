--- v0 (2025-12-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5875bdf" w14:textId="5875bdf">
+    <w:p w14:paraId="54a856a" w14:textId="54a856a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,186 +76,184 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>О внесении изменений и дополнений в постановление Правления Национального Банка Республики Казахстан от 31 января 2011 года № 3 "Об утверждении Типового плана счетов бухгалтерского учета в банках второго уровня, ипотечных организациях и акционерном обществе "Банк Развития Казахстана" и утверждении Инструкции по ведению бухгалтерского учета исламскими банками</w:t>
+        <w:t>О внесении изменений и дополнений в постановление Правления Национального Банка Республики Казахстан от 31 января 2011 года № 3 "Об утверждении Типового плана счетов бухгалтерского учета в банках второго уровня, ипотечных организациях и акционерном обществе "Банк Развития Казахстана"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление Правления Национального Банка Республики Казахстан от 27 марта 2017 года № 46. Зарегистрировано в Министерстве юстиции Республики Казахстан 12 мая 2017 года № 15117.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z3" w:id="0"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> пункта 6 статьи 20 Закона Республики Казахстан "О бухгалтерском учете и финансовой отчетности" Правление Национального Банка Республики Казахстан </w:t>
+      Сноска. Заголовок – в редакции постановления Правления Национального Банка РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 19.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 122</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие c 01.01.2023).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3998,330 +3996,362 @@
         <w:t>
       По дебету счета проводится сумма расходов, понесенных в результате отрицательного изменения справедливой стоимости активов, приобретенных за счет денег, принятых по договору об инвестиционном депозите.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
     <w:bookmarkStart w:name="z163" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По кредиту счета проводится списание сумм расходов на внебалансовый счет № 7851.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z164" w:id="161"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> по ведению бухгалтерского учета исламскими банками.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Утратил силу постановлением Правления Национального Банка РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z165" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Признать утратившими силу:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z165" w:id="162"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z166" w:id="163"/>
+    <w:bookmarkStart w:name="z166" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 27 апреля 2009 года № 33 "Об утверждении Инструкции по ведению бухгалтерского учета исламскими банками" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 5687);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z167" w:id="164"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z167" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан по вопросам ведения бухгалтерского учета, в которые вносятся изменения и дополнения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 17 июля 2015 года № 131 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам ведения бухгалтерского учета" (зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 11993, опубликованным 17 сентября 2015 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z168" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Департаменту бухгалтерского учета (Рахметова С.К.) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z168" w:id="165"/>
-[...15 lines deleted...]
-      4. Департаменту бухгалтерского учета (Рахметова С.К.) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+    <w:bookmarkStart w:name="z169" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) совместно с Юридическим департаментом (Сарсенова Н.В.) государственную регистрацию настоящего постановления в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z169" w:id="166"/>
-[...15 lines deleted...]
-      1) совместно с Юридическим департаментом (Сарсенова Н.В.) государственную регистрацию настоящего постановления в Министерстве юстиции Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего постановления направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z170" w:id="167"/>
-[...15 lines deleted...]
-      2) в течение десяти календарных дней со дня государственной регистрации настоящего постановления направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего постановления на официальном интернет-ресурсе Национального Банка Республики Казахстан после его официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z171" w:id="168"/>
-[...15 lines deleted...]
-      3) размещение настоящего постановления на официальном интернет-ресурсе Национального Банка Республики Казахстан после его официального опубликования.</w:t>
+    <w:bookmarkStart w:name="z172" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Управлению по защите прав потребителей финансовых услуг и внешних коммуникаций (Терентьев А.Л.) обеспечить в течение десяти календарных дней после государственной регистрации настоящего постановления направление его копии на официальное опубликование в периодические печатные издания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z172" w:id="169"/>
-[...15 lines deleted...]
-      5. Управлению по защите прав потребителей финансовых услуг и внешних коммуникаций (Терентьев А.Л.) обеспечить в течение десяти календарных дней после государственной регистрации настоящего постановления направление его копии на официальное опубликование в периодические печатные издания.</w:t>
+    <w:bookmarkStart w:name="z173" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Контроль за исполнением настоящего постановления возложить на заместителя Председателя Национального Банка Республики Казахстан Галиеву Д.Т.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z173" w:id="170"/>
-[...15 lines deleted...]
-      6. Контроль за исполнением настоящего постановления возложить на заместителя Председателя Национального Банка Республики Казахстан Галиеву Д.Т.</w:t>
+    <w:bookmarkStart w:name="z174" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z174" w:id="171"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="171"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -4582,55083 +4612,116 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 марта 2017 года № 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z177" w:id="172"/>
+    <w:bookmarkStart w:name="z177" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инструкция</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>по ведению бухгалтерского учета исламскими банками</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-[...30 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящая Инструкция по ведению бухгалтерского учета исламскими банками (далее – Инструкция) разработана в соответствии с </w:t>
-[...58 lines deleted...]
-</w:t>
+      Сноска. Инструкция утратила силу постановлением Правления Национального Банка РК от 24.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правления Национального Банка РК от 19.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 122</w:t>
+        <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие c 01.01.2023).</w:t>
-[...54878 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -60040,31 +5103,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>