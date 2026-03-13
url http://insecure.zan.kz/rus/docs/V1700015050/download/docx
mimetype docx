--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4b0e86e" w14:textId="4b0e86e">
+    <w:p w14:paraId="a29b4e1" w14:textId="a29b4e1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1143,863 +1143,985 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила выдачи банку или банковскому холдингу разрешения на создание или приобретение дочерней организации, на значительное участие в капитале организаций, на создание или приобретение банком дочерней организации, приобретающей сомнительные и безнадежные активы родительского банка, а также отзыва и (или) отмены разрешения на создание, приобретение дочерней организации, значительное участие в капитале организаций (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Административным</w:t>
-[...69 lines deleted...]
-        <w:t>" (далее – Закон о разрешениях).</w:t>
+        <w:t>Административным процедурно-процессуальным кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан (далее – АППК), частью пятой пункта 1, частью второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 13-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 11-1, частью второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 11-2 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" (далее – Закон о банках), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственном регулировании, контроле и надзоре финансового рынка и финансовых организаций", подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" (далее – Закон о государственных услугах), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О разрешениях и уведомлениях" (далее – Закон о разрешениях).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z197" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация о внесенных изменениях и (или) дополнениях в Правила размещается на официальном интернет-ресурсе уполномоченного органа, направляется оператору информационно-коммуникационной инфраструктуры "электронного правительства" и Единый контакт-центр в течение 3 (трех) рабочих дней с даты утверждения или изменения соответствующего нормативного правового акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Правила определяют порядок выдачи уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций (далее – уполномоченный орган) банку или банковскому холдингу разрешения на создание или приобретение дочерней организации, разрешения на значительное участие в капитале организаций, разрешения на создание или приобретение банком дочерней организации, приобретающей сомнительные и безнадежные активы родительского банка (далее – государственная услуга), а также отзыва и (или) отмены разрешения на создание, приобретение банком или банковским холдингом дочерней организации, значительное участие банка или банковского холдинга в капитале организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Перечень основных требований к оказанию государственной услуги, приведен в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок выдачи банку или банковскому холдингу разрешения на создание или приобретение дочерней организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Для получения разрешения на создание или приобретение дочерней организации банк или банковский холдинг представляет в электронном виде посредством веб-портала "электронного правительства" www.egov.kz (далее – портал) заявление на получение разрешения на создание или приобретение дочерней организации по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам, с приложением документов и сведений в соответствии с Перечнем основных требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Заявление на получение разрешения на создание или приобретение дочерней организации, представляемое банковским холдингом и (или) лицом, желающим приобрести статус банковского холдинга, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам представляется в электронном виде посредством портала одновременно с заявлением о приобретении статуса крупного участника финансовой организации, банковского холдинга и (или) страхового холдинга с приложением документов в соответствии с Перечнем основных требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Информация о руководящих работниках дочерней организации (или кандидатах, рекомендуемых для назначения или избрания на должности руководящих работников) представляется по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Бизнес-план дочерней организации, за исключением дочерней организации, приобретающей сомнительные и безнадежные активы родительского банка, соответствует следующим требованиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не ограничиваясь нижеследующим, содержит следующую информацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       описание видов предоставляемых услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       анализ финансовых последствий создания, приобретения банком или банковским холдингом дочерней организации, включая предполагаемый расчетный баланс банка или банковского холдинга и дочерней организации после ее создания или приобретения, а также при наличии план и предложения банка или банковского холдинга по продаже активов дочерней организации или внесению значительных изменений в деятельность по управлению дочерней организацией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       расчет банковским конгломератом, в состав которого входит банк или банковский холдинг, пруденциальных нормативов и других обязательных к соблюдению банками норм и лимитов в результате предполагаемого наличия дочерних организаций банка или банковского холдинга, установленных уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организационная структура дочерней организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заверяется подписью первого руководителя банка или банковского холдинга либо лица, исполняющего его обязанности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Документы, выданные компетентными органами или должностными лицами иностранных государств, подлежат легализации либо апостилированию в соответствии с требованиями законодательства Республики Казахстан или международными договорами, ратифицированными Республикой Казахстан (за исключением документов, удостоверяющих личность физического лица – нерезидента Республики Казахстан). Указанные документы, представляемые на иностранном языке, переводятся на казахский и, при необходимости, русский языки и подлежат нотариальному засвидетельствованию в соответствии с законодательством Республики Казахстан о нотариате.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. При наличии замечаний к представленным документам уполномоченный орган направляет банку или банковскому холдингу письмо с указанием данных замечаний посредством почтовой, факсимильной связи, электронной почты и (или) посредством портала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк или банковский холдинг устраняет замечания и представляет в уполномоченный орган доработанные (исправленные) документы, соответствующие требованиям банковского законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При направлении банком или банковским холдингом заявления через портал в "личном кабинете" автоматически отображается статус о принятии запроса на оказание государственной услуги с указанием даты и времени получения результата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Работник уполномоченного органа, уполномоченный на прием и регистрацию корреспонденции, в день поступления заявления осуществляет его прием, регистрацию и направление на исполнение в подразделение, ответственное за оказание государственной услуги (далее – ответственное подразделение). При поступлении заявления банка или банковского холдинга после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закону</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О праздниках в Республике Казахстан" (далее – Закон о праздниках) прием заявлений осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Работник ответственного подразделения в течение 10 (десяти) рабочих дней со дня регистрации заявления проверяет полноту представленных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган получает из информационных систем, используемых для оказания государственных услуг или сервиса цифровых документов, сведения, указанные в документах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       удостоверяющих личность физического лица - резидента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подтверждающих отсутствие у физического лица - резидента Республики Казахстан неснятой или непогашенной судимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о государственной регистрации (перерегистрации) юридического лица - резидента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае установления факта неполноты представленных документов и (или) документов с истекшим сроком действия ответственное подразделение в срок, указанный в части первой настоящего пункта, готовит и направляет мотивированный отказ в дальнейшем рассмотрении заявления посредством портала в "личный кабинет" банка или банковского холдинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В случае полноты представленных документов ответственное подразделение в течение 36 (тридцати шести) рабочих дней рассматривает документы на предмет их соответствия требованиям законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении оснований для отказа в оказании государственной услуги уполномоченный орган уведомляет банк или банковский холдинг о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для предоставления банку или банковскому холдингу возможности выразить позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до принятия решения об отказе в оказании государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня получения услугополучателем уведомления о предварительном решении об отказе в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам рассмотрения документов, представленных банком, банковским холдингом, заслушивания ответственное подразделение готовит и направляет на рассмотрение Правления уполномоченного органа проект постановления Правления уполномоченного органа о выдаче (об отказе в выдаче) разрешения на создание или приобретение банком или банковским холдингом дочерней организации. Правление уполномоченного органа принимает решение о выдаче (об отказе в выдаче) разрешения на создание или приобретение банком или банковским холдингом дочерней организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Работник ответственного подразделения в течение 3 (трех) рабочих дней после получения ответственным подразделением постановления Правления уполномоченного органа (в пределах срока оказания государственной услуги), направляет в "личный кабинет" банка или банковского холдинга через портал уведомление о выдаче разрешения на создание или приобретение банком или банковским холдингом дочерней организации либо мотивированный ответ об отказе в предоставлении государственной услуги в форме электронного документа, подписанного электронной цифровой подписью уполномоченного лица уполномоченного органа с приложением копии постановления Правления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При наличии оснований для отказа в оказании государственной услуги, срок рассмотрения заявления может быть продлен мотивированным решением руководителя услугодателя или его заместителя на разумный срок, но не более чем до 2 (двух) месяцев ввиду необходимости установления фактических обстоятельств, имеющих значение для правильного рассмотрения заявления, о чем извещается услугополучатель в течение 3 (трех) рабочих дней со дня продления срока в соответствии с частью третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> АППК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Оплата сбора осуществляется в наличной или безналичной форме через банки второго уровня или организации, осуществляющие отдельные виды банковских операций, а также в безналичной форме через платежный шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Если создаваемая либо приобретаемая дочерняя организация является банком, страховой (перестраховочной) организацией, управляющим инвестиционным портфелем - резидентами Республики Казахстан, заявление, предусмотренное </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2054,1148 +2176,1148 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 26 Закона Республики Казахстан "О страховой деятельности" (далее – Закон о страховой деятельности) и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 72-1 Закона Республики Казахстан "О рынке ценных бумаг" (далее – Закон о рынке ценных бумаг).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если создаваемая либо приобретаемая дочерняя организация является банком, страховой (перестраховочной) организацией, управляющим инвестиционным портфелем - резидентами Республики Казахстан, разрешение на создание или приобретение дочерней организации выдается одновременно с согласием на приобретение статуса крупного участника финансовой организации, банковского холдинга и (или) страхового холдинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок выдачи разрешения на создание или приобретение банком дочерней организации, приобретающей сомнительные и безнадежные активы родительского банка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Для получения разрешения на создание или приобретение банком дочерней организации, приобретающей сомнительные и безнадежные активы родительского банка, банк представляет в электронном виде посредством портала заявление на получение разрешения на создание или приобретение дочерней организации, приобретающей сомнительные и безнадежные активы родительского банка, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам, с приложением документов и сведений в соответствии с Перечнем основных требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При направлении банком заявления через портал в "личном кабинете" автоматически отображается статус о принятии запроса на оказание государственной услуги с указанием даты и времени получения результата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Информация о руководящих работниках дочерней организации (или кандидатах, рекомендуемых для назначения или избрания на должности руководящих работников) представляется по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Документы, выданные компетентными органами или должностными лицами иностранных государств, подлежат легализации либо апостилированию в соответствии с требованиями законодательства Республики Казахстан или международными договорами, ратифицированными Республикой Казахстан (за исключением документов, удостоверяющих личность физического лица – нерезидента Республики Казахстан). Указанные документы, представляемые на иностранном языке, переводятся на казахский и, при необходимости, русский языки и подлежат нотариальному засвидетельствованию в соответствии с законодательством Республики Казахстан о нотариате.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. При наличии замечаний к представленным документам уполномоченный орган направляет банку письмо с указанием данных замечаний посредством почтовой, факсимильной связи, электронной почты и (или) посредством портала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z62" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк устраняет замечания и представляет в уполномоченный орган доработанные (исправленные) документы, соответствующие требованиям банковского законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z63" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Работник уполномоченного органа, уполномоченный на прием и регистрацию корреспонденции, в день поступления заявления осуществляет его прием, регистрацию и направление на исполнение в ответственное подразделение. При поступлении заявления банка после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закону</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о праздниках прием заявлений осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z64" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Работник ответственного подразделения в течение 10 (десяти) рабочих дней со дня регистрации заявления проверяет полноту представленных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z65" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган получает из информационных систем, используемых для оказания государственных услуг или сервиса цифровых документов, сведения, указанные в документах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z66" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       удостоверяющих личность физического лица - резидента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z67" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подтверждающих отсутствие у физического лица - резидента Республики Казахстан неснятой или непогашенной судимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z68" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о государственной регистрации (перерегистрации) юридического лица - резидента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z69" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае установления факта неполноты представленных документов и (или) документов с истекшим сроком действия ответственное подразделение в срок, указанный в части первой настоящего пункта, готовит и направляет мотивированный отказ в дальнейшем рассмотрении заявления посредством портала в "личный кабинет" банка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z70" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. В случае полноты представленных документов ответственное подразделение в течение 36 (тридцати шести) рабочих дней рассматривает документы на предмет их соответствия требованиям законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z71" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении оснований для отказа в оказании государственной услуги уполномоченный орган уведомляет банк о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для предоставления банку возможности выразить позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z72" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до принятия решения об отказе в оказании государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня получения услугополучателем уведомления о предварительном решении об отказе в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z73" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам рассмотрения документов, представленных банком, заслушивания ответственное подразделение готовит и направляет на рассмотрение Правления уполномоченного органа проект постановления Правления уполномоченного органа о выдаче (об отказе в выдаче) разрешения на создание или приобретение банком дочерней организации, приобретающей сомнительные и безнадежные активы родительского банка. Правление уполномоченного органа принимает решение о выдаче (об отказе в выдаче) разрешения на создание или приобретение банком дочерней организации, приобретающей сомнительные и безнадежные активы родительского банка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z74" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Работник ответственного подразделения в течение 3 (трех) рабочих дней после получения ответственным подразделением постановления Правления уполномоченного органа (в пределах срока оказания государственной услуги), направляет в "личный кабинет" банка через портал уведомление о выдаче разрешения на создание или приобретение банком дочерней организации, приобретающей сомнительные и безнадежные активы родительского банка, либо мотивированный ответ об отказе в предоставлении государственной услуги в форме электронного документа, подписанного электронной цифровой подписью уполномоченного лица уполномоченного органа с приложением копии постановления Правления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z75" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При наличии оснований для отказа в оказании государственной услуги срок рассмотрения заявления может быть продлен мотивированным решением руководителя услугодателя или его заместителя на разумный срок, но не более чем до 2 (двух) месяцев ввиду необходимости установления фактических обстоятельств, имеющих значение для правильного рассмотрения заявления, о чем извещается услугополучатель в течение 3 (трех) рабочих дней со дня продления срока, в соответствии с частью третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> АППК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z76" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Оплата сбора осуществляется в наличной или безналичной форме через банки второго уровня или организации, осуществляющие отдельные виды банковских операций, а также в безналичной форме через платежный шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z77" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок выдачи разрешения на значительное участие банка или банковского холдинга в капитале организаций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z78" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Для получения разрешения на значительное участие в капитале организаций банк или банковский холдинг представляет в электронном виде посредством портала заявление на получение разрешения на значительное участие в капитале организаций по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам, с приложением документов и сведений в соответствии с Перечнем основных требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z79" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Банк для получения разрешения на значительное участие в капитале организации, приобретающей сомнительные и безнадежные активы, создаваемой (приобретаемой) совместно с организацией, специализирующейся на улучшении качества кредитных портфелей банков второго уровня, представляет в электронном виде посредством портала заявление на получение разрешения на значительное участие в капитале организаций по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам, с приложением документов и сведений в соответствии с Перечнем основных требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z80" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Заявление на получение разрешения на значительное участие банковского холдинга и (или) лица, желающего приобрести статус банковского холдинга в капитале организаций, представляемое банковским холдингом и (или) лицом, желающим приобрести статус банковского холдинга, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам, представляется в электронном виде посредством портала, одновременно с заявлением о приобретении статуса крупного участника финансовой организации, банковского холдинга и (или) страхового холдинга, с приложением документов в соответствии с Перечнем основных требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z81" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При направлении банком или банковским холдингом или лицом, желающим приобрести статус банковского холдинга, заявления через портал в "личном кабинете" автоматически отображается статус о принятии запроса на оказание государственной услуги с указанием даты и времени получения результата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z82" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Информация о руководящих работниках организации, в которой банк или банковский холдинг имеет значительное участие в капитале (или кандидатах, рекомендуемых для назначения или избрания на должности руководящих работников), представляется по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z83" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Документы, выданные компетентными органами или должностными лицами иностранных государств, подлежат легализации либо апостилированию в соответствии с требованиями законодательства Республики Казахстан или международными договорами, ратифицированными Республикой Казахстан (за исключением документов, удостоверяющих личность физического лица – нерезидента Республики Казахстан). Указанные документы, представляемые на иностранном языке, переводятся на казахский и, при необходимости, русский языки и подлежат нотариальному засвидетельствованию в соответствии с законодательством Республики Казахстан о нотариате.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z84" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. При наличии замечаний к представленным документам уполномоченный орган направляет банку или банковскому холдингу письмо с указанием данных замечаний посредством почтовой, факсимильной связи, электронной почты и (или) посредством портала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z85" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк или банковский холдинг устраняет замечания и представляет в уполномоченный орган доработанные (исправленные) документы, соответствующие требованиям банковского законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z86" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Работник уполномоченного органа, уполномоченный на прием и регистрацию корреспонденции, в день поступления заявления осуществляет его прием, регистрацию и направление на исполнение в ответственное подразделение. При поступлении заявления банка или банковского холдинга после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закону</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о праздниках прием заявлений осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z87" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Работник ответственного подразделения в течение 10 (десяти) рабочих дней со дня регистрации заявления проверяет полноту представленных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z88" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган получает из информационных систем, используемых для оказания государственных услуг или сервиса цифровых документов, сведения, указанные в документах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z89" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       удостоверяющих личность физического лица - резидента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z90" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подтверждающих отсутствие у физического лица - резидента Республики Казахстан неснятой или непогашенной судимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z91" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о государственной регистрации (перерегистрации) юридического лица - резидента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z92" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае установления факта неполноты представленных документов и (или) документов с истекшим сроком действия ответственное подразделение в срок, указанный в части первой настоящего пункта, готовит и направляет мотивированный отказ в дальнейшем рассмотрении заявления посредством портала в "личный кабинет" банка или банковского холдинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z93" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. В случае полноты представленных документов ответственное подразделение в течение 36 (тридцати шести) рабочих дней рассматривает документы на предмет их соответствия требованиям законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z94" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении оснований для отказа в оказании государственной услуги уполномоченный орган уведомляет банк или банковский холдинг о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для предоставления банку или банковскому холдингу возможности выразить позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z95" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до принятия решения об отказе в оказании государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня получения услугополучателем уведомления о предварительном решении об отказе в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z96" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам рассмотрения документов, представленных банком, банковским холдингом, заслушивания ответственное подразделение готовит и направляет на рассмотрение Правления уполномоченного органа проект постановления Правления уполномоченного органа о выдаче (об отказе в выдаче) разрешения на значительное участие банка или банковского холдинга в капитале организаций. Правление уполномоченного органа принимает решение о выдаче (об отказе в выдаче) разрешения на значительное участие банка или банковского холдинга в капитале организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z97" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Работник ответственного подразделения в течение 3 (трех) рабочих дней после получения ответственным подразделением постановления Правления уполномоченного органа (в пределах срока оказания государственной услуги), направляет в "личный кабинет" банка или банковского холдинга через портал уведомление о выдаче разрешения на значительное участие банка или банковского холдинга в капитале организаций либо мотивированный ответ об отказе в предоставлении государственной услуги в форме электронного документа, подписанного электронной цифровой подписью уполномоченного лица уполномоченного органа с приложением копии постановления Правления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z98" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При наличии оснований для отказа в оказании государственной услуги, срок рассмотрения заявления может быть продлен мотивированным решением руководителя услугодателя или его заместителя на разумный срок, но не более чем до 2 (двух) месяцев ввиду необходимости установления фактических обстоятельств, имеющих значение для правильного рассмотрения заявления, о чем извещается услугополучатель в течение 3 (трех) рабочих дней со дня продления срока в соответствии с частью третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> АППК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z99" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Оплата сбора осуществляется в наличной или безналичной форме через банки второго уровня или организации, осуществляющие отдельные виды банковских операций, а также в безналичной форме через платежный шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z100" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. В случае приобретения значительного участия в капитале банка, страховой (перестраховочной) организации, управляющего инвестиционным портфелем - резидентов Республики заявление, предусмотренное </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3250,130 +3372,130 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 26 Закона о страховой деятельности и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 72-1 Закона о рынке ценных бумаг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z101" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z101" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае приобретения значительного участия в капитале банка, страховой (перестраховочной) организации, управляющего инвестиционным портфелем - резидентов Республики Казахстан разрешение на значительное участие в капитале организаций выдается одновременно с согласием на приобретение статуса крупного участника финансовой организации, банковского холдинга и (или) страхового холдинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z102" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Порядок отзыва и (или) отмены разрешения на создание, приобретение банком или банковским холдингом дочерней организации, значительное участие банка или банковского холдинга в капитале организаций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z103" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Уполномоченный орган отзывает выданное разрешение на создание, приобретение банком или банковским холдингом дочерней организации, значительное участие банка или банковского холдинга в капитале организаций по основаниям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11-1 Закона о банках, и принимает решение об отмене ранее выданного разрешения в течение двух месяцев с даты обнаружения факта, являющегося основанием для отзыва разрешения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z104" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z104" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. В случае отзыва разрешения на создание, приобретение банком или банковским холдингом дочерней организации, значительное участие банка или банковского холдинга в капитале организаций банк или банковский холдинг осуществляет мероприятия, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3388,469 +3510,487 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11-1 Закона о банках, и представляет уведомление в уполномоченный орган в течение 3 (трех) рабочих дней с даты отчуждения принадлежащих им акций (долей участия в уставном капитале) с приложением подтверждающих документов, за исключением случаев, установленных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z105" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. Банк или банковский холдинг обращается в уполномоченный орган с заявлением об отмене ранее выданного разрешения на создание или приобретение банком или банковским холдингом дочерней организации, значительное участие банка или банковского холдинга в капитале организаций в течение 30 (тридцати) календарных дней с момента возникновения случаев, предусмотренных в подпунктах 2), 3) и 4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 13-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11-1 Закона о банках, с приложением подтверждающих документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z106" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z106" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Банк или банковский холдинг, ранее получивший разрешение уполномоченного органа на создание или приобретение дочерней организации, и в последующем имеющие только признаки значительного участия в капитале организаций, в течение 30 (тридцати) календарных дней со дня возникновения указанного изменения ходатайствует перед уполномоченным органом об отмене ранее выданного уполномоченным органом разрешения на создание или приобретение дочерней организации и выдаче разрешения на значительное участие банка или банковского холдинга в капитале организации с представлением документов, подтверждающих указанное изменение, и оплату сбора за выдачу разрешения, за исключением случаев оплаты через платежный шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z107" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z107" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банку или банковскому холдингу не требуется получение разрешения уполномоченного органа на создание или приобретение дочерней организации в случае реорганизации данной дочерней организации в форме преобразования, в отношении которой банком или банковским холдингом ранее уже было получено соответствующее разрешение на создание или приобретение дочерней организации, при условии соблюдения банком или банковским холдингом требований, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о банках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z108" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z108" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Порядок обжалования решений, действий (бездействия) уполномоченного органа и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z109" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z109" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг производится в письменном виде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z110" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z110" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим должностным лицом услугодателя, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z111" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z111" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z112" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z112" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении через портал информация о порядке обжалования предоставляется по телефону Единого контакт-центра: 8-800-080-7777 или 1414.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z113" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z113" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z114" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z114" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя по вопросам оказания государственных услуг, поступившая в адрес услугодателя, рассматривается в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z115" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z115" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, рассматривается в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z116" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z116" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. В жалобе указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z117" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z117" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) полное наименование, почтовый адрес, бизнес-идентификационный номер услугополучателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z118" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z118" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование услугодателя и (или) фамилия, имя, отчество (при его наличии) должностного лица решение, действие (бездействие) которого (которых) обжалуется (обжалуются);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z119" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z119" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обстоятельства, на которых лицо, подающее жалобу, основывает свои требования и доказательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z120" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z120" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) исходящий номер и дата подачи жалобы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z121" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z121" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) перечень прилагаемых к жалобе документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z122" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z122" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подписывается услугополучателем либо лицом, являющимся его представителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z123" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z123" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3923,103 +4063,90 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>или банковскому холдингу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>разрешения на создание</w:t>
-[...51 lines deleted...]
-              <w:t>в капитале организаций,</w:t>
+              <w:t>разрешения на создание или</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приобретение дочерней</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации, на значительное</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участие в капитале организаций,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на создание или приобретение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4111,68 +4238,122 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организации, значительное</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>участие в капитале организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z125" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4222,51 +4403,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Выдача разрешения на создание или приобретение банком и (или) банковским холдингом дочерней организации и (или) на значительное участие банка и (или) банковского холдинга в уставном капитале организаций</w:t>
+Выдача банку или банковскому холдингу разрешения на создание или приобретение дочерней организации или значительное участие банка или банковского холдинга в капитале организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4299,72 +4480,106 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> и.о. Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 31 января 2020 года № 39/НҚ. (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 19982)</w:t>
+              <w:t>
+Выдача разрешения на создание или приобретение банком или банковским холдингом дочерней организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешения на создание или приобретение банком дочерней организации, приобретающей сомнительные и безнадежные активы родительского банка;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешения на значительное участие банка или банковского холдинга в капитале организаций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача разрешения на значительное участие банка в капитале организации, приобретающей сомнительные и безнадежные активы, создаваемой (приобретаемой) совместно с организацией, специализирующейся на улучшении качества кредитных портфелей банков второго уровня.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4432,52 +4647,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Агентство Республики Казахстан по регулированию и развитию финансового рынка</w:t>
+              <w:t xml:space="preserve">
+Агентство Республики Казахстан по регулированию и развитию финансового рынка </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4772,92 +4987,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (полностью автоматизированная)/ оказываемая по принципу "одного заявления"</w:t>
+Электронная (частично автоматизированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-5. </w:t>
+              <w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4998,110 +5213,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 (пятьдесят) месячных расчетных показателей.</w:t>
-[...17 lines deleted...]
-Оплата сбора осуществляется в наличной или безналичной форме через банки второго уровня или организации, осуществляющие отдельные виды банковских операций, а также в безналичной форме через платежный шлюз "электронного правительства".</w:t>
+50 (пятьдесят) месячных расчетных показателей. Оплата сбора осуществляется в наличной или безналичной форме через банки второго уровня или организации, осуществляющие отдельные виды банковских операций, а также в безналичной форме через платежный шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-7. </w:t>
+              <w:t>
+7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5128,130 +5325,70 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...78 lines deleted...]
-              <w:t xml:space="preserve"> о праздниках, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+              <w:t>
+1) услугодателя – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, за исключением выходных и праздничных дней, в соответствии с трудовым законодательством Республики Казахстан и Законом Республики Казахстан "О праздниках в Республике Казахстан" (далее – Закон о праздниках);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан и Закону о праздниках, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5355,256 +5492,160 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) запрос в форме электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) первого руководителя услугополучателя либо лица, исполняющего его обязанности;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>
-3) электронные копии учредительных документов дочерней организации, в случае отсутствия их на интернет-ресурсе депозитария финансовой отчетности или возможности получения их услугодателем на портале;</w:t>
+2) электронная копия заявления на получение разрешения на создание или приобретение дочерней организации по форме согласно приложению 2 к Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) электронная копия решения об учреждении дочерней организации - в случае ее создания либо решение о приобретении дочерней организации - в случае ее приобретения (в случае отсутствия сведений на интернет-ресурсе депозитария финансовой отчетности), а также электронная копия лицензии, в случае осуществления лицензируемого вида деятельности;</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> к Правилам;</w:t>
+3) электронные копии учредительных документов дочерней организации (для юридических лиц-нерезидентов Республики Казахстан);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) электронная копия решения об учреждении дочерней организации - в случае ее создания либо решение о приобретении дочерней организации - в случае ее приобретения (в случае отсутствия сведений на интернет-ресурсе депозитария финансовой отчетности);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) электронная копия информации о руководящих работниках дочерней организации (или кандидатах, рекомендуемых для назначения или избрания на должности руководящих работников) по форме согласно приложению 4 к Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) электронная копия сведений об аффилированных лицах (в случае отсутствия сведений на интернет-ресурсе депозитария финансовой отчетности).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В случае отсутствия у услугополучателя - банка банковского холдинга дополнительно предоставляется электронная копия информации об организациях, связанных с дочерней организацией:</w:t>
+В случае отсутствия у услугополучателя - банка банковского холдинга дополнительно предоставляется электронная копия информации об организациях, связанных с дочерней организацией: управлением их деятельностью на объединенной основе в соответствии с условиями меморандума или положений ассоциации этих организаций; если состав исполнительного органа, органа управления (для акционерных обществ), наблюдательного совета (для товариществ с ограниченной ответственностью) указанных организаций более чем на одну треть представлен одними и теми же лицами;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-управлением их деятельностью на объединенной основе в соответствии с условиями меморандума или положений ассоциации этих организаций;</w:t>
-[...55 lines deleted...]
-              <w:t xml:space="preserve"> Правил;</w:t>
+7) электронная копия бизнес-плана дочерней организации в соответствии с пунктом 7 Правил;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8) электронная копия информации на основании анализа законодательства страны места нахождения дочерней организации, об отсутствии обстоятельств, предполагающих невозможность проведения консолидированного надзора за банковским конгломератом в связи с тем, что законодательство стран места нахождения участников банковского конгломерата-нерезидентов Республики Казахстан делает невозможным выполнение ими и банковским конгломератом, предусмотренных законодательными актами Республики Казахстан требований (при приобретении дочерней организации – нерезидента Республики Казахстан);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5614,177 +5655,105 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9) электронная копия финансовой отчетности приобретаемой дочерней организации, заверенная аудиторской организацией, за последний завершенный отчетный период;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10) электронная копия данных о юридическом лице, посредством приобретения доли участия в уставном капитале или акций которого услугополучатель приобретает дочернюю организацию, включающих:</w:t>
-[...35 lines deleted...]
-сведения о размере доли участия услугополучателя в уставном капитале юридического лица, цене ее приобретения, учредителем (участником) которого является услугополучатель;</w:t>
+10) электронная копия данных о юридическом лице, посредством приобретения доли участия в уставном капитале или акций которого услугополучатель приобретает дочернюю организацию, включающих: наименование и место нахождения юридического лица; сведения о размере доли участия услугополучателя в уставном капитале юридического лица, цене ее приобретения, учредителем (участником) которого является услугополучатель;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сведения о количестве акций, цене приобретения, их процентном соотношении к общему количеству размещенных акций (за вычетом привилегированных и выкупленных обществом) юридического лица, акционером которого является услугополучатель;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сведения о размере доли участия юридического лица (учредителем, участником, акционером которого является услугополучатель), цене ее приобретения в уставном капитале другого юридического лица;</w:t>
+сведения о размере доли участия юридического лица (учредителем, участником, акционером которого является услугополучатель), цене ее приобретения в уставном капитале другого юридического лица; сведения о количестве акций, цене приобретения, их процентном соотношении к общему количеству размещенных акций (за вычетом привилегированных и выкупленных обществом), приобретенных юридическим лицом, акционером (учредителем, участником) которого является услугополучатель. Данные требования распространяются на случаи приобретения дочерней организации услугополучателем посредством приобретения долей участия в уставном капитале или акций нескольких юридических лиц;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сведения о количестве акций, цене приобретения, их процентном соотношении к общему количеству размещенных акций (за вычетом привилегированных и выкупленных обществом), приобретенных юридическим лицом, акционером (учредителем, участником) которого является услугополучатель.</w:t>
-[...35 lines deleted...]
-11) электронная копия документа, подтверждающего оплату сбора за выдачу разрешения, за исключением случаев оплаты через платежный шлюз "электронного правительства;</w:t>
+11) электронная копия документа, подтверждающего оплату сбора за выдачу разрешения, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12) электронные копии иных документов, на основании которых предполагается приобрести контроль или подтверждающих контроль над дочерней организацией с указанием основания возникновения контроля.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5811,128 +5780,88 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) запрос в форме электронного документа, удостоверенный ЭЦП первого руководителя услугополучателя либо лица, исполняющего его обязанности;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к Правилам, с приложением документов, предусмотренных подпунктами 3), 4), 5), 6), 10), 11) и 12) части первой настоящего пункта;</w:t>
+              <w:t>
+2) электронная копия заявления на получение разрешения на создание или приобретение дочерней организации, приобретающей сомнительные и безнадежные активы родительского банка, по форме согласно приложению 5 к Правилам, с приложением документов, предусмотренных подпунктами 3), 4), 5), 6), 10), 11) и 12) части первой настоящего пункта;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) электронная копия финансовой отчетности дочерней организации за последний завершенный квартал перед представлением соответствующего заявления - в случае приобретения дочерней организации;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 27 марта 2018 года № 61, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 16795 (далее – Правила № 61).</w:t>
+              <w:t>
+4) электронные копии бизнес-плана и плана мероприятий по улучшению качества сомнительных и безнадежных активов, требования к которым определяются Правилами деятельности дочерней организации, приобретающей сомнительные и безнадежные активы родительского банка, требованиями к приобретаемым (приобретенным) ею сомнительным и безнадежным активам, утвержденными постановлением Правления Национального Банка Республики Казахстан от 27 марта 2018 года № 61, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 16795 (далее – Правила № 61).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов, необходимых для оказания государственной услуги по выдаче разрешения банку или банковскому холдингу на значительное участие в капитале организаций:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5941,110 +5870,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) запрос в форме электронного документа, удостоверенного ЭЦП первого руководителя услугополучателя либо лица, исполняющего его обязанности;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...58 lines deleted...]
-              <w:t xml:space="preserve"> к Правилам.</w:t>
+              <w:t>
+2) электронная копия заявления на получение разрешения на значительное участие в капитале организаций по форме согласно приложению 6 к Правилам с приложением документов, предусмотренных подпунктами 4), 7), 8), 10) и 11) части первой настоящего пункта;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронная копия информации о руководящих работниках организации, в которой банк или банковский холдинг имеет значительное участие в капитале (или кандидатах, рекомендуемых для назначения или избрания на должности руководящих работников), по форме согласно приложению 8 к Правилам.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов, необходимых для оказания государственной услуги по выдаче разрешения на значительное участие банка в капитале организации, приобретающей сомнительные и безнадежные активы, создаваемой (приобретаемой) совместно с организацией, специализирующейся на улучшении качества кредитных портфелей банков второго уровня:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6053,72 +5942,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) запрос в форме электронного документа, удостоверенного ЭЦП первого руководителя услугополучателя либо лица, исполняющего его обязанности;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к Правилам с приложением документов, предусмотренных подпунктами 4), 5), 10) и 11) части первой настоящего пункта и подпунктами 3) и 4) части второй настоящего пункта.</w:t>
+              <w:t>
+2) электронная копия заявления на получение разрешения на значительное участие в капитале организаций по форме согласно приложению 6 к Правилам с приложением документов, предусмотренных подпунктами 4), 5), 10) и 11) части первой настоящего пункта и подпунктами 3) и 4) части второй настоящего пункта.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов, необходимых для оказания государственной услуги по выдаче разрешения на создание или приобретение банковским холдингом или лицом, желающим приобрести статус банковского холдинга дочерней организации, в случае одновременного получения согласия на приобретение статуса крупного участника финансовой организации, банковского холдинга и (или) страхового холдинга:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6127,72 +5996,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) запрос в форме электронного документа, удостоверенного ЭЦП первого руководителя услугополучателя либо лица, исполняющего его обязанности;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к Правилам с приложением документа, предусмотренного подпунктом 11) части первой настоящего пункта.</w:t>
+              <w:t>
+2) электронная копия заявления на получение разрешения на создание или приобретение дочерней организации, представляемого банковским холдингом и (или) лицом, желающим приобрести статус банковского холдинга, по форме согласно приложению 3 к Правилам с приложением документа, предусмотренного подпунктом 11) части первой настоящего пункта.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов, необходимых для оказания государственной услуги по выдаче разрешения на значительное участие банковского холдинга или лица, желающего приобрести статус банковского холдинга в капитале организаций в случае одновременного получения согласия на приобретение статуса крупного участника финансовой организации, банковского холдинга и (или) страхового холдинга:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6201,72 +6050,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) запрос в форме электронного документа, удостоверенного ЭЦП первого руководителя услугополучателя либо лица, исполняющего его обязанности;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к Правилам с приложением документа, предусмотренного подпунктом 11) части первой настоящего пункта.</w:t>
+              <w:t>
+2) электронная копия заявления на получение разрешения на значительное участие банковского холдинга и (или) лица, желающего приобрести статус банковского холдинга в капитале организаций, представляемого банковским холдингом и (или) лицом, желающим приобрести статус банковского холдинга, по форме согласно приложению 7 к Правилам с приложением документа, предусмотренного подпунктом 11) части первой настоящего пункта.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6370,72 +6199,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) несоответствие законодательства в области консолидированного надзора за финансовыми организациями страны места нахождения создаваемой или приобретаемой дочерней организации требованиям по консолидированному надзору, установленным законодательными актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" (далее – Закон о банках);</w:t>
+              <w:t>
+2) несоответствие руководящих работников дочерней организации (или кандидатов, рекомендуемых для назначения или избрания на должности руководящих работников) требованиям подпунктов 3), 4), 5) и 6) пункта 3 статьи 20 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" (далее – Закон о банках);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) несоблюдение пруденциальных нормативов банковским конгломератом, в состав которого входит услугополучатель, в результате предполагаемого наличия дочерней организации услугополучателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6445,487 +6254,249 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) анализ финансовых последствий, предполагающий ухудшение финансового состояния услугополучателя (банка, банковского холдинга) или банковского конгломерата вследствие деятельности дочерней организации или планируемых услугополучателем инвестиций;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) несоответствие систем управления рисками и внутреннего контроля, в том числе в отношении рисков, связанных с деятельностью дочерней организации, требованиям услугодателя к системам управления рисками и внутреннего контроля;</w:t>
+5) несоблюдение дочерней организацией установленных пруденциальных нормативов в случаях, предусмотренных законодательством страны места нахождения дочерней организации, а также услугополучателем пруденциальных нормативов, в том числе на консолидированной основе, и других обязательных к соблюдению норм и лимитов в течение последних 3 (трех) месяцев, предшествующих дате подачи заявления услугодателю на получение разрешения, и (или) в период рассмотрения заявления;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) несоблюдение дочерней организацией установленных пруденциальных нормативов в случаях, предусмотренных законодательством страны места нахождения дочерней организации, а также услугополучателем пруденциальных нормативов, в том числе на консолидированной основе, и других обязательных к соблюдению норм и лимитов в течение последних 3 (трех) месяцев, предшествующих дате подачи заявления услугодателю на получение разрешения, и (или) в период рассмотрения заявления;</w:t>
-[...175 lines deleted...]
-              <w:t xml:space="preserve"> касательно выдачи согласия на получение статуса банковского или страхового холдинга, крупного участника банка, страховой (перестраховочной) организации, управляющего инвестиционным портфелем - резидентов Республики Казахстан;</w:t>
+6) наличие у банка и (или) банковского холдинга и (или) предполагаемой к приобретению дочерней организации действующих мер надзорного реагирования, предусмотренных подпунктами 1), 2), 3), 4), 5), 6), 9) и 14) пункта 1 статьи 46, статьей 47-1 Закона о банках и (или) административных взысканий за административные правонарушения, предусмотренные частями шестой, восьмой статьи 213, статьей 227 Кодекса Республики Казахстан об административных правонарушениях, на дату подачи заявления и в период рассмотрения документов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9) неустранение замечаний услугодателя по представленным документам;</w:t>
-[...37 lines deleted...]
-              <w:t>, предъявляемых к созданию дочерних организаций банка, банковского холдинга, приобретению банками, банковскими холдингами акций или долей участия в уставных капиталах юридических лиц;</w:t>
+7) в случаях создания или приобретения услугополучателем дочерней организации - банка, страховой (перестраховочной) организации, управляющего инвестиционным портфелем - резидентов Республики Казахстан - несоблюдение требований, предусмотренных Законом о банках, законодательством Республики Казахстан о страховании и страховой деятельности, рынке ценных бумаг касательно выдачи согласия на получение статуса банковского или страхового холдинга, крупного участника банка, страховой (перестраховочной) организации, управляющего инвестиционным портфелем - резидентов Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11) убыточная деятельность банка и (или) банковского холдинга на консолидированной и неконсолидированной основах по итогам каждого из последних двух завершенных финансовых лет, предшествующих дате подачи заявления на получение разрешения на создание, приобретение дочерней организации услугодателю;</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+8) неустранение замечаний услугодателя по представленным документам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) несоблюдение банком, банковским холдингом требований, установленных статьями 8 и 40 Закона о банках, в отношении создания дочерних организаций банка, банковского холдинга, приобретения банками, банковскими холдингами акций или долей участия в уставных капиталах юридических лиц;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) убыточная деятельность банка и (или) банковского холдинга на консолидированной и неконсолидированной основах по итогам каждого из последних двух завершенных финансовых лет, предшествующих дате подачи заявления на получение разрешения на создание, приобретение дочерней организации услугодателю;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) отсутствие согласия услугополучателя, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги по выдаче разрешения на создание или приобретение дочерней организации, приобретающей сомнительные и безнадежные активы родительского банка:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) основания, предусмотренные подпунктами 2), 3), 9) и 12) части первой настоящего пункта;</w:t>
-[...57 lines deleted...]
-              <w:t>.</w:t>
+1) основания, предусмотренные подпунктами 2), 3), 8) и 11) части первой настоящего пункта;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) несоответствие сомнительных и безнадежных активов, передаваемых дочерней организации, требованиям пункта 4 статьи 11-2 Закона о банках и (или) требованиям Правил № 61.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отказ в выдаче разрешения на значительное участие банка или банковского холдинга в капитале организаций производится по основаниям, предусмотренным частью первой настоящего пункта.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основаниями для отказа в оказании государственной услуги по выдаче разрешения на значительное участие банка в капитале организации, приобретающей сомнительные и безнадежные активы, создаваемой (приобретаемой) совместно с организацией, специализирующейся на улучшении качества кредитных портфелей банков второго уровня, являются основания, предусмотренные подпунктами 2), 3), 9) и 12) части первой и подпунктом 2) части второй настоящего пункта.</w:t>
+Основаниями для отказа в оказании государственной услуги по выдаче разрешения на значительное участие банка в капитале организации, приобретающей сомнительные и безнадежные активы, создаваемой (приобретаемой) совместно с организацией, специализирующейся на улучшении качества кредитных портфелей банков второго уровня, являются основания, предусмотренные подпунктами 2), 3), 8) и 11) части первой и подпунктом 2) части второй настоящего пункта.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6979,68 +6550,50 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адрес места оказания государственной услуги размещен на официальном интернет-ресурсе услугодателя.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22378,55 +21931,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -22752,31 +22305,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>