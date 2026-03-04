--- v0 (2025-10-14)
+++ v1 (2026-03-04)
@@ -1,46 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="229d02b" w14:textId="229d02b">
+    <w:p w14:paraId="df23650" w14:textId="df23650">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -113,160 +112,150 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра юстиции Республики Казахстан от 30 марта 2017 года № 336. Зарегистрирован в Министерстве юстиции Республики Казахстан 25 апреля 2017 года № 15033.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z3" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 18) </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" </w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 18)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О судебно-экспертной деятельности" и с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула в редакции приказа и.о. Министра юстиции РК от 21.05.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 43</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра юстиции РК от 13.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 160</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -908,2461 +897,1985 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила аттестации судебных экспертов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила в редакции приказа и.о. Министра юстиции РК от 21.05.2020 </w:t>
+      Сноска. Правила - в редакции приказа Министра юстиции РК от 13.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
+        <w:t>№ 160</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z169" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z170" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила аттестации судебных экспертов (далее – Правила) разработаны в соответствии с подпунктом 18) </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее - Закон "О государственных услугах") и определяют порядок оказания государственных услуг "Аттестация судебных экспертов" и "Аттестация судебно-медицинских, судебно-психиатрических, судебно-наркологических экспертов" (далее – государственные услуги).</w:t>
+      1. Настоящие Правила аттестации судебных экспертов (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 18)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О судебно-экспертной деятельности" (далее - Закон) и с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее - Закон) и определяют порядок оказания государственных услуг "Аттестация судебных экспертов" и "Аттестация судебно-медицинских, судебно-психиатрических, судебно-наркологических экспертов" (далее – государственные услуги).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z171" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      2. В настоящих Правилах предусмотрены следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z172" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Единый контакт-центр (далее – контакт центр) – юридическое лицо, определенное уполномоченным органом в сфере оказания государственных услуг, выполняющее функции информационно-справочной службы по предоставлению услугополучателям информации по вопросам оказания государственных и иных услуг, а также государственным органам – информации по вопросам оказания информационно-коммуникационных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z173" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) государственная услуга – одна из форм реализации отдельных государственных функций или их совокупности, осуществляемых по обращению или без обращения услугополучателей и направленных на реализацию их прав, свобод и законных интересов, предоставление им соответствующих материальных или нематериальных благ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z174" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) услугодатель – Республиканское государственное казенное предприятие "Центр судебных экспертиз Министерства юстиции Республики Казахстан" (далее - ЦСЭ);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z175" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) внеочередная аттестация судебного эксперта – процедура в случае установления фактов несоответствия судебного эксперта квалификационным требованиям и (или) нарушений требований Закона при занятии судебно-экспертной деятельностью, свидетельствующих о недостаточной квалификации судебного эксперта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z176" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) аттестация судебного эксперта (далее - аттестация) – процедура в которую входит очередная и внеочередная аттестация по определению соответствия судебного эксперта его квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z177" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) судебный эксперт (далее – услугополучатель) – не заинтересованное в деле лицо, обладающее специальными научными знаниями и соответствующее иным требованиям, установленным Законом, которому поручено производство судебной экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z178" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) очередная аттестация судебного эксперта – периодически осуществляемая процедура каждые пять лет, за исключением лиц, осуществляющих судебно-экспертную деятельность более двадцати лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z179" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) оператор тестирования (далее - Оператор) – оператор по техническому обеспечению процедур тестирования и бесперебойного функционирования единой цифровой базы данных (информационной системы) по персоналу государственной службы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z180" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) электронная цифровая подпись (далее - ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z181" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) веб-портал "электронного правительства" www.egov.kz, www.elicense.kz (далее - портал) – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z182" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Судебные эксперты, являющиеся сотрудниками органа судебных экспертиз, находившиеся в отпуске по уходу за ребенком, подлежат аттестации, но не ранее, чем через три месяца и не позднее шести месяцев после выхода на службу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z183" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лица, занимающиеся судебно-экспертной деятельностью на основании лицензии, действие лицензии которых было приостановлено более трех лет, подлежат аттестации, но не ранее, чем через три месяца и не позднее шести месяцев со дня возобновления действия лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z184" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      2. В настоящих Правилах предусмотрены следующие основные понятия: </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+      4. В соответствии с подпунктом 11) пункта 2 статьи 5 Закона услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра транспорта и коммуникаций Республики Казахстан от 14 июня 2013 года № 452 "Об утверждении Правил внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги" (зарегистрирован в реестре государственной регистрации нормативных правовых актов под № 8555).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z185" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При внесении изменений и (или) дополнений в настоящие Правила услугодатель в течение 3 (трех) рабочих дней со дня регистрации в Министерстве юстиции Республики Казахстан направляет информацию о внесении изменений в порядок оказания государственной услуги в Единый контакт-центр и оператору информационно-коммуникационной инфраструктуры инфраструктуры "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z186" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Для прохождения аттестации судебного эксперта лица с инвалидностью (с нарушениями зрения, слуха, функций опорно-двигательного аппарата) прикрепляют сведения об установлении инвалидности, утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра труда и социальной защиты населения Республики Казахстан от 29 июня 2023 года № 260 "Об утверждении Правил проведения медико-социальной экспертизы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 32922) в программное обеспечение приема заявлений и дополнительно указывают о необходимости предоставления помощника, не являющимся судебным экспертом для лиц с инвалидностью с нарушениями зрения, слуха, функций опорно-двигательного аппарата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z187" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...186 lines deleted...]
-    <w:bookmarkStart w:name="z181" w:id="23"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z188" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. ЦСЭ уведомляет Оператора и услугополучателей, подлежащих аттестации о проведении аттестации, не позднее тридцати календарных дней до начала ее проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z189" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Список судебных экспертов, подлежащих аттестации формируется ЦСЭ и направляет ее Оператору.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z190" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Основные требования к оказанию государственной услуги, изложены в Перечне 1, 2 (далее – Перечень 1,2) согласно Приложению 1,2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z191" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Услугополучатели, подлежащие аттестации, направляют в ЦСЭ через портал заявления по форме согласно приложению 3 к настоящим Правилам, за три рабочих дня до даты прохождения аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z192" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Услугополучатель дает согласие на сбор и обработку персональных данных в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z193" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общий срок оказания государственной услуги составляет 7 (семь) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z194" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЦСЭ в течение 1 (одного) рабочего дня с момента поступления заявления осуществляет их прием и регистрацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z195" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Через портал услугополучателю в "личный кабинет" направляется статус о принятии заявления на государственную услугу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z196" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется на следующий рабочий день.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z197" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЦСЭ в течение 2 (двух) рабочих дней с момента регистрации документов проверяет полноту представленных сведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z198" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность услугополучателя, ЦСЭ получает из соответствующих государственных электронных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z199" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях представления услугополучателем неполного пакета документов согласно пункту 8 Перечня 1,2, а также документов с истекшим сроком действия, ЦСЭ отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z200" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае предоставления услугополучателем полных сведений, а также отсутствия оснований для мотивированного отказа в оказании государственной услуги, услугополучатель уведомляется о месте, дате, времени, порядке проведения аттестации посредством передачи на его абонентский номер короткого текстового сообщения или через портал в "личном кабинете".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z201" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При выявлении оснований для отказа в оказании государственной услуги согласно пункту 9 Перечня 1, 2, ЦСЭ не позднее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК) направляет услугополучателю уведомление о предварительном решении об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z202" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель предоставляет или высказывает возражение к предварительному решению об отказе в оказании государственной услуги в срок не позднее 2 (двух) рабочих дней со дня получения уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z203" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Процедура заслушивания проводится в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АППК РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z204" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Решение о проведении внеочередной аттестации лиц, занимающихся судебно-экспертной деятельностью на основании лицензии, принимается комиссией по лицензированию судебно-экспертной деятельности Министерства юстиции Республики Казахстан (далее-Министерство), а судебных экспертов, являющихся сотрудниками органов судебных экспертиз, принимается руководителем ЦСЭ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z205" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Аттестация судебного эксперта проводится по 1 (одной) экспертной специальности за один раз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z206" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Аттестация проводится в два этапа в течение 1(одного) рабочего дня, на казахском или русском языках по выбору услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z207" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) компьютерное тестирование на знание законодательства (100 вопросов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z208" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) компьютерное тестирование на проверку должного уровня практических навыков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z209" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень вопросов, подлежащих включению в аттестационные тесты, формируется главными экспертами ЦСЭ с наличием ученой степени либо не менее пяти лет стажа работы по экспертной специальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z210" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вопросы аттестации и ответы к ним являются конфиденциальной информацией и не подлежат распространению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z211" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЦСЭ передает Оператору тестирования вопросы аттестации и ответы к ним посредством электронного носителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z212" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Передача вопросов аттестации и ответов к ним по техническим каналам открытых видов связи (телефонная, радиосвязь, спутниковая и сотовая (подвижная (мобильная) связь, сеть Интернет) не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z213" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обработка, использование, хранение, учет и уничтожение вопросов аттестации и ответов к ним должны осуществляться на средствах вычислительной техники (далее – СВТ) без возможности скачивания, пересылки документов и подключения к сети Интернет. Доступ к магнитным носителям информации на СВТ, на котором будет производиться тестирование подлежит блокированию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z214" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Услугополучатели допускаются к тестированию при предъявлении документа, удостоверяющего личность либо электронного документа из сервиса "электронные документы".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z215" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Время тестирования на знание законодательства составляет - 90 минут, тестирования на проверку должного уровня практических навыков - 30 (тридцать) минут, 2 (два) кейса по определенной специальности, по 5 (пять) заданий по каждому кейсу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z216" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проведении аттестации не допускается использование услугополучателем справочной, специальной и прочей литературы на бумажных, электронных и иных носителях, принимающих-передающих электронных устройств (в том числе мобильных телефонов и иных электронных оборудований).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z217" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Такие устройства на время проведения тестирования помещаются на хранение в специальные шкафы с ячейками. В случае нарушения указанных требований Оператором тестирования составляется акт о нарушении с отстранением услугополучателя от текущей аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z218" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель, отстраненный от аттестации, повторно подает заявление о допуске к аттестации по истечении 3 (трех) месяцев со дня вынесения решения. При невозможности продолжения тестирования вследствие непреодолимой силы (стихийные явления, военные действия), а также по причине технических неполадок тестирование приостанавливается и оформляется акт о приостановлении процедуры тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z219" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В этом случае услугополучатель повторно проходит аттестацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z220" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Аттестация судебных экспертов из числа лиц с инвалидностью проводится с обеспечением необходимых условий, учитывающих их индивидуальные особенности и ограничения жизнедеятельности, при соблюдении принципов равенства, доступности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z221" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицам с инвалидностью создаются специальные условия для прохождения аттестации, включая:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z222" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) увеличение продолжительности времени, отведенного на прохождения тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z223" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в процессе тестирования дополнительно предоставляется перерыв общей продолжительностью 30 (тридцать) минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z224" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) допуск помощника (сопровождающего лица), не вмешивающегося в процесс выполнения тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z225" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Время тестирования на знание законодательства для лиц с ограниченными возможностями (при необходимости) составляет – 120 (сто двадцать) минут, тестирования на проверку должного уровня практических навыков – 60 (шестьдесят) минут, 2 (два) кейса по определенной специальности, по 5 (пять) заданий по каждому кейсу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z226" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Пороговый уровень прохождения тестирования на знание законодательства составляет 70 % правильных ответов от общего числа вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z227" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подсчет результатов тестирования проводится при помощи используемой компьютерной программы Оператора тестирования автоматически.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z228" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В случае если результаты тестирования на знание законодательства составляют менее установленного порогового уровня, услугополучатель подлежащий аттестации, к следующему этапу аттестации не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z229" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Пороговый уровень прохождения тестирования на проверку должного уровня практических навыков составляет 70 % правильных ответов по определенной специальности по каждому кейсу. Подсчет результатов тестирования проводится при помощи используемой компьютерной программы Оператора тестирования автоматически.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z230" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЦСЭ в течение 2 (двух) рабочих дней оформляет аттестационное свидетельство, и в течение 1 (одного) рабочего дня подписывает.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z231" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестационное свидетельство услугополучателю направляется через портал – в "личном кабинете" услугополучателя в форме электронного документа, подписанного ЭЦП услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z232" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель, не прошедший аттестацию, подлежит повторной аттестации не более одного раза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z233" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Повторная аттестация проводится не ранее одного месяца и не позднее трех месяцев со дня проведения аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z234" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. При повторной аттестации услугополучатель, прошедший пороговый уровень по тестированию на знание законодательства, допускается к тестированию на проверку должного уровня практических навыков. ЦСЭ в течение 1 (одного) рабочего дня оформляет решение о прохождении/не прохождении аттестации в электронном формате, которое направляется услугополучателю через портал в "личный кабинет" в форме электронного документа, подписанного ЭЦП руководителя ЦСЭ, согласно Приложению 4 к настоящим Правилам. Решение о прохождении аттестации является действительным в течение 5 (пяти) лет со дня его вынесения. В случае не прохождения судебных экспертов, являющихся сотрудниками органов судебных экспертиз, повторной аттестации трудовой договор с ними расторгается согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z235" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Услугополучатель, не явившийся на аттестацию по уважительной причине (болезнь, смерть близкого родственника и обстоятельства непреодолимой силы), при представлении заявления и подтверждающих документов может пройти тестирование в другой день, установленный ЦСЭ. При этом заявление должно быть предоставлено не позднее 5 рабочих дней со дня пропуска тестирования. Услугополучателю, не явившемуся на аттестацию без уважительной причины отказывается в оказании государственной услуги. В этом случае услугополучатель повторно подает заявление о допуске к аттестации. Услугополучатель в целях проверки знаний законодательства Республики Казахстан в сфере судебно-экспертной деятельности, а также подготовки к прохождению аттестации вправе пройти пробную аттестацию. Результаты пробного тестирования не являются основанием для вынесения мотивированного решения об аттестации/неаттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z236" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственных услуг</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z183" w:id="25"/>
+        <w:t xml:space="preserve"> Глава 3. Процедура апелляции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z237" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Услугополучатели в случае неудовлетворения результатами тестирования имеют право подать на апелляцию в апелляционную комиссию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z238" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Заявление на апелляцию подается в ЦСЭ услугополучателем, в произвольной форме. Заявления на апелляцию принимаются в течение двух рабочих дней после прохождения тестирования услугополучателем и рассматриваются апелляционной комиссией на заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z239" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Заявление на апелляцию принимается от услугополучателя в случаях обжалования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z240" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) корректности конкретных вопросов (по тестированию);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z241" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) результатов тестирования со ссылкой на технические неполадки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z242" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) акта о нарушении правил тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z243" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Решение апелляционной комиссии принимается большинством голосов от общего числа членов комиссии. Решения апелляционной комиссии оформляются протоколами, которые должны быть подписаны всеми членами апелляционной комиссии, принимавшими участие в данном заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z244" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение апелляционной комиссии правомочно при наличии 2/3 (двух трети) членов от общего числа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z245" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляционная комиссия состоит не менее чем из пяти членов, в том числе председателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z246" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. По результатам рассмотрения полученного заявления на апелляцию, апелляционная комиссия в течение 1 (одного) дня со дня поступления апелляции принимает одно из двух решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z247" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оставить апелляцию без удовлетворения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z248" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) удовлетворить апелляцию услугополучателя и допустить его на пересдачу тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z249" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4 Порядок обжалования решений, действий (бездействия) услугодателя и (или) их должностных лиц по вопросам оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z250" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z251" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в ЦСЭ и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z252" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЦСЭ, должностное лицо, чье решение, действие (бездействие) обжалуется, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляет ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z253" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом ЦСЭ, должностное лицо, чье решение, действие (бездействие) обжалуется, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо иное административное действие, полностью удовлетворяющее требованиям, указанным в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z254" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Жалоба услугополучателя, поступившая в адрес ЦСЭ, в соответствии с пунктом 2 статьи 25 Закона подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z255" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z256" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Список судебных экспертов, являющихся сотрудниками органов судебных экспертиз, подлежащих аттестации и график прохождения аттестации утверждаются руководителем Республиканского государственного казенного предприятия "Центр судебных экспертиз Министерства юстиции Республики Казахстан" либо лицом его замещающим (далее - услугодатель). </w:t>
-[...2038 lines deleted...]
-    </w:p>
+      28. Если иное не предусмотрено законами Республики Казахстан, обращение в суд допускается после обжалования в досудебном порядке согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3428,177 +2941,151 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам аттестации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>судебного эксперта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z489" w:id="88"/>
+    <w:bookmarkStart w:name="z258" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Стандарт государственной услуги</w:t>
+        <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Аттестация судебных экспертов" (далее – Стандарт 1)</w:t>
-[...40 lines deleted...]
-    </w:p>
+        <w:t>основных требований к оказанию государственной услуги "Аттестация судебного эксперта"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z259" w:id="101"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="101"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3623,95 +3110,107 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-РГКП "Центр судебных экспертиз Министерства юстиции Республики Казахстан"</w:t>
+              <w:t xml:space="preserve">
+Республиканское государственное казенное предприятие "Центр судебных экспертиз Министерства юстиции Республики Казахстан" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z263" w:id="102"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="102"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3763,68 +3262,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z267" w:id="103"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="103"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3876,181 +3387,205 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z271" w:id="104"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="104"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-электронная (полностью автоматизированная)</w:t>
+электронная (частично автоматизированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z275" w:id="105"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="105"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4061,795 +3596,881 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-заключение аттестационной комиссии либо мотивированный отказ в оказании государственной услуги по основаниям.</w:t>
+          <w:bookmarkStart w:name="z277" w:id="106"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аттестационное свидетельство об аттестации/о прохождении повторной аттестации/о не прохождении</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="106"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аттестации судебного эксперта либо мотивированный отказ в оказании государственной услуги по основаниям</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма предоставления результата оказания государственной услуги: электронная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z281" w:id="107"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="107"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-государственная услуга оказывается бесплатно физическим лицам</w:t>
+              <w:t xml:space="preserve">
+государственная услуга оказывается физическим лицам бесплатно </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z285" w:id="108"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="108"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+График работы услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-Адреса мест оказания государственной услуги размещены на официальном сайте интернет-ресурсе услугодателя www.adilet.gov.kz</w:t>
+          <w:bookmarkStart w:name="z287" w:id="109"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) услугодателя –с понедельника по пятницу, в соответствии с установленным графиком работы с 8:00 до 17:30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан с перерывом на обед с 12:00 часов до 13:30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="109"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем). Адреса мест проведения тестирования указаны в уведомлениях, направляемых ЦСЭ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z290" w:id="110"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="110"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов</w:t>
+Перечень сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...158 lines deleted...]
-сведения по форме согласно приложению 2 к Стандартам</w:t>
+          <w:bookmarkStart w:name="z292" w:id="111"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление в форме электронного документа согласно приложению 3 к Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="111"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) сведения о документе, удостоверяющем личность физического лица услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) справка об инвалидности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z296" w:id="112"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="112"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-3) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги</w:t>
+          <w:bookmarkStart w:name="z298" w:id="113"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) установление недостоверности данных (сведений), представленных услугополучателем для получения государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="113"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) несоответствие услугополучателя и (или) представленных данных (сведений), необходимых для оказания государственной услуги,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>требованиями установленными Правилами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z304" w:id="114"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="114"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4860,120 +4481,142 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z306" w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-4. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе www.energo.gov.kz, раздел "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 7777</w:t>
+          <w:bookmarkEnd w:id="115"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3. При оказании государственной услуги через портал доступна версия для слабовидящих.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе www.energo.gov.kz, раздел "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5044,189 +4687,151 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам аттестации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>судебного эксперта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z490" w:id="89"/>
+    <w:bookmarkStart w:name="z312" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Стандарт государственной услуги</w:t>
+        <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Аттестация судебно-медицинских, судебно-психиатрических, судебно-наркологических экспертов"</w:t>
-[...52 lines deleted...]
-    </w:p>
+        <w:t>основных требований к оказанию государственной услуги "Аттестация судебно-медицинских, судебно-психиатрических, судебно-наркологических экспертов"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z313" w:id="117"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="117"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5252,94 +4857,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-РГКП "Центр судебных экспертиз Министерства юстиции Республики Казахстан"</w:t>
+Республиканское государственное казенное предприятие "Центр судебных экспертиз Министерства юстиции Республики Казахстан"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z317" w:id="118"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="118"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5365,94 +4982,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-веб – портал "электронного правительства" www.egov.kz, www.elicense.kz</w:t>
+веб – портал "электронного правительства" www.egov.kz, www.eli​cense.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z321" w:id="119"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="119"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5478,94 +5107,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-срок оказания - 7 (семь) рабочих дней</w:t>
+срок оказания - 7 (семь) рабочих дней.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z325" w:id="120"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="120"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5591,94 +5232,106 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-электронная (полностью автоматизированная)</w:t>
+электронная (частично автоматизированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z329" w:id="121"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5689,795 +5342,825 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-Форма предоставления результата оказания государственной услуги: электронная</w:t>
+          <w:bookmarkStart w:name="z331" w:id="122"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аттестационное свидетельство об аттестации/о прохождении повторной аттестации/о не прохождении</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="122"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аттестации судебного эксперта либо мотивированный отказ в оказании государственной услуги по основаниям. Форма предоставления результата оказания государственной услуги: электронная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z334" w:id="123"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="123"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Размер плата, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-государственная услуга оказывается бесплатно физическим лицам</w:t>
+              <w:t xml:space="preserve">
+государственная услуга оказывается физическим лицам бесплатно </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z338" w:id="124"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="124"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+График работы услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-Адреса мест оказания государственной услуги размещены на официальном сайте интернет-ресурсе услугодателя www.adilet.gov.​kz</w:t>
+          <w:bookmarkStart w:name="z340" w:id="125"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) услугодателя –с понедельника по пятницу, в соответствии с установленным графиком работы с 8:00 до 17:30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан с перерывом на обед с 12:00 часов до 13:30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="125"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем). Адреса мест проведения тестирования указаны в уведомлениях, направлямых ЦСЭ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z343" w:id="126"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="126"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов</w:t>
+Перечень сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...158 lines deleted...]
-сведения по форме согласно приложению 2 к Стандартам</w:t>
+          <w:bookmarkStart w:name="z345" w:id="127"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление в форме электронного документа согласно приложению 3 к Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="127"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) сведения о документе, удостоверяющем личность физического лица услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Справка об инвалидности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z349" w:id="128"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="128"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-3) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги</w:t>
+          <w:bookmarkStart w:name="z351" w:id="129"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) установление недостоверности данных (сведений), представленных услугополучателем для получения государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="129"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) несоответствие услугополучателя и (или) представленных данных (сведений), необходимых для оказания государственной услуги, требованиям Правил;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z356" w:id="130"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="130"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6488,120 +6171,142 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z358" w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-4. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе www.energo.gov.kz, раздел "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 7777</w:t>
+          <w:bookmarkEnd w:id="131"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3. При оказании государственной услуги через портал доступна версия для слабовидящих.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе www.energo.gov.kz, раздел "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6640,728 +6345,204 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Приложение 3 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам аттестации</w:t>
-[...12 lines deleted...]
-              <w:t>судебного эксперта</w:t>
+              <w:t>аттестации судебного эксперта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...644 lines deleted...]
-    </w:tbl>
+    <w:bookmarkStart w:name="z364" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z365" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу Вас допустить меня к прохождению аттестации (повторной, внеочередной), судебных экспертов по следующей экспертной специальности (специальностям):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z366" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z367" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z368" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Согласен (-а) на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z369" w:id="137"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   [фамилия, имя, отчество (при его наличии)]</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7395,700 +6576,549 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Приложение 4 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам аттестации</w:t>
-[...12 lines deleted...]
-              <w:t>судебного эксперта</w:t>
+              <w:t>аттестации судебного эксперта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...13 lines deleted...]
-              <w:t> </w:t>
+          <w:bookmarkStart w:name="z371" w:id="138"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Қазақстан Республикасы Әділет Герб</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="138"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> министрлігінің </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сот сараптамалары орталығы"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>республикалық мемлекеттік</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қазыналық кәсіпорны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Форма </w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республиканское государственное</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>казенное предприятие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Центр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>удебных</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>экспертиз Министерства юстиции</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Никад № </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z461" w:id="94"/>
+    <w:bookmarkStart w:name="z374" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">              Протокол № заседания комиссии по проведению аттестации, </w:t>
+        <w:t xml:space="preserve"> Аттестационное свидетельство об аттестации/о</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">             в том числе внеочередной аттестации судебных экспертов</w:t>
-[...525 lines deleted...]
-    </w:p>
+        <w:t>прохождении повторной аттестации/о не прохождении</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>аттестации судебного эксперта</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z375" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      город</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z376" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z377" w:id="142"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z378" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Аттестован (подлежит повторной аттестации, не аттестован)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z379" w:id="144"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      [Должность подписывающего]                               [фамилия, имя,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       тчество (в случае наличия)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z380" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                 подписывающего</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8122,1136 +7152,345 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам аттестации</w:t>
+              <w:t>к приказу Министра юстиции</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>судебного эксперта</w:t>
-[...64 lines deleted...]
-              <w:t xml:space="preserve">Форма </w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 30 марта 2017 года № 336</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z474" w:id="105"/>
+    <w:bookmarkStart w:name="z163" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                    Заключение аттестационной комиссии №___</w:t>
-[...399 lines deleted...]
-    <w:bookmarkStart w:name="z483" w:id="112"/>
+        <w:t xml:space="preserve"> Перечень</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z164" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                          Аттестационное свидетельство №___</w:t>
-[...341 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> утративших силу некоторых приказов Министра юстиции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z165" w:id="120"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z165" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 27 февраля 2015 года № 119 "Об утверждении Правил проведения аттестации судебного эксперта, в том числе внеочередной, аттестационными комиссиями Министерства юстиции Республики Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 10490, опубликованный в информационно-правовой системе "Әділет" 27 марта 2015 года);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z166" w:id="121"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z166" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 2 октября 2015 года № 522 "О внесении изменения в приказ Министра юстиции Республики Казахстан от 27 февраля 2015 года № 119 "Об утверждении Правил проведения аттестации судебного эксперта аттестационными комиссиями Министерства юстиции Республики Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 12281, опубликованный в информационно-правовой системе "Әділет" 18 декабря 2015 года);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z167" w:id="122"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z167" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 31 мая 2016 года № 375 "О внесении изменений в приказ Министра юстиции Республики Казахстан от 27 февраля 2015 года № 119 "Об утверждении Правил проведения аттестации судебного эксперта аттестационными комиссиями Министерства юстиции Республики Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 13874, опубликованный в информационно-правовой системе "Әділет" 13 июля 2016 года);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z168" w:id="123"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z168" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Подпункт 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приказа исполняющего обязанности Министра юстиции Республики Казахстан от 31 декабря 2015 года № 660 "О некоторых вопросах аттестации гражданских служащих органов юстиции Республики Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 12783, опубликованный в информационно-правовой системе "Әділет" 20 января 2016 года).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9573,35 +7812,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>