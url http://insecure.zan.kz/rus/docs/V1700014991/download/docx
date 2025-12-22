--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2634899" w14:textId="2634899">
+    <w:p w14:paraId="08fd7ac" w14:textId="08fd7ac">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,88 +85,156 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении натуральных норм обеспечения Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан служебными автомобилями, телефонной связью, офисной мебелью и площадями для размещения аппарата государственного учреждения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Генерального прокурора Республики Казахстан от 19 января 2017 года № 5. Зарегистрирован в Министерстве юстиции Республики Казахстан 7 апреля 2017 года № 14991</w:t>
+        <w:t>Приказ Генерального прокурора Республики Казахстан от 19 января 2017 года № 5. Зарегистрирован в Министерстве юстиции Республики Казахстан 7 апреля 2017 года № 14991. Утратил силу приказом Генерального Прокурора Республики Казахстан от 10 ноября 2025 года № 139.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Генерального Прокурора РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">В соответствии с </w:t>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 69 Бюджетного кодекса Республики Казахстан от 4 декабря 2008 года и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -172,508 +242,470 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан "О Прокуратуре" от 21 декабря 1995 года, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
+      1. Утвердить прилагаемые:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1. Утвердить прилагаемые:</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">1) натуральные нормы обеспечения Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан служебными автомобилями согласно </w:t>
+        <w:t xml:space="preserve">
+      1) натуральные нормы обеспечения Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан служебными автомобилями согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">2) натуральные нормы обеспечения Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан телефонной связью согласно </w:t>
+        <w:t xml:space="preserve">
+      2) натуральные нормы обеспечения Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан телефонной связью согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">3) натуральные нормы обеспечения Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан офисной мебелью согласно </w:t>
+        <w:t xml:space="preserve">
+      3) натуральные нормы обеспечения Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан офисной мебелью согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">4) натуральные нормы обеспечения площадями для размещения аппарата Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан согласно </w:t>
+        <w:t xml:space="preserve">
+      4) натуральные нормы обеспечения площадями для размещения аппарата Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
+      2. Ректору Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан обеспечить:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан его направление в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" Министерства юстиции Республики Казахстан для размещения в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
+      3) размещение настоящего приказа на интернет - ресурсе Генеральной прокуратуры Республики Казахстан.</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
+      3. Контроль за исполнением настоящего приказа возлагаю на первого заместителя Генерального Прокурора Республики Казахстан Меркель И.Д.</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...23 lines deleted...]
-</w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Генеральный Прокурор</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -685,141 +717,132 @@
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. Асанов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="z16" w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      "СОГЛАСОВАНО" </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министр финансов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">____________ Б. Султанов </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"__" __________ 2017 года</w:t>
-      </w:r>
-[...12 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -900,1225 +923,1034 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 января 2017 года № 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="0"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Натуральные нормы обеспечения Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан служебными автомобилями</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1616"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3366"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z19" w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Область распространения натуральной нормы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Количество служебных автомобилей</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(на 1 единицу)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Объем двигателя,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в куб.см</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>куб.см</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Пробег на 1 а/м</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Пробег на </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> а/м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в месяц (км)</w:t>
-            </w:r>
-[...12 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
-[...240 lines deleted...]
-</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z20" w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
-[...271 lines deleted...]
-</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z21" w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ректор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не более</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
-[...271 lines deleted...]
-</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z22" w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первый проректор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не более</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2202,1005 +2034,804 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 января 2017 года № 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="4"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Натуральные нормы обеспечения Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан телефонной связью</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="802"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9614"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z25" w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование видов телефонной связи</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Область распространения натуральной нормы</w:t>
-            </w:r>
-[...12 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...142 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z26" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...142 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z27" w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+междугородная телефонная связь внутри республики </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ректор, первый проректор, проректоры, директоры институтов, руководители самостоятельных структурных подразделений, оперативный дежурный.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...142 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z28" w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+международная телефонная связь со странами Содружества Независимых Государств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ректор, первый проректор, проректоры, директоры институтов и руководители структурных подразделений, в функции которых входит взаимодействие с международными организациями</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...142 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z29" w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+международная телефонная связь со странами дальнего зарубежья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ректор, первый проректор, проректоры, директоры институтов и руководители структурных подразделений, в функции которых входит взаимодействие с международными организациями</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...142 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z30" w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+телефонная связь с городскими (сельскими) номерами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+работники государственного учреждения (ректор, проректоры, приемные, директора институтов, заместители директоров, руководители структурных подразделений, старшие прокуроры, главные эксперты - по одному номеру и прокуроры, эксперты - один номер на троих).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3284,8028 +2915,6373 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 января 2017 года № 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="10"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Натуральные нормы обеспечения Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан офисной мебелью</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1673"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="6634"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1673" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z33" w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Область распространения натуральной нормы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование мебели</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кол-во офисной мебели (на 1 единицу)</w:t>
-            </w:r>
-[...12 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1673" w:type="dxa"/>
-[...191 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z34" w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1673" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z35" w:id="12"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2229" w:type="dxa"/>
+          <w:bookmarkStart w:name="z35" w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...123 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ректор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стол руководителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тумба для бумаг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тумба под оргтехнику</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стол для переговоров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф для бумаг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф для верхней одежды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кресло для руководителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кресло для посетителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стул для посетителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2229" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...123 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комната отдыха ректора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мягкая мебель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект (1диван 2 кресла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тумба под телевизор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стол журнальный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2229" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приемная</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ректора</w:t>
             </w:r>
-            <w:r>
-[...109 lines deleted...]
-</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тумба для бумаг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф для бумаг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тумба под оргтехнику</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф для верхней одежды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стул для посетителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кресло </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1673" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="13"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2229" w:type="dxa"/>
+          <w:bookmarkStart w:name="z54" w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...123 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первый проректор, проректор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стол с приставкой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тумба для бумаг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тумба под оргтехнику</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стол для переговоров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф для бумаг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф для верхней одежды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кресло для руководителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стул для посетителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тумба под телевизор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2229" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...123 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приемная первого проректора, проректора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тумба для бумаг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф для бумаг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тумба под оргтехнику</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф для верхней одежды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стул для посетителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кресло</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1673" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="14"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2229" w:type="dxa"/>
+          <w:bookmarkStart w:name="z70" w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...123 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Директор института</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стол с приставкой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тумба для бумаг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Шкаф для бумаг </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Тумба под оргтехнику </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф для верхней одежды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кресло </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стул для посетителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1673" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z77" w:id="15"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2229" w:type="dxa"/>
+          <w:bookmarkStart w:name="z77" w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...123 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Начальник управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тумба для бумаг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф для бумаг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф для верхней одежды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стул для посетителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кресло</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1673" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z83" w:id="16"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2229" w:type="dxa"/>
+          <w:bookmarkStart w:name="z83" w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...123 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сотрудник государственного учреждения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тумба для бумаг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф для бумаг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 (на 2 сотрудника)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шкаф для верхней одежды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 (на 2 сотрудника)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стеллажи для документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 (на 3 сотрудника)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...91 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кресло</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z89" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
+        <w:t>
+      Примечание:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z90" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...23 lines deleted...]
-</w:t>
+      Данные натуральные нормы не распространяются на приобретение офисной мебели для специальных помещений (помещения для переговоров, конференц-залы, вестибюль, коридоры, архив) которым приобретение офисной мебели осуществляется в пределах средств, предусмотренных в бюджете на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11384,2237 +9360,1741 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 января 2017 года № 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="17"/>
+    <w:bookmarkStart w:name="z92" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Натуральные нормы обеспечения площадями для размещения аппарата Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1048"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3472"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z93" w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование помещения</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Единица измерения</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Площадь помещения</w:t>
-            </w:r>
-[...12 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
-[...191 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z94" w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z95" w:id="19"/>
-[...176 lines deleted...]
-</w:t>
+          <w:bookmarkStart w:name="z95" w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кабинет ректора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6732" w:type="dxa"/>
-[...140 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комната отдыха ректора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6732" w:type="dxa"/>
-[...140 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приемная ректора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z98" w:id="20"/>
-[...176 lines deleted...]
-</w:t>
+          <w:bookmarkStart w:name="z98" w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кабинет первого проректора, проректора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6732" w:type="dxa"/>
-[...140 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приемная первого проректора, проректора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
-[...191 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z100" w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кабинет директора института</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
-[...191 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z101" w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кабинет сотрудника (на 1 сотрудника)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
-[...191 lines deleted...]
-</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z102" w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общие помещения (зал-совещаний, копировально-множительная служба, серверное, кладовые оборудования, инвентаря и канцелярских принадлежностей и другие)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 % от итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1048" w:type="dxa"/>
-[...83 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z103" w:id="43"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="43"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вспомогательные помещения (коридоры, венкамеры, туалеты, помещения для личной</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>гигиены и другие)</w:t>
             </w:r>
-            <w:r>
-[...109 lines deleted...]
-</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 % от итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -13627,55 +11107,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -14005,35 +11507,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>