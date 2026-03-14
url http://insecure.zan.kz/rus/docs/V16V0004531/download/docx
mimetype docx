--- v0 (2025-10-12)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1db9a8a" w14:textId="1db9a8a">
+    <w:p w14:paraId="897f975" w14:textId="897f975">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -134,87 +134,96 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание РЦПИ.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>В тексте документа сохранена пунктуация и орфография оригинала.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 5) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -232,188 +241,200 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Закона Республики Казахстан от 8 июля 2005 года "О государственном регулировании развития агропромышленного комплекса и сельских территорий", Восточно-Казахстанский областной акимат </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации отбора инновационных проектов в области агропромышленного комплекса Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Признать утратившим силу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Восточно-Казахстанского областного акимата "Об утверждении правил организации отбора инновационных проектов в области агропромышленного комплекса Восточно-Казахстанской области" от 27 апреля 2012 года № 98 (зарегистрированное в Реестре государственной регистрации нормативных правовых актов за номером 2574, опубликованное в газетах "Дидар" от 1 июня 2012 года № 63 (16692), "Рудный Алтай" от 2 июня 2012 года № 63 (19203).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Утвердить прилагаемые </w:t>
-[...86 lines deleted...]
-        </w:rPr>
         <w:t>3. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -431,51 +452,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Аким Восточно–Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -560,2309 +581,2570 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждены постановлением</w:t>
+              <w:t xml:space="preserve">Утверждены постановлением </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Восточно-Казахстанского </w:t>
+              <w:t xml:space="preserve">Восточно-Казахстанского областного акимата </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>областного акимата</w:t>
-[...12 lines deleted...]
-              <w:t>от " 1 " апреля 2016 года № 90</w:t>
+              <w:t>от 1 апреля 2016 года № 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила организации отбора инновационных проектов в области агропромышленного комплекса Восточно-Казахстанской области</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z13" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение в редакции постановления – Восточно - Казахстанского областного акимат от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z14" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила организации отбора инновационных проектов в области агропромышленного комплекса Восточно-Казахстанской области (далее – Правила) разработаны в соответствии с </w:t>
-[...223 lines deleted...]
-        <w:t>5) субъекты инновационной деятельности – физические и (или) юридические лица, реализующие инновационные проекты в сфере АПК.</w:t>
+      1. Настоящие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации отбора инновационных проектов в области агропромышленного комплекса региона (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственном регулировании развития агропромышленного комплекса и сельских территорий" (далее – Закон) и определяют порядок организации отбора инновационных проектов в области агропромышленного комплекса (далее – АПК) Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z21" w:id="4"/>
+    <w:bookmarkStart w:name="z20" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) субъекты АПК – физические и юридические лица, осуществляющие деятельность в агропромышленном комплексе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z21" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) администратор бюджетной программы – уполномоченный орган местного исполнительного органа по вопросам реализации государственной политики в сфере АПК, на которого в установленном законодательством Республики Казахстан возложены функции по администрированию бюджетной программы по разработке и распространению и внедрению инновационного опыта в агропромышленном комплексе Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z22" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) научные организации (далее – НО) – юридические лица, основными видами деятельности которых являются осуществление научной и (или) научно-технической деятельности, в том числе реализация права на объекты интеллектуальной собственности, а также проведение научных исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z23" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мероприятие по реализации инновационного проекта – комплекс мер по внедрению инновационного проекта в АПК региона за счет средств местного бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...762 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...13 lines deleted...]
-      </w:r>
+      5) заявка – пакет документов установленной формы согласно приложениям к настоящим </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, предоставляемый в уполномоченный орган местного исполнительного органа по вопросам реализации государственной политики в сфере АПК;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) заявитель(и) – субъект АПК, научной, научно-технической и инновационной деятельности на территории Республики Казахстан, представляющий заявку с мероприятиями по реализации инновационного проекта для его внедрения и распространения в АПК региона для финансирования за счет средств местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z26" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок организации отбора инновационных проектов в области агропромышленного комплекса Восточно-Казахстанской области</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z27" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Порядок отбора инновационных проектов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...277 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="8"/>
+      3. Отбор инновационных проектов в области агропромышленного комплекса Восточно-Казахстанской области (далее – Отбор инновационных проектов) проводится администратором бюджетной программы на конкурсной основе через электронный веб-портал государственных закупок в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о государственных закупках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сроки подачи документов и проведения конкурса по отбору инновационных проектов (далее – Конкурс) ежегодно определяются администратором областной бюджетной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z30" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Администратор бюджетной программы публикует соответствующее объявление и конкурсную документацию на портале государственных закупок течение 10 (десять) рабочих дней до начала проведения конкурса в официальных средствах массовой информации, распространяемых на всей территории Республики Казахстан и на официальном сайте уполномоченного органа местного исполнительного органа по вопросам реализации государственной политики в сфере АПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z31" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Процедура отбора инновационных проектов осуществляется в четыре этапа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z32" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      первый этап: рассмотрение заявок администратором бюджетной программы на полноту и качество их оформления, соответствие требованиям настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z33" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      второй этап: подготовка администратором бюджетной программы комплексного заключения по заявкам на основании их соответствия требованиям отбора инновационных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z34" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      третий этап: рассмотрение заявок и комплексного заключения Комиссией по отбору инновационных проектов (далее – Комиссия), состоящей из представителей заинтересованных государственных органов местного исполнительного органа, науки, бизнеса и неправительственных организаций, состав и положение, которой утверждаются уполномоченным органом местного исполнительного органа по вопросам реализации государственной политики в сфере АПК;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z35" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      четвертый этап: принятие администратором бюджетной программы решения о финансировании инновационного проекта или отказа в финансировании на основании заключения Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z36" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Для участия в конкурсе заявитель(и) представляет(ют) следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...486 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...61 lines deleted...]
-      </w:r>
+      1) заявку согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...13 lines deleted...]
-      </w:r>
+      2) план мероприятий по реализации инновационного(ых) проекта(ов) согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...33 lines deleted...]
-      </w:r>
+      3) пояснительную записку к плану мероприятий по реализации инновационных проектов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...13 lines deleted...]
-      </w:r>
+      4) смету расходов мероприятий по реализации инновационного(ых) проекта(ов) согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) свидетельство об аккредитации в качестве субъекта научной и (или) научно-технической деятельности Министерства науки и высшего образования Республики Казахстан (далее – МНВО РК);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z42" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) для юридических лиц:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z43" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копию устава и свидетельства о государственной регистрации (перерегистрации);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z44" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копию финансовой отчетности за последние два года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z45" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения об отсутствии (наличии) задолженности, учет по которым ведется в налоговом органе, по форме, установленной налоговым законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z46" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оригинал справки банка (банков) об отсутствии просроченной задолженности заявителя более чем за три месяца, предшествующих дате подачи заявления, перед банком (банками) (в случае, если заявитель является клиентом нескольких банков второго уровня или филиалов, а также иностранного банка, данная справка представляется от каждого из таких банков) за подписью первого руководителя или лица, его замещающего, и печатью банка (банков);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z47" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копии лицензий, патентов, свидетельств, сертификатов, дипломов и других документов, подтверждающих квалификацию заявителя на выполнение работ в научной, научно-технической и инновационной сферах аграрного профиля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z48" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документы (сведения), подтверждающие обязательство заявителя о предоставлении своей научно-технической и материально-производственной базы для осуществления мероприятий, направленных на внедрение инновационного проекта в АПК региона (в случае наличия);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z49" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) для физических лиц:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z50" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копия удостоверения личности гражданина Республики Казахстан с удостоверительной надписью о засвидетельствовании верности копии с подлинником документа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z51" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения об отсутствии (наличии) задолженности, учет по которым ведется в налоговом органе, по форме, установленной налоговым законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z52" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нотариально засвидетельствованные копии лицензий, патентов, свидетельств, сертификатов, дипломов и других документов, подтверждающих квалификацию заявителя на выполнение работ в научной, научно-технической и инновационной сферах аграрного профиля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z53" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документы (сведения), подтверждающие его обязательство о предоставлении своей научно-технической и производственной базы для осуществления мероприятий, направленных на внедрение инновационного проекта (в случае наличия).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z54" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Материалы, представляемые заявителем(ями) для участия в конкурсе на получение финансирования из местного бюджета для внедрения и распространения инновационных проектов, формируются и оформляются в соответствии с требованиями настоящих Правил и приложений к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z55" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заявитель обеспечивает полноту и достоверность представленных документов, исходных данных, расчетов, обоснований. Представление заявителем неполных или недостоверных данных является основанием для отклонения заявки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z56" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. По окончании срока приема заявок на участие в конкурсе, администратором бюджетной программы в течение 30 (тридцати) рабочих дней проводится отбор заявок на соответствие требованиям настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z91" w:id="14"/>
+      11. В случае выявления несоответствия представленных документов требованиям настоящих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, администратор бюджетной программы информирует об этом заявителя(ей) в течение 10 (десяти) рабочих дней с даты приема документов. Устранение выявленных несоответствий производится заявителем(ями) в течение 10 (десяти) рабочих дней с даты направления уведомления администратором бюджетной программы, в противном случае заявка подлежит отклонению. Доработанные заявки рассматриваются администратором бюджетной программы в течение 10 (десяти) рабочих дней с даты устранении выявленных несоответствий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отклонении заявки представленные документы возвращаются заявителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z59" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. По заявкам, соответствующим требованиям настоящих Правил и прошедшим первый этап процедуры отбора инновационных проектов, администратором бюджетной программы готовится комплексное заключение по заявкам на основании их соответствия требованиям отбора инновационных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z60" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Администратор бюджетной программы выносит комплексное заключение по заявкам инновационного(ых) проекта(ов) на основании следующих требований отбора к инновационному(ым) проекту(ам):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      соответствие материалов заявителя(ей) требованиям настоящих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инновационная направленность, техническая реализуемость проекта и уровень его готовности к внедрению и распространению в АПК на территории Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z63" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      актуальность и соответствие приоритетным направлениям развития АПК Восточно-Казахстанской области и Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z64" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие детально сформулированного видения освоения средств инновационного проекта и дальнейшей перспективы инновационного проекта в АПК Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z65" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие оборудования, инфраструктуры и ресурсов для выполнения инновационных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z66" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      конкурентоспособность инновационного проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z67" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      экономическая целесообразность инновационного проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z68" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Рассмотрение заявок и комплексного заключения администратора бюджетной программы проводится Комиссией в соответствии с настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z69" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Рассмотрение заявок и комплексного заключения (далее – Материалы) осуществляется Комиссией в течение 20 (двадцати) рабочих дней с момента получения от администратора бюджетной программы комплексного заключения по заявкам на конкурс отбора инновационных проектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z70" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. По итогам рассмотрения Материалов Комиссия выносит рекомендации о финансировании инновационного проекта за счет средств местного бюджета в рамках определенной законодательством Республики Казахстан бюджетной программы или об отказе в его финансировании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z71" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Рекомендации Комиссии о финансировании инновационного проекта или об отказе в его финансировании оформляются протоколом заседания Комиссии и подписываются всеми членами Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z72" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. На основании рекомендации Комиссии администратором бюджетной программы в течение 10 (десяти) рабочих дней со дня подписания протокола ее заседания принимается в установленном законодательством порядке решение о финансировании инновационного проекта за счет средств местного бюджета в рамках определенной законодательством Республики Казахстан бюджетной программы или об отказе в его финансировании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z73" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. В течение 7 (семи) рабочих дней с момента принятия решения администратором бюджетной программы о финансировании инновационного проекта между ним и заявителем(ями), определенным по итогам конкурса, заключается договор об инновационном проекте посредством веб-портала государственных закупок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z74" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Использование средств, выделенных из местного бюджета на финансирование инновационного проекта в строгом соответствии с его целевым назначением и утвержденной в установленном порядке сметой расходов, является обязательным условием договора об инновационном проекте. Неиспользованные средства инновационного проекта подлежат возврату в местный бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z75" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предоставленные на финансирование инновационного проекта бюджетные средства подлежат полному возврату в местный бюджет в случае использования полученных бюджетных средств на цели, не предусмотренные утвержденной сметой расходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z76" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7. Заключительные положения</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="15"/>
+        <w:t xml:space="preserve"> Параграф 2. Организация деятельности конкурсной Комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z77" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. В случае нецелевого использования полученных бюджетных средств, эти средства подлежат возврату в местный бюджет в порядке, определенном законодательством Республики Казахстан.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+      22. Местный исполнительный орган области создает конкурсную Комиссию. Председателем комиссии назначается заместитель акима области, курирующий вопросы сельского хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z78" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Комиссия действует на постоянной основе. Общий состав комиссии составляет не менее пяти человек. Секретарь не является членом комиссии и не имеет право голоса при принятии комиссией решений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z79" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Рабочим органом комиссии является администратор программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z80" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Решение комиссии оформляется протоколом заседания комиссии и подписывается председателем и членами комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z81" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Секретарь комиссии осуществляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z82" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уведомление членов комиссии и заявителей о дате, времени, формате и месте проведения заседания не позднее трех рабочих дней до даты проведения заседания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z83" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подготовку предложений и документов по повестке дня заседания, формирование и оглашение повестки заседания комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z84" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществление подсчета голосов и объявление результата, который заносится в протокол заседания комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z85" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ведение и оформление протокола заседания комиссии с подписями членов комиссии и его хранение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z86" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечение доведения до заявителей информации о результатах отбора с приложением выписки из протокола заседания комиссии в течение пяти рабочих дней с даты утверждения протокола. Выписка содержит только те сведения из протокола заседания комиссии, которые касаются конкретного обращения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z87" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Заседания комиссии правомочны при наличии двух третей от общего числа ее состава. Решения принимаются открытым голосованием и считаются принятыми, если за них подано большинство голосов от общего количества членов комиссии. В случае равенства голосов голос председателя комиссии считается решающим.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z88" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Условия отбора инновационных проектов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z89" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Финансирование из местного бюджета на мероприятия по реализации инновационного проекта в АПК Восточно-Казахстанской области предоставляется на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z90" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внедрение научных достижений (разработок) прикладного характера в области АПК применительно к условиям Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z91" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внедрение и распространение инновационных агротехнологий в субъектах АПК применительно к природно-климатическим, социально-экономическим и иным условиям данного Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z92" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Внедрение и распространение научных достижений (разработок) прикладного характера в области АПК Восточно-Казахстанской области может включать в себя следующие виды работ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z93" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внедрение и распространение технологических процессов производства сельскохозяйственной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z94" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внедрение и тиражирование конструкций инженерного объекта или технической системы в АПК Восточно-Казахстанской области (конструкторские работы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z95" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внедрение и распространение опытных образцов научных и инновационных технологий (оригинальных моделей, обладающих принципиальными особенностями созданного новшества);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z96" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внедрение и распространение селекционных достижений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z97" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внедрение и распространение экономических моделей аграрного производства и инфраструктурных объектов АПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z98" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Основным критерием для предоставления финансирования из местного бюджета на мероприятия по реализации инновационного проекта в АПК региона на внедрение научных достижений (разработок) прикладного характера в области АПК Восточно-Казахстанской области и (или) внедрение и распространение инновационных агротехнологий в субъектах АПК производится по результатам комплексного заключения администратора бюджетной программы и рекомендаций Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z99" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Результатом освоения заявителем(ями) средств местного бюджета на выполнение мероприятий инновационного проекта в АПК Восточно-Казахстанской области являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z100" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация усовершенствованных технологических процессов производства сельскохозяйственной продукции в субъектах АПК Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z101" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отчет о внедрении и распространении научных разработок прикладного характера в субъектах АПК Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z102" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отчет о внедрении и распространении селекционного достижения в субъектах АПК Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z103" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отчет о внедрении опытных образцов предлагаемой к производству сельскохозяйственной продукции в субъектах АПК Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z104" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отчет о передаче технологической (конструкторской) документации на производство предлагаемой сельскохозяйственной продукции или оборудования в субъектах АПК Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z105" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отчет о проведении регионального совещания (семинаров, дней поля и т.п.) по внедрению и распространению конкретных инновационных технологий, инновационных новшеств и научных разработок в субъектах АПК Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z106" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Оценка результатов внедрения и распространения инновационных проектов в АПК Восточно-Казахстанской области включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z107" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      количественные и качественные показатели результатов от внедрения и распространения инновационных проектов, которые включают в себя конкретные и четкие результаты с оценкой влияния на улучшение производительности труда и эффективность производства заявителя и экономики района (области);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z108" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      экономическая эффективность для субъекта АПК и сельскохозяйственного производства Восточно-Казахстанской области от реализации мероприятий по внедрению инновационных проектов в сравнении с ранее используемыми технологиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z109" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      экономическая оценка результатов внедрения инновационного проекта в контексте развития АПК Восточно-Казахстанской области, ситуации на аграрном рынке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z110" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      минимизация технологических рисков от внедрения и получение максимального дохода от эффективной реализации мероприятий проекта путем индивидуального сопровождения учеными процессов внедрения в условиях конкретного субъекта АПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z111" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Мероприятия по внедрению и распространению инновационных проектов в АПК Восточно-Казахстанской области включают в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z112" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      консультационные услуги по научно-методическому сопровождению внедрения результатов научно-исследовательские и опытно-конструкторских работ (далее – НИОКР) в производство, в том числе, приобретение научных расходных материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z113" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение лабораторных анализов, в том числе по результатам внедрения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z114" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение научно-практических семинаров-совещаний по внедрению инновационного проекта (дни поля и т.п.) на производственной базе субъектов АПК или научных и опытных и иных организаций аграрного профиля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z115" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      распространение опыта и полученных результатов НИОКР (презентации, публикация статей, подготовка и издание брошюр, буклетов, подготовка видеоматериалов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z116" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. При прочих равных условиях финансирование из местного бюджета на мероприятия по реализации инновационного проекта в АПК Восточно-Казахстанской области предпочтительно предоставляется научным организациям, имеющим дополнительно к аккредитации МНВО РК на право выполнения научных работ за счет средств государственного бюджета, также и статусы оригинаторов и элитно-семеноводческих хозяйств, имеющим лицензий на проведение специфических видов работ, различные патенты, свидетельства, сертификатов, дипломов и других документов, подтверждающих квалификацию персонала на выполнение работ в научно-технической и инновационной сферах аграрного профиля; имеющим опыт в выполнений аналогичных работ, в том числе по проектам АПК программно-целевого и грантового финансирования; имеющим возможности дальнейшего развития, внедрения и распространения научных достижений (разработок) прикладного характера аграрного профиля, инновационных агротехнологий в субъектах АПК применительно к природно-климатическим, социально-экономическим и иным условиям Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z117" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Срок освоения и сумма финансирования из местного бюджета на мероприятия инновационного(ых) проекта(ов) по внедрению и распространению научных достижений (разработок) прикладного характера аграрного профиля и инновационных агротехнологий в субъектах АПК определяются в соответствии с особенностями конкретного инновационного проекта, но не более:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z118" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по сроку – 36 (тридцати шести) месяцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z119" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по сумме – 60 (шестидесяти) миллионов тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z120" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Финансирование из местного бюджета для мероприятий по инновационному проекту, предусматривающих внедрение и распространение инновационных технологий аграрного профиля предоставляется при условии обязательного внедрения инновационной технологии на предприятиях субъекта АПК Восточно-Казахстанской области в течение срока, определяемого договором об инновационном проекте, с представлением периодических отчетов администратору бюджетной программы о мерах, принятых по внедрению данных технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z121" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Финансирование из местного бюджета мероприятий по инновационному проекту, предусматривающих внедрение и распространение инновационных технологий аграрного профиля, предоставляется субъектам АПК Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z122" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Основанием предоставления финансирования из местного бюджета мероприятий по инновационному проекту на внедрение и распространение инновационных технологий аграрного профиля является наличие объективных потребностей для их применения и обоснованные конкурентные преимущества выбранной инновационной технологии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2896,1466 +3178,1342 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 1 к Правилам </w:t>
+              <w:t xml:space="preserve">Приложение 1 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">организации отбора </w:t>
+              <w:t xml:space="preserve">к Правилам организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">инновационных проектов </w:t>
+              <w:t xml:space="preserve">отбора инновационных проектов </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">в области агропромышленного </w:t>
+              <w:t xml:space="preserve">в области агропромышленного комплекса </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">комплекса </w:t>
-[...25 lines deleted...]
-              <w:t>области</w:t>
+              <w:t xml:space="preserve">Восточно-Казахстанской области </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z94" w:id="16"/>
+    <w:bookmarkStart w:name="z124" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма заявки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2272"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="274"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2272" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z95" w:id="17"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
+1.     </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="17"/>
-[...3 lines deleted...]
-            <w:tcW w:w="9754" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Номер регистрации и дата (заполняется сотрудниками администратора программы)</w:t>
+Номер регистрации и дата (заполняется сотрудниками администратора бюджетной программы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="274" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2272" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z96" w:id="18"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="18"/>
-[...3 lines deleted...]
-            <w:tcW w:w="9754" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Название инновационного проекта</w:t>
+              <w:t xml:space="preserve">
+Название инновационного проекта </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="274" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2272" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z97" w:id="19"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="19"/>
-[...3 lines deleted...]
-            <w:tcW w:w="9754" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Отрасль (подотрасль) внедрения и распространения инновационного проекта</w:t>
+              <w:t xml:space="preserve">
+Отрасль (подотрасль) внедрения и распространения инновационного опыта в АПК Восточно-Казахстанской области </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="274" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2272" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z98" w:id="20"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="20"/>
-[...3 lines deleted...]
-            <w:tcW w:w="9754" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Краткое описание мероприятия по внедрению инновационного проекта (отразить основные цели и суть проекта, конкретное применение результатов проекта, опыт участия в реализации аналогичных проектов)</w:t>
+Краткое описание мероприятия по реализации инновационных проектов (отразить основные цели и суть проекта, конкретное применение результатов проекта, опыт участия в реализации аналогичных проектов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="274" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2272" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z99" w:id="21"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="21"/>
-[...3 lines deleted...]
-            <w:tcW w:w="9754" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продолжительность проекта (в месяцах)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="274" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2272" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z100" w:id="22"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="22"/>
-[...3 lines deleted...]
-            <w:tcW w:w="9754" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Даты начала и завершения проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="274" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2272" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z101" w:id="23"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
-[...3 lines deleted...]
-            <w:tcW w:w="9754" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сумма запрашиваемых средств (в тенге)</w:t>
+              <w:t xml:space="preserve">
+Сумма запрашиваемых средств (в тенге) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="274" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2272" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z102" w:id="24"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="24"/>
-[...3 lines deleted...]
-            <w:tcW w:w="9754" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Название, адрес, телефон/факс, адрес электронной почты заявителя</w:t>
+              <w:t xml:space="preserve">
+Название, адрес, телефон/факс, адрес электронной почты заявителя(ей) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="274" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2272" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z103" w:id="25"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="25"/>
-[...3 lines deleted...]
-            <w:tcW w:w="9754" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О., адрес, телефон, электронная почта контактного лица заявителя</w:t>
+Фамилия, имя, отчество (при его наличии), адрес, телефон, электронная почта контактного лица заявителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="274" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2272" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z104" w:id="26"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="26"/>
-[...3 lines deleted...]
-            <w:tcW w:w="9754" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Руководитель инновационного проекта (указываются имя, фамилия и должность, телефон/факс, электронная почта)</w:t>
+Руководитель инновационного проекта (сотрудник НИО) (указываются имя, фамилия и должность, телефон/факс, электронная почта)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="274" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2272" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z105" w:id="27"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="27"/>
-[...3 lines deleted...]
-            <w:tcW w:w="9754" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Название, адрес, телефон/факс, адрес электронной почты субъектов АПК, участвующих в реализации мероприятий по внедрению инновационного проекта</w:t>
+Название, адрес, телефон/факс, адрес электронной почты субъектов АПК, участвующих в реализации мероприятия по реализации инновационных проектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="274" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4393,744 +4551,208 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t xml:space="preserve">Приложение 2 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам организации отбора</w:t>
+              <w:t xml:space="preserve">к Правилам организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">инновационных проектов </w:t>
+              <w:t xml:space="preserve">отбора инновационных проектов </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">в области агропромышленного </w:t>
+              <w:t xml:space="preserve">в области агропромышленного комплекса </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>комплекса</w:t>
-[...25 lines deleted...]
-              <w:t>области</w:t>
+              <w:t xml:space="preserve">Восточно-Казахстанской области </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z107" w:id="28"/>
+    <w:bookmarkStart w:name="z126" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснительная записка к Плану мероприятий по внедрению инновационного проекта</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z108" w:id="29"/>
+        <w:t xml:space="preserve"> План мероприятий по реализации инновационного(ых) проекта(ов)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z127" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Название мероприятия по реализации инновационного проекта.</w:t>
-[...511 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+      (указать название)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z125" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Виды услуг/работ</w:t>
+Виды работ</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5309,512 +4931,407 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z127" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z128" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Виды работ</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...202 lines deleted...]
-          <w:bookmarkEnd w:id="35"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5993,424 +5510,943 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z131" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z132" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Виды работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Ожидаемые результаты (3 год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1 квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+2 квартал</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 квартал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 квартал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -6448,8310 +6484,446 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t xml:space="preserve">Приложение 3 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам организации отбора</w:t>
+              <w:t xml:space="preserve">к Правилам организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>инновационных проектов</w:t>
+              <w:t xml:space="preserve">отбора инновационных проектов </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> в области</w:t>
+              <w:t xml:space="preserve">в области агропромышленного комплекса </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>агропромышленного комплекса</w:t>
-[...25 lines deleted...]
-              <w:t>области</w:t>
+              <w:t xml:space="preserve">Восточно-Казахстанской области </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z134" w:id="38"/>
+    <w:bookmarkStart w:name="z129" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Смета расходов мероприятий по внедрению инновационного проекта*</w:t>
-[...8117 lines deleted...]
-    <w:bookmarkStart w:name="z150" w:id="53"/>
+        <w:t xml:space="preserve"> Пояснительная записка к Плану мероприятий по реализации инновационного(ых) проекта(ов)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z130" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1. Название мероприятия по реализации инновационных проектов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z131" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      * Указывается отдельно на каждый год реализации мероприятий по внедрению инновационного проекта</w:t>
-[...3 lines deleted...]
-      </w:r>
+      2. Место реализации мероприятия: район, населенный пункт.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z132" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Цель и задачи мероприятия по реализации инновационных проектов (не более 1 страницы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z133" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Краткое описание основного заявителя (научно-исследовательской организации) и субъектов АПК, участвующих в мероприятии по реализации инновационных проектов (не более 1 страницы):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z134" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      полное наименование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z135" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      описание деятельности основного заявителя и участвующих в мероприятии по реализации инновационных проектов субъектов АПК;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z136" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ключевые специалисты, виды выполняемых ими работ (с приложением резюме и документов, подтверждающих квалификацию);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z137" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="53"/>
+      информация о реализации других проектов в рамках данной программы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z138" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае представления заявки от субъекта АПК – физического лица, указывается образование, возраст, основные виды деятельности и опыт работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z139" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Обоснование мероприятия по реализации инновационного(-ых) проекта(-ов): с указанием имеющихся в данном сегменте производства проблем, на решение какой проблемы будет направлено мероприятие. Описание актуальности и необходимости реализации мероприятия, его влияния на уровень технологического развития АПК Восточно-Казахстанской области и производительность труда (не более 0,5 страницы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z140" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Описание основных работ, выполняемых в рамках реализации мероприятия по реализации инновационных проектов: какие работы будут выполняться, конкретные решения и технологии, предлагаемые для использования в производстве, для апробации и демонстрации в ходе исполнения проекта, оценка практического значения для конкретного хозяйства, экономики района и области. Указывается цель каждой работы, содержание, продолжительность, ожидаемые результаты, потребность в ресурсах, в том числе, методологию научно-исследовательской организации (далее – НИО) по внедрению и распространению научной разработки (технологии) на базе субъекта АПК, участвующего в реализации мероприятия Программы (не более 2 страниц). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z141" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Результативность: количественные и качественные показатели результатов от реализации мероприятия по реализации инновационных проектов. Включает в себя конкретные, четкие результаты с оценкой влияния на улучшение производительности труда и эффективность производства заявителя и экономики района (области). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z142" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Отражаются экономические выгоды от реализации мероприятия по реализации инновационных проектов в сравнении с ранее используемыми технологиями, обосновать целесообразность мероприятия с точки зрения развития АПК Восточно-Казахстанской области, ситуации на аграрном рынке (не более 1 страницы). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z143" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Экологическая оценка содержит оценку влияния предлагаемых технологий на окружающую среду и природные ресурсы региона (положительное, нейтральное или негативное). В случае негативного влияния указывается, что будет проделано для смягчения такого влияния (не более 0,5 страницы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z144" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Риски: основные риски для успешного завершения мероприятия по реализации инновационных проектов и меры по преодолению таких рисков (не более 0,5 страницы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z145" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Жизнеспособность проекта: описываются меры, которые будут предприняты для обеспечения устойчивости производства субъектов АПК, участвующих в мероприятии по реализации инновационных проектов, после завершения финансирования (не более 0,5 страницы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14785,1419 +6957,146 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
+              <w:t xml:space="preserve">Приложение 4 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам организации отбора</w:t>
+              <w:t xml:space="preserve">к Правилам организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">инновационных проектов </w:t>
+              <w:t xml:space="preserve">отбора инновационных проектов </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в области</w:t>
+              <w:t xml:space="preserve">в области агропромышленного комплекса </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>агропромышленного комплекса</w:t>
-[...25 lines deleted...]
-              <w:t>области</w:t>
+              <w:t xml:space="preserve">Восточно-Казахстанской области </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z153" w:id="54"/>
+    <w:bookmarkStart w:name="z147" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Типовой договор по реализации инновационного проекта</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z154" w:id="55"/>
+        <w:t xml:space="preserve"> Смета расходов мероприятий по реализации инновационных проектов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z148" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      от "___" _______ 20__ г. № ____</w:t>
-[...1249 lines deleted...]
-    </w:tbl>
+      (указать название)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16231,3818 +7130,7102 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
-[...38 lines deleted...]
-              <w:t>от _______ 20__ г. № __</w:t>
+              <w:t>тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z205" w:id="75"/>
-[...571 lines deleted...]
-    <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11554"/>
-        <w:gridCol w:w="746"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11554" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z222" w:id="78"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата отчета</w:t>
+      №</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="78"/>
-[...21 lines deleted...]
-              <w:ind w:left="0"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статьи расходов</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единица измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цена</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе по месяцам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...29 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наименование заявителя</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="79"/>
-[...26 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...29 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Номер и дата договора </w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="80"/>
-[...26 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...29 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Цель финансирования</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="81"/>
-[...26 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...29 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сумма финансирования</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="82"/>
-[...26 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...29 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Период отчетности</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="83"/>
-[...26 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...29 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Достигнутые результаты </w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="84"/>
-[...26 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...29 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наименование охранного документа (в случае наличия)</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="85"/>
-[...26 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...29 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Номер и дата выдачи охранного документа (в случае наличия)</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="86"/>
-[...26 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...71 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-№</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="88"/>
-[...247 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1666" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Заработная плата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1666" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1666" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-    </w:tbl>
-[...56 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1310" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z236" w:id="91"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование потенциального партнера</w:t>
+Командировочные расходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1311" w:type="dxa"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мероприятие</w:t>
+2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2953" w:type="dxa"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прогнозная сумма затрат</w:t>
+2.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3774" w:type="dxa"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Предполагаемые сроки заключения договора</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-            </w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Прямые расходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2952" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+3.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1311" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+3.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2953" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3774" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Накладные расходы</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1310" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2952" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z239" w:id="92"/>
-[...1094 lines deleted...]
-    <w:bookmarkStart w:name="z246" w:id="98"/>
+    <w:bookmarkStart w:name="z150" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * заполняется в зависимости от специфики финансирования.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="98"/>
+      ¹ Указывается отдельно на каждый год мероприятий по реализации инновационных проектов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z151" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ² Указать отдельно расходы, финансируемые из бюджетных средств и собственных средств заявителей (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>