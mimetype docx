--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="453ec51" w14:textId="453ec51">
+    <w:p w14:paraId="7023a13" w14:textId="7023a13">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,186 +85,225 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в решение акима Кызылжарского района Северо-Казахстанской области от 03 апреля 2014 года № 07 "Об образовании избирательных участков на территории Кызылжарского района Северо-Казахстанской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">В соответствии со </w:t>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение акима Кызылжарского района Северо-Казахстанской области от 28 января 2016 года № 02. Зарегистрировано Департаментом юстиции Северо-Казахстанской области 8 февраля 2016 года № 3607. Утратило силу решением акима Кызылжарского района Северо-Казахстанской области от 30 сентября 2025 года № 13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 24 марта 1998 года "О нормативных правовых актах" аким Кызылжарского района Северо-Казахстанской области </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>РЕШИЛ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акима Кызылжарского района Северо-Казахстанской области от 03 апреля 2014 года №07 "Об образовании избирательных участков на территории Кызылжарского района Северо-Казахстанской области" (зарегистрированного в Реестре государственной регистрации нормативных правовых актов за № 2695 от 30 апреля 2014 года, опубликовано в газете "Маяк" от 30 мая 2014 года за №22 (5473), в газете "Қызылжар" от 30 мая 2014 года №22 (569)) следующие изменения:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -270,225 +311,242 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> указанного решения изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. Контроль за исполнением данного решения возложить на руководителя аппарата акима Кызылжарского района Северо-Казахстанской области Акылбекову Ж.Х.</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3. Настоящее решение вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования.</w:t>
-      </w:r>
-[...12 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7796"/>
-        <w:gridCol w:w="4204"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7796" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аким</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кызылжарского района</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Северо-Казахстанской области</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4204" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -501,245 +559,293 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Жумабеков</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7796" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>СОГЛАСОВАНО</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кызылжарской районной</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>избирательной комиссии</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7796" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Северо-Казахстанской области</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>28 января 2016 года</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4204" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -747,71 +853,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Султангазин Н.К.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -916,7787 +1001,9060 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение к решению акима Кызылжарского района Северо-Казахстанской области от 03 апреля 2014 года № 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="0"/>
+    <w:bookmarkStart w:name="z14" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательные участки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...28 lines deleted...]
-      </w:r>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z15" w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
+      1) Избирательный участок № 286</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Архангельское, здание коммунального государственного учреждения "Архангельская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Архангельское;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) Избирательный участок № 287</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Новокаменка, здание коммунального государственного учреждения "Новокаменская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Новокаменка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) Избирательный участок № 288</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Асаново, здание коммунального государственного учреждения "Асановская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка : село Асаново;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) Избирательный участок № 289</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Толмачевка, медицинский пункт;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Толмачевка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) Избирательный участок № 290</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Михайловка, здание бывшей школы;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Михайловка, село Малое Белое;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) Избирательный участок № 291</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Плоское, здание коммунального государственного учреждения "Плоская начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Плоское;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7) Избирательный участок № 292</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Большая Малышка, здание коммунального государственного учреждения "Большемалышенская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Большая Малышка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8) Избирательный участок № 293</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Барневка, здание коммунального государственного учреждения "Барневская начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Барневка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9) Избирательный участок № 294</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Гончаровка, здание фельдшерского пункта;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Гончаровка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10) Избирательный участок № 295</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Ташкентка, здание конторы товарищества с ограниченной ответственностью "СБИ-Агро Ташентка" (по согласованию);</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Ташкентка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11) Избирательный участок № 296</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, аул Бесколь, улица Октябрьская, 17, здание конторы товарищества с ограниченной ответственностью "Бишкульская птицефабрика" (по согласованию):</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улицы: Брусиловского, Луговая, Аль-Фараби, Курмангазы, Труда, Сейфулина, Габита Мусрепова, Казахстанская, Кызылжарская, Сатпаева, Южная, Полевая, Кунаева, Толе Би, Некрасова, Садовая, Чокана Уалиханова, Бишкульская, Жумабаева, Маметовой, Кенесары, Райымбек-Батыра, Казыбек Би, Кожаберген-Жирау, Алтынсарина, Цветочная, Циолковского, Шухова, Бауыржана Момышулы, Юбилейная, Мусабаева, Магистральная, Восточная, Энтузиастов, Карима Сутюшева, Ауэзова, 60 лет Победы, Конституции, Абулхаира, ЗелҰная, Первомайская, Сенатская, Фабричная, Есенина, Степная, Пушкина, Солнечная, Мира, Октябрьская, Пирогова, Лесная, Дагестанская, Райавтодор;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>проезды: Брусиловского, Труда, Садовый, Бишкульский, Пирогова;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12) Избирательный участок № 297</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, аул Бесколь, улица Гагарина 10, здание коммунального государственного казенного предприятия "Кызылжарский районный Дом культуры акимата Кызылжарского района Северо-Казахстанской области Министерства культуры и информации Республики Казахстан":</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Комарова - 1-49;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Калинина - 1-34;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улицы: Озерная, Молодежная, Театральная, Ленина, Пионерская, Ульянова, Строительная, Дорожная;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13) Избирательный участок № 298</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, аул Бесколь, улица Новая 20, здание территориальной инспекции Министерства сельского хозяйства Республики Казахстан:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Комарова - 50-73;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Целинная - 36,38,40,44а,46,48,50,56,58,60,62;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Калинина - 35а-41, 36а-40;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улицы: Сабита Муканова, Рабочая, Куйбышева, Абая, Ипподромная, Комсомольская, Дзержинского, Северная, Дачная, Джамбула, Сенная, Новая, Монтажников, Степана Разина;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14) Избирательный участок № 299</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, аул Бесколь, улица Институтская 5, здание коммунального государственного учреждения "Бескольская средняя школа №2" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Береговая - 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Кирова - 1-36;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Советская - 1-34, 36, 38, 40, 42;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Почтовая - 1-34;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Фурманова - 1-13, 15;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Спортивная - 1, 3, 5, 7, 9, 11;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Горького - 2-40;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улицы: Ибраева, Карасай Батыра;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>проезды: Панфилова, Фурманова;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15) Избирательный участок № 300</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, аул Бесколь, улица Институтская 1, здание коммунального государственного учреждения "Школа-лицей "Парасат" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Береговая - 23, 25, 27, 29, 31, 33, 35;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Кирова - 38-94, 96;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Горького - 41-88;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Советская - 43-102;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Фурманова - 14-53;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Спортивная - 12-28;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Стройдвор;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Почтовая - 35-70;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улицы: Институтская, Школьная, Букетова;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16) Избирательный участок № 301</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Подгорное, здание коммунального государственного учреждения "Подгорненская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Подгорное;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17) Избирательный участок № 302</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Приишимка, здание коммунального государственного учреждения "Приишимская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Приишимка, село Карлуга;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18) Избирательный участок № 303</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Чапаево, здание коммунального государственного учреждения "Чапаевская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Чапаево,село Трудовая Нива;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19) Избирательный участок № 304</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, аул Байтерек, здание товарищества с ограниченной ответственностью "Элита Север" (по согласованию);</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Границы участка: аул Байтерек; </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20) Избирательный участок № 305</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Бугровое, здание коммунального государственного учреждения "Бугровская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Бугровое, село Николаевка, село Новогеоргиевка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21) Избирательный участок № 306</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Сосновка, здание Лесного государственного лесничества;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Сосновка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22) Избирательный участок № 307</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Красноперовка, здание фельдшерского пункта;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Красноперовка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23) Избирательный участок № 308</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Вагулино, здание Вагулинского сельского клуба;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Вагулино;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24) Избирательный участок № 309</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Кустовое, здание Кустовского сельского клуба;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Кустовое;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25) Избирательный участок № 310</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Желяково, здание коммунального государственного учреждения "Желяковская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Желяково;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26) Избирательный участок № 311</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Красноярка, здание коммунального государственного учреждения "Красноярская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Красноярка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27) Избирательный участок № 312</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Виноградовка, здание коммунального государственного учреждения "Сивковская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Виноградовка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28) Избирательный участок № 313</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Сумное, здание коммунального государственного учреждения "Сумская начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Сумное, село Исаковка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29) Избирательный участок № 315</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Долматово, здание Долматовского сельского клуба;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Долматово;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30) Избирательный участок № 316</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область,Кызылжарский район, село 2-ой Красный Яр, здание фельдшерского пункта;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село 2-ой Красный Яр;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31) Избирательный участок № 317</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Боголюбово, здание коммунального государственного учреждения "Боголюбовская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Боголюбово;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32) Избирательный участок № 318</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Боголюбово, здание коммунального государственного учреждения "Кызылжарский аграрно-технический колледж";</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Боголюбово;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33) Избирательный участок № 319</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область,Кызылжарский район, село Боголюбово, здание магазина "Мирас" (по согласованию) центральная усадьба;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Боголюбово;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34) Избирательный участок № 320</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Надежка, здание коммунального государственного учреждения "Надеждинская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Надежка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35) Избирательный участок № 321</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Вознесенка, здание коммунального государственного учреждения "Вознесенская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Вознесенка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>36) Избирательный участок № 322</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Пресновка, здание Пресновского сельского клуба;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Пресновка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37) Избирательный участок № 323</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Глубокое, здание коммунального государственного учреждения "Глубоковская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Глубокое;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>38) Избирательный участок № 324</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Налобино, здание коммунального государственного учреждения "Налобинская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Налобино, село Николаевка, село Лебедки, село Гайдуково;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>39) Избирательный участок № 325</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Дубровное, здание коммунального государственного учреждения "Дубровинская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Дубровное;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>40) Избирательный участок № 327</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Новоникольское, здание коммунального государственного казенного предприятия "Дом культуры" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Новоникольское;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>41) Избирательный участок № 328</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Новоалександровка, здание Новоалександровского сельского клуба;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Новоалександровка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42) Избирательный участок № 329</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Трудовое, здание Трудового сельского клуба;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Трудовое;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>43) Избирательный участок № 330</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Петерфельд, здание коммунального государственного учреждения "Петерфельдская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Петерфельд, село Измайловка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>44) Избирательный участок № 331</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Петерфельд, поселок нефтяников, здание ясли-сада "Ак Бота";</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Петерфельд;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>45) Избирательный участок № 332</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Кондратовка, здание коммунального государственного учреждения "Кондратовская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Кондратовка, село Боровское, платформа 2603 километра;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>46) Избирательный участок № 333</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, станция Затон, здание медицинского пункта;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Затон, село Кривозерка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>47) Избирательный участок № 334</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Прибрежное, здание коммунального государственного учреждения "Озерная средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Прибрежное;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>48) Избирательный участок № 335</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Тепличное, здание клуба индивидуального предпринимателя "Боздарев" (по согласованию);</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Тепличное;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>49) Избирательный участок № 336</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область,Кызылжарский район, село Шаховское, здание коммунального государственного учреждения "Шаховская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Шаховское;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>50) Избирательный участок № 337</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Рассвет, здание коммунального государственного учреждения "Рассветская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Рассвет;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>51) Избирательный участок № 338</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Семипалатное, здание коммунального государственного учреждения "Семипалатинская начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Семипалатное;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>52) Избирательный участок № 339</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Красная Горка, здание коммунального государственного учреждения "Красногоровская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Красная Горка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>53) Избирательный участок № 340</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Водопроводное, здание коммунального государственного учреждения "Водопроводная средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Водопроводное;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>54) Избирательный участок № 341</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Пеньково, здание коммунального государственного учреждения "Пеньковская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Пеньково;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>55) Избирательный участок № 342</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Березовка, здание коммунального государственного учреждения "Березовская основная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Березовка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>56) Избирательный участок № 343</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Белое, здание коммунального государственного учреждения "Беловская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Белое;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>57) Избирательный участок № 344</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Знаменское, здание коммунального государственного учреждения "Совхозная средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Знаменское;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>58) Избирательный участок № 345</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Байсал, здание фельдшерского пункта;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Байсал;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>59) Избирательный участок № 346</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Метлишино, здание коммунального государственного учреждения "Метлишинская начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Метлишино;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>60) Избирательный участок № 347</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Новоникольское, здание коммунального государственного учреждения "Новоникольская начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Новоникольское;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>61) Избирательный участок № 348</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область,Кызылжарский район, село Соколовка, здание государственного учреждения "Аппарат акима Соколовского сельского округа":</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">улица 40 лет Победы - 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24; </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Береговая - 5 - 63;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Шухова - 7 - 45;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Абая –3 - 98;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Комсомольская-1, 3, 5, 6, 7, 9, 10, 11,13,15,17, 20, 22, 24 - 28, 30 - 38, 40, 43, 45;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Октябрьская - 2, 4, 5, 6, 9, 11- 13, 16 - 20, 23, 31, 32, 35 - 40, 42,44 - 47, 49, 50, 52, 54, 55, 58 - 61;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Целинная – 3 - 18, 20, 22, 23, 25, 27, 29, 33, 35;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Трудовая – 3 - 7, 9 - 11,13, 14, 16 - 18, 20, 23, 25 - 32, 34, 35, 37, 39;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Интернациональная – 3 – 10;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Полевая - 2, 4, 6, 8, 10, 12;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Мира – 1, 2 - 12,14;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Автодора-1, 3, 5, 7, 9, 11, 13, 15;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Заречная – 1 - 10, 12;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Приишимская – 1-6, 8-12, 14 - 17, 19 - 26, 28, 30, 34, 36;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Кирова – 2, 4 - 12, 14, 15, 20, 22, 25, 28 - 30, 32, 33- 35, 37- 43, 45, 47 - 50, 52 - 54, 56 - 60, 63 - 67, 69, 70, 72, 74, 76, 78, 80, 82, 84, 86, 90, 92, 94, 96, 98, 100, 102, 104, 106;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Степная-1, 2, 4, 6, 8 - 20, 22, 23;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Первомайская – 4, 6, 11 - 15, 19 - 25, 27, 30, 32, 34, 38, 40;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Строительная - 2, 4, 6, 8, 10, 12, 14, 18, 20, 22, 23, 28;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">улица Молодежная – 1 - 14, 16 - 21, 23, 25, 27 - 29, 29а, 30 - 32, 34 - 37, 41, 43; </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>62) Избирательный участок № 349</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Соколовка, здание коммунального государственного учреждения "Соколовская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Село Соколовка, улица Абая – 99 - 200;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Береговая – 64 - 185;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Шухова – 46 - 58;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Гайдара – 2 - 7, 9 - 18, 20 - 23, 25, 26, 28 - 31, 33, 35, 37, 39, 41, 41а, 43 - 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 95, 105, 106, 107, 108, 109, 110;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Лесная – 3 - 10, 12, 14 - 16;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Пионерская-1, 4, 7, 11, 12, 13, 16, 17, 19 – 28 - 30, 32 - 36, 38, 41 -43, 45 - 47, 49, 51, 53 - 66, 68, 70, 72, 74, 76, 78, 82;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Сибирская – 1 - 8, 10;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Школьная - 1, 3, 4, 13;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Березовая – 1 - 10;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Бостандыкская-1, 3, 7;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Озерная – 1 - 121;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>63) Избирательный участок № 350</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область,Кызылжарский район, село Якорь, здание коммунального государственного учреждения "Якорьская средняя школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Якорь;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>64) Избирательный участок № 351</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Ольшанка, здание коммунального государственного учреждения "Ольшанская начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Ольшанка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>65) Избирательный участок № 352</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, село Вознесенка, здание бывшей начальной школы;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Вознесенка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>66) Избирательный участок № 353</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область,Кызылжарский район, село Вишневка, здание коммунального государственного учреждения "Вишневская начальная школа" государственного учреждения "Кызылжарский районный отдел образования" акимата Кызылжарского района Северо-Казахстанской области;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Границы участка: село Вишневка;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>67) Избирательный участок № 354</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>место нахождения избирательного участка:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Северо-Казахстанская область, Кызылжарский район, аул Бесколь, улица Ипподромная 1, здание комплекса "Кулагер" (по согласованию):</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>улица Целинная 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34;</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">улицы: Энергетиков, Ломоносова, Интернациональная, 70 лет Октября, Добровольского, Амангельды, Чайковского, Аккаинская, Новосельская. </w:t>
-      </w:r>
-[...12 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9026,35 +10384,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>