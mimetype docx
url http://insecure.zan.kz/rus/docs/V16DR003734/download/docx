--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dccf14d" w14:textId="dccf14d">
+    <w:p w14:paraId="41f6f14" w14:textId="41f6f14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,356 +85,448 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Положения Государственного учреждения "Отдел земельных отношений Талгарского района"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> Президента Республики Казахстан от 29 октября 2012 года № 410 "Об утверждении Типового положения государственного органа Республики Казахстан", акимат Талгарского района </w:t>
+        <w:t>
+			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:i w:val="false"/>
-[...6 lines deleted...]
-        <w:br/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...105 lines deleted...]
-      </w:r>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление акимата Талгарского района Алматинской области от 19 января 2016 года № 01-40. Зарегистрировано Департаментом юстиции Алматинской области 18 февраля 2016 года № 3734. Утратило силу постановлением акимата Талгарского района Алматинской области от 23 сентября 2025 года № 09-316</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z5" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Утратило силу постановлением акимата Талгарского района Алматинской области от 23.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 09-316</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 8)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 18 Закона Республики Казахстан от 1 марта 2011 года "О государственном имуществе" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Указом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президента Республики Казахстан от 29 октября 2012 года № 410 "Об утверждении Типового положения государственного органа Республики Казахстан", акимат Талгарского района </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить Положение государственного учреждения "Отдел земельных отношений Талгарского района" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Возложить на руководителя государственного учреждения "Отдел земельных отношений Талгарского района" Тыныбай Мақсата Молдашұлы опубликование настоящего постановления после государственной регистрации в органах юстиции в официальных и периодических печатных изданиях, а также на интернет-ресурсе, определяемом Правительством Республики Казахстани на интернет-ресурсе акимата района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего постановления возложить на руководителя аппарата акима района заместителя акима района Тойбаева Абдыгали Абдыхановича.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящее постановление вступает в силу со дня государственной регистрации в органах юстиции и вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аким района</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -440,71 +534,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Р. Садыкова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -544,1825 +617,1978 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение утвержденное постановлением акимата Талгарского района № 01-40 от "19"января 2016 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="0"/>
+    <w:bookmarkStart w:name="z11" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Отдел земельных отношений Талгарского района"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z12" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z12" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z13" w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Отдел земельных отношений Талгарского района" (далее – Отдел) является государственным органом Республики Казахстан, осуществляющее руководство в сфере земельных отношений на территории Талгарского района.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Отдел ведомств не имеет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Отдел осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Отдел является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Отдел вступает гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Отдел имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Отдел по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Отделаи другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Структура и лимит штатной численности Отдела утверждаются в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Местонахождение юридического лица:индекс 041300, Республика Казахстан, Алматинская область, Талгарский район, город Талгар, улица Рыскулова, № 72.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Полное наименование государственного органа: государственное учреждение "Отдел земельных отношений Талгарского района".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Настоящее Положение является учредительным документом Отдела.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Финансирование деятельности Отдела осуществляется из республиканского и местных бюджетов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Отделу запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями Отдела.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Если Отделу законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...18 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Миссия, основные задачи, функции, права и обязанности государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z28" w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...13 lines deleted...]
-      </w:r>
+      14. Миссия Отдела: реализация государственной политики в сфере регулирования земельных отношений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) установление оснований, условий и пределов возникновения, изменения и прекращения права собственности на земельный участок и права землепользования, порядка осуществления прав и обязанностей собственников земельных участков и землепользователей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) регулирование земельных отношений в целях обеспечения рационального использования и охраны земель, воспроизводства плодородия почв, сохранения и улучшения природой среды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) создание условий для равноправного развития всех форм хозяйствования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) охрана прав на землю физических и юридических лиц и государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) создание и развитие рынка недвижимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) укрепление законности в области земельных отношений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) подготовка предложений и проектов постановлений акимата Талгарского района по предоставлению, изъятию земельных участков и изменению их целевого назначения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) подготовка предложений по выдаче разрешений акиматом Талгарского района на использование земельных участков для проведения изыскательских работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) подготовка предложений по резервированию земель;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) организация разработки проектов зонирования земель, проектов и схем по рациональному использованию земель; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) подготовка предложений по переводу сельскохозяйственных угодий из одного вида в другой вид;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) организация проведения земельных торгов (аукционов, конкурсов) по району;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) составление баланса земель Талгарского района;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) выдача паспортов земельных участков сельскохозяйственного назначения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) заключение договоров купли-продажи и договоров аренды земельного участка и временного безвозмездного землепользования и осуществление контроля за исполнением условий заключенных договоров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) выявление бесхозяйных земельных участков и организация работы по постановке их на учет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) подготовка предложений по принудительному отчуждению земельных участков для государственных нужд;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) определение делимости и неделимости земельных участков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) утверждение кадастровой (оценочной) стоимости конкретных земельных участков, продаваемых в частную собственность государством;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) организация проведения землеустройства и утверждение землеустроительных проектов по формированию земельных участков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15) проведение экспертизы проектов и схем районного значения, затрагивающих вопросы использования и охраны земель;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16) ведение учета собственников земельных участков и землепользователей, а также других субъектов земельных правоотношений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) выявление земель, неиспользуемых и используемых с нарушением законодательства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) осуществление иных функций, в соответствии с действующим законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. Права и обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) вносить на рассмотрение акима района и районного маслихата предложения по решению вопросов, относящихся к компетенции Отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) запрашивать и получать в установленном законодательством порядке необходимую в своей деятельности информацию от государственных органов и иных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) осуществлять пользование имуществом, находящимся на праве оперативного управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) своевременно и качественно рассматривать обращения физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) в пределах своей компетенции осуществлять иные права и обязанности, в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z62" w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. Руководство Отделаосуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Отдел задач и осуществление им своих функций. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19. Первый руководитель Отдела назначается на должность и освобождается от должности акимом Талгарского района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. Первый руководитель Отдела не имеет заместителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21. Полномочия первого руководителя Отдела:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) в пределах своей компетенции определяет обязанности и полномочия работников Отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) в соответствии с действующим законодательством назначает и освобождает от должности работников Отдела; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) в установленном законодательством порядке поощряет и налагает дисциплинарные взыскания на работников Отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) в пределах своей компетенции издает приказы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) в пределах своей компетенции представляет интересы Отдела в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) противодействует коррупции в Отделе с установлением за это персональной ответственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) осуществляет иные полномочия в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнение полномочий первого руководителя Отдела в период его отсутствия осуществляется лицом, его заменяющим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z75" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...13 lines deleted...]
-      </w:r>
+      22. Отдел может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Имущество, Отдела формируется за счет имущества, переданного ему собственником, а так же имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23. Имущество, закрепленное за Отделом, относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. Отдел не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z80" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...1605 lines deleted...]
-    </w:p>
+      25. Реорганизация и упразднение Отделаосуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2692,35 +2918,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>