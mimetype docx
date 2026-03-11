--- v0 (2025-11-09)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="81436d5" w14:textId="81436d5">
+    <w:p w14:paraId="0021809" w14:textId="0021809">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,68 +93,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об определении мест для размешения агитационных печатных материалов и предоставления кандидатом помещений для встреч с избирателями в Каратальском районе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Каратальского района Алматинской области от 02 февраля 2016 года № 17. Зарегистрировано Департаментом юстиции Алматинской области 11 февраля 2016 года № 3702</w:t>
+        <w:t>Постановление акимата Каратальского района Алматинской области от 02 февраля 2016 года № 17. Зарегистрировано Департаментом юстиции Алматинской области 11 февраля 2016 года № 3702.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">В соответствии с пунктами 4 и 6 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -183,300 +183,301 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 31 Закона Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан", акимат района </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Определить совместно с Каратальской районной избирательной комиссией (по согласованию) места для размещения агитационных печатных материалов кандидатов согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Предоставить кандидатам на договорной основе помещения для встреч с избирателями согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3. Возложить на исполняющего обязанности руководителя государственного учреждения "Отдел внутренней политики Каратальского района" М. Сырлыбаева опубликование настоящего постановления после государственной регистрации в органах юстиции в официальных и периодических печатных изданиях, а также на интернет-ресурсе, определяемом Правительством Республики Казахстан, и на интернет-ресурсе районного акимата.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4. Контроль за исполнением настоящего постановления возложить на заместителя акима района К. Байтаеву.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5. Настоящее постановление вступает в силу со дня государственной регистрации в органах юстиции и вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аким района</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -588,1029 +589,1044 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1 к постановлению акимата Каратальского района от 02 февраля 2016 года № 17 "Об определении мест для размещения агитационных печатных материалов и предоставления кандидатам помещений для встреч с избирателями в Каратальском районе"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 1 в редакции постановления акимата Каратальского района области Жетісу от 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Места для размещения агитационных печатных материалов в Каратальском районе</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. По городу Уштобе:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) город Уштобе, стенд на пересечении улиц Жолбарыс батыра и Кузнецова;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) город Уштобе, улица Б. Момышулы, № 229, стенд возле здания Каратальской районной больницы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) город Уштобе, стенд на пересечении улиц Толе би и Абдрахман акына;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) город Уштобе, стенд на пересечении улиц Турксиба и Б. Момышулы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) город Уштобе, стенд на пересечении улиц Мартынова и Нурмухамбетова;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) город Уштобе, стенд на улице Кабанбай батыра № 51.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. По Айтубийскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Кокпекты, улица Ыбрайымұлы № 4, стенд возле здания фельдшерско-акушерского пункта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Жасталап, улица Сейфуллина, № 1, стенд возле здания средней школы имени Кулжабай батыра;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) село Айту би, улица Достык, стенд возле дома № 1;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) село Кожбан, стенд на пересечении улиц Мунайтпасова и К. Азирбаева.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. По Балпыкскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Жанаталап, улица Жамбыла, № 34, стенд возле здания сельской врачебной амбулатории;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Оян, улица Асыкбаева, № 11/2, стенд возле здания фельдшерского пункта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) село Умтыл, улица Бейсенбиулы Ахметше, № 5, стенд возле здания фельдшерского пункта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. По Бастобинскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Бастобе, улица Комарова, № 3, стенд возле здания Дома культуры;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Ортатобе, улица Серегина, № 3, стенд возле здания фельдшерско-акушерского пункта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) село Кишитобе, улица Комсомольская, № 35, стенд возле здания фельдшерского пункта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) село Жылыбулак, стенд на пересечении улиц Мира и Ауезова.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. По Елтайскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Каражиде, улица Конаева, № 10, стенд возле здания фельдшерско-акушерского пункта</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Сарыбулак, улица Отеген батыра, № 15, стенд возле здания начальной школы Сарыбулак.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. По Ескельдинскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Ескельды, стенд на улице Жансугурова 13/2 возле аптеки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Кокдала, улица Жамбыла, № 14/1, стенд возле здания фельдшерско-акушерского пункта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) село Кызылжар, стенд на пересечении улиц Байтурсынова и Д. Дюсенбаева;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) село Кайнар, улица Кайнар, стенд возле дома № 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. По сельскому округу Жолбарыс батыра:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Кальпе, улица Р. Бекенова, № 19, стенд возле зданий почты;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Канабек, улица Саринова, № 20, стенд возле здания Дома культуры;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) село Карашенгель, улица Жамбыла, № 8, стенд возле школы Карашенгель.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. По Байшегирскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Алмалы, улица Жайлыгулова, № 1, стенд возле здания сельской больницы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      </w:t>
-[...9 lines deleted...]
-        <w:t>1) город Уштобе, стенд на пересечении улиц Жолбарыс батыра и Кузнецова;</w:t>
+      2) село Акжар, улица Тлеугул батыра, № 5, стенд возле здания фельдшерского пункта.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...9 lines deleted...]
-        <w:t>2) город Уштобе, улица Б. Момышулы, № 229, стенд возле здания Каратальской районной больницы;</w:t>
+      9. По Кызылбалыкскому сельскому округу:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...9 lines deleted...]
-        <w:t>3) город Уштобе, стенд на пересечении улиц Толе би и Абдрахман акына;</w:t>
+      1) село Копбирлик, улица Седьмая, № 4, стенд возле здания сельской больницы;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...9 lines deleted...]
-        <w:t>4) город Уштобе, стенд на пересечении улиц Турксиба и Б. Момышулы;</w:t>
+      2) село Каракум, стенд на пересечении улиц Ч. Уалиханова и С. Сейфуллина.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...9 lines deleted...]
-        <w:t>5) город Уштобе, стенд на пересечении улиц Мартынова и Нурмухамбетова.</w:t>
+      10. По Тастобинскому сельскому округу:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      </w:t>
-[...801 lines deleted...]
-        <w:t>1) село Тастобе, улица Халыкова, № 1, стенд возле здания фельдшерского пункта.</w:t>
+      1) село Тастобе, улица Халыкова, № 1, стенд возле здания фельдшерского пункта.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -1666,165 +1682,638 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 2 к постановлению акимата Каратальского района от 02 февраля 2016 года № 17 "Об определении мест для размещения агитационных печатных материалов и предоставления кандидатам помещений для встреч с избирателями в Каратальском районе"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 2 в редакции постановления акимата Каратальского района области Жетісу от 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Помещения, предоставляемые кандидатам на договорной основе для встреч с избирателями в Каратальском районе</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. По Бастобинскому сельскому округу:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...24 lines deleted...]
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Бастобе, улица Комарова, № 3, актовый зал районного Дома культуры имени Кабылиса жырау Каратальского района.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. По сельскому округу Жолбарыс батыра:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-        <w:t>1) село Канабек, улица Саринова, № 20, актовый зал Дома культуры.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Канабек, улица Саринова, № 20, актовый зал Дома культуры;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) село Кальпе, улица Бектенова, № 25, актовый зал Дома культуры. 3. По Ескельдинскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Ескельды, ул.Жансугурова, № 5А, актовый зал Дома культуры.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. По Балпыкскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Жанаталап, ул.Жамбыла, № 42А, актовый зал Дома культуры.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. По Айтубийскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Кокпекты, ул.Ыбрайымұлы, № 1, актовый зал Дома культуры.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. По Байшегирскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Алмалы, ул.Абая, № 6А, актовый зал Дома культуры.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. По Кызылбалыкскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Копбирлик, ул.Седьмая, № 6А, актовый зал Дома культуры.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. По Ельтайскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Қаражиде, ул.Елубай, № 4А, актовый зал Дома культуры.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. По Тастобинскому сельскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) село Тастобе, ул.Абая, № 13, актовый зал Дома культуры.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. По Уштобинскому городскому округу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) город Уштобе, пр.Конаева, № 7А, актовый зал историко-краеведческого музея;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) город Уштобе, ул.Водопроводная, № 12 актовый зал Гуманитарного колледжа города Уштобе.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -1846,55 +2335,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>