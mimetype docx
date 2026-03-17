--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="16ff3e8" w14:textId="16ff3e8">
+    <w:p w14:paraId="5b3fe23" w14:textId="5b3fe23">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,316 +93,322 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Положения о награждении Почетной грамотой Актюбинской области (города, района)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение маслихата Актюбинской области от 3 июня 2016 года № 22. Зарегистрировано Департаментом юстиции Актюбинской области 8 июля 2016 года № 4995</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>Решение маслихата Актюбинской области от 3 июня 2016 года № 22. Зарегистрировано Департаментом юстиции Актюбинской области 8 июля 2016 года № 4995.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание РЦПИ.</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>      Примечание РЦПИ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      В тексте документа сохранена пунктуация и орфография оригинала.</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">В соответствии с подпунктом 12-3) пункта 1 </w:t>
+        <w:t>      В тексте документа сохранена пунктуация и орфография оригинала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с подпунктом 12-3) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан" Актюбинский областной маслихат </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>РЕШИЛ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Утвердить прилагаемое </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение о награждении Почетной грамотой Актюбинской области (города, района)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
-      </w:r>
-[...12 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7796"/>
-        <w:gridCol w:w="4204"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7796" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Председатель сессии</w:t>
+              <w:t>      Председатель сессии</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4204" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -415,103 +421,103 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Секретарь </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7796" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      областного маслихата</w:t>
+              <w:t>      областного маслихата</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4204" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -524,103 +530,103 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">областного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7796" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Ж. МУХАМБЕТПАИЗОВА</w:t>
+              <w:t>      Ж. МУХАМБЕТПАИЗОВА</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4204" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -628,71 +634,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. КАЛДЫГУЛОВА</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -758,995 +743,1070 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>областного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 03 июня 2016 года № 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z6" w:id="0"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о награждении Почетной грамотой Актюбинской области (города, района)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общее положение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящее Положение о награждении Почетной грамотой Актюбинской области (города, района) (далее – Почетная грамота) разработано в соответствии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...38 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Требования по награждению Почетной грамотой</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z10" w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Почетной грамотой награждаются физические и юридические лица в знак признания заслуг перед областью (городом, районом):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) за значительные достижения: в экономике, социальной сфере, науке, культуре, образовании, в воинской и государственной службе, общественной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) за осуществление плодотворной деятельности по укреплению дружбы и солидарности между народами и культурных связей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Почетной грамотой могут награждаться:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) трудовые коллективы - за весомый вклад в социально - экономическое развитие области (города, района);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) творческие коллективы - по итогам гастрольных поездок, способствовавших укреплению культурных связей, дружбы и сотрудничества между народами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Почетной грамотой не могут быть награждены граждане:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) имеющие судимость, которая не погашена или не снята в установленном законодательством порядке на момент награждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) признанные судом недееспособными, либо ограниченно дееспособными;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) признанные судом виновными в совершении коррупционного преступления и (или) коррупционного правонарушения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Одно и то же лицо (коллектив, организация) не может дважды представляться к награждению Почетной грамотой области (города, района) в течении пяти лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Награждение приурочивается к национальным, государственным, профессиональным и иным праздникам Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Описание Почетной грамоты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z23" w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Почетная грамота области (города, района) состоит из папки голубого цвета с вкладышем. На лицевой стороне папки изображен Государственный Герб Республики Казахстан и надпись "ПОЧЕТНАЯ ГРАМОТА", выполненная золотым тиснением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вкладыш изготавливается типографским способом в развернутом виде из плотной, лощеной бумаги белого цвета, формата А3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внутри вкладыша вверху и внизу по длинному краю размещается национальный орнамент – цвета золота.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На лицевой стороне вкладыша располагаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в верхней части по центру - надпись на государственном языке "Қазақстан Республикасы" ниже на русском языке "Республика Казахстан", выполненная золотым тиснением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по центру - цветное изображение Государственного Герба Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в нижней части по центру вкладыша - надпись на государственном и русском языках с указанием наименования соответствующей административно-территориальной единицы, выполненная золотым тиснением, надпись на государственном языке располагается над надписью на русском языке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На левой стороне внутри вкладыша располагаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по центру – цветное изображение развивающегося Государственного Флага Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На правой стороне внутри вкладыша располагаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в верхней части по центру - надпись "Құрмет грамотасы", выполненная золотым тиснением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ниже под надписью текст на государственном и русском языках, который содержит слова: "награждается", фамилию, имя, отчество награждаемого, краткое описание заслуг награждаемого. Текст на государственном языке располагается над текстом на русском языке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в нижней части располагается текст для подписи акима и секретаря маслихата области (города, района) на государственном языке, подпись заверяется гербовыми печатями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после подписи указывается дата награждения на государственном языке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фамилия, имя, отчество награждаемого указываются в соответствии с документом, удостоверяющим личность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вкладыш заполняется путем компьютерного набора, шрифтами черного цвета, без наклона с использованием принтера. В случае отсутствия данной возможности, вкладыш заполняется рукописно, четким и разборчивым почерком, без помарок чернилами черного цвета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Представление к награждению </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z25" w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Представление к награждению Почетной грамотой акима области (города, района) направляется в аппарат акима области (города, района) трудовыми коллективами, предприятиями, местными исполнительными и представительными органами, общественными организациями, творческими объединениями, органами местного самоуправления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В представлении указываются фамилия, имя, отчество, занимаемая должность, дается характеристика с изложением конкретных трудовых и творческих заслуг, вклада в развитие области (города, района), информация по итогам гастрольных поездок. Представление подписывается руководителем и скрепляется печатью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К представлению прилагается копия удостоверения личности кандидата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Материалы, поступившие от граждан, самостоятельно представляющих свою кандидатуру для награждения Почетной грамотой, не рассматриваются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Поступившие документы для предварительного рассмотрения и подготовки предложений по награждению, направляются в комиссию при акиме области (города, района) по наградам (далее - Комиссия). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия вправе удовлетворить ходатайство и рекомендовать акиму области (города, района) внести представление по награждению Почетной грамотой на рассмотрение соответствующего маслихата либо отклонить его, с указанием соответствующих причин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение о награждении Почетной грамотой принимается на сессии маслихата области (города, района) по представлению акима области (города, района).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Заключительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z29" w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Вручение Почетной грамоты производится в торжественной обстановке. Почетную грамоту вручает аким и председатель маслихата области (города, района), либо иное лицо по их поручению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...811 lines deleted...]
-      </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменением, внесенным решением Актюбинского областного маслихата от 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 281</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12. Материалы по награждению хранятся в аппарате акима области (города, района).</w:t>
-      </w:r>
-[...12 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -1754,55 +1814,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>