--- v0 (2025-11-08)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2f7ca0a" w14:textId="2f7ca0a">
+    <w:p w14:paraId="9e3daf7" w14:textId="9e3daf7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил использования средств, предусмотренных в республиканском бюджете по программе "Представление интересов Республики Казахстан за рубежом"</w:t>
+        <w:t>Об утверждении Правил реализации мероприятий по защите прав и интересов граждан Республики Казахстан, оказавшихся в затруднительном положении, в том числе вследствие форс-мажорных обстоятельств, а также принятия мер в отношении умерших граждан Республики Казахстан в государстве пребывания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ и.о. Министра иностранных дел Республики Казахстан от 26 декабря 2016 года № 11-1-2/619. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 января 2017 года № 14748.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок - в редакции приказа Министра иностранных дел РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/810</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -182,74 +220,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> использования средств, предусмотренных в республиканском бюджете по программе "Представление интересов Республики Казахстан за рубежом" согласно </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+        <w:t xml:space="preserve"> реализации мероприятий по защите прав и интересов граждан Республики Казахстан, оказавшихся в затруднительном положении, в том числе вследствие форс-мажорных обстоятельств, а также принятия мер в отношении умерших граждан Республики Казахстан в государстве пребывания согласно приложению 1 к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра иностранных дел РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/810</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые приказы Министра иностранных дел Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -372,233 +452,220 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7209"/>
-        <w:gridCol w:w="5091"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7209" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Исполняющий обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5091" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="7209" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
-        </w:tc>
-[...11 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7209" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Республики Казахстан</w:t>
+Министра иностранных дел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5091" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Е.Ашикбаев</w:t>
@@ -894,786 +961,1586 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">от 26 декабря 2016 года № 11-1-2/619 </w:t>
+              <w:t>от 26 декабря 2016 года № 11-1-2/619</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Правила реализации мероприятий по защите прав и интересов граждан Республики Казахстан, оказавшихся в затруднительном положении, в том числе вследствие форс-мажорных обстоятельств, а также принятия мер в отношении умерших граждан Республики Казахстан в государстве пребывания</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила - в редакции приказа Министра иностранных дел РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/810</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>использования средств, предусмотренных в республиканском</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z23" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Правила реализации мероприятий по защите прав и интересов граждан Республики Казахстан, оказавшихся в затруднительном положении, в том числе вследствие форс-мажорных обстоятельств, а также принятия мер в отношении умерших граждан Республики Казахстан в государстве пребывания (далее – Правила), разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Консульского устава Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 25 апреля 2016 года № 240, и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 81)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве иностранных дел Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 28 октября 2004 года № 1118, и определяют порядок реализации мероприятий по защите прав и интересов граждан Республики Казахстан, оказавшихся в затруднительном положении, в том числе вследствие форс-мажорных обстоятельств, а также принятия мер в отношении умерших граждан Республики Казахстан в государстве пребывания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z24" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах под затруднительным положением понимаются ситуации, возникшие вследствие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z25" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) форс-мажорных обстоятельств (непреодолимой силы, то есть чрезвычайных и непредотвратимых при данных условиях обстоятельствах, в том числе стихийные явления, военные действия, чрезвычайное положение в государстве пребывания);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z26" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) незаконного ввоза граждан Республики Казахстан в иностранное государство;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z27" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) противоправных деяний, направленных против Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z28" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) смерти граждан Республики Казахстан за границей, за исключением случаев, предусмотренных подпунктом 5) пункта 10 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z29" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. К видам финансовой помощи относятся расходы на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z30" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оплату транспортных расходов из иностранного государства в Республику Казахстан (не более стоимости авиабилета экономкласса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z31" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) единовременную материальную помощь на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z32" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      питание (не более суммы, эквивалентной 80 (восьмидесяти) долларам США на гражданина Республики Казахстан в день) не более 3 (трех) суток;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z33" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проживание (не более суммы, эквивалентной 100 (сто) долларам США в день) не более 3 (трех) суток;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z34" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приобретение вещей первой необходимости в случае их отсутствия (не более суммы, эквивалентной 280 (двести восьмидесяти) долларам США);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z35" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оплату услуг по отправке багажа, транспортировке тела умершего гражданина Республики Казахстан (гробов и урн с прахом умерших) в Республику Казахстан, бальзамирование, хранение тела в морге, захоронение или кремация в государстве пребывания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z36" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Оказание финансовой помощи осуществляется в соответствии с настоящими Правилами в случае отсутствия или невозможности использования денежных средств гражданином Республики Казахстан, оказавшемся в затруднительном положении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z37" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>бюджете по программе "Представление интересов</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Глава 2. Порядок реализации мероприятий по защите прав и интересов граждан Республики Казахстан, оказавшихся в затруднительном положении, в том числе вследствие форс-мажорных обстоятельств, а также принятия мер в отношении умерших граждан Республики Казахстан в государстве пребывания</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z38" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Министерство иностранных дел Республики Казахстан (далее – Министерство) и (или) загранучреждения Республики Казахстан (далее – загранучреждения) принимают заявления от граждан Республики Казахстан, родственников или их законных представителей (далее – заявитель) с указанием документа, удостоверяющего личность, адреса места жительства в Республике Казахстан, места жительства в государстве пребывания, обстоятельств попадания в затруднительное положение, информации с обоснованием потребности в получении финансовой помощи в том числе информации об обязательствах лиц или организаций, пригласивших гражданина Республики Казахстан, попавшего в затруднительное положение в государстве пребывания, по возмещению расходов, связанных с его пребыванием в данном государстве (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z39" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К заявлению прикладываются документы, выданные уполномоченными органами государства пребывания и имеющие отношение к обстоятельствам, указанным в заявлении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z40" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Министерство в течение 1 (одного) рабочего дня со дня принятия заявления и пакета документов согласно пункту 5 настоящих Правил направляет их в загранучреждение на рассмотрение и уведомляет (извещает) об этом заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z41" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Загранучреждение в течение 3 (трех) рабочих дней со дня поступления заявления и пакета документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z42" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проверяет обстоятельства попадания гражданина Республики Казахстан в затруднительное положение и принимает меры по проверке подлинности представленных гражданином Республики Казахстан материалов, объектов, документов и сведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z43" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) устанавливает наличие обязательств лица или организации, пригласивших гражданина Республики Казахстан, по возмещению расходов, связанных с его пребыванием в данном государстве, и содействует их исполнению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z44" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оказывает содействие в установлении контактов гражданина Республики Казахстан с членами его семьи, родственниками или другими законными представителями (далее – родственники);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z45" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет взаимодействие с государственными органами и организациями государства пребывания по существу заявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z46" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) при отсутствии оснований для отказа в оказании финансовой помощи, указанных в пункте 10 настоящих Правил, направляет в Министерство письмо о необходимости оказания финансовой помощи, подписанное руководителем загранучреждения либо лицом, исполняющим его обязанности, с приложением копий документов, предусмотренных в пункте 5 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z47" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В случае смерти гражданина Республики Казахстан в государстве пребывания, загранучреждение в течение 3 (трех) рабочих дней:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z48" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при обращении заявителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z49" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет действия, предусмотренные подпунктами 1), 2), 3) и 4) пункта 7 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z50" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проверяет наличие или отсутствие медицинской страховки умершего гражданина Республики Казахстан, которая предусматривает оплату расходов, связанных с его смертью в государстве пребывания (далее – медицинская страховка);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z51" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при отсутствии оснований для отказа в оказании финансовой помощи, указанных в пункте 10 настоящих Правил, направляет в Министерство не менее 3 (трех) ценовых предложений организаций государства пребывания, оказывающих услуги согласно подпункту 3) пункта 3 настоящих Правил, и письмо о необходимости оказания финансовой помощи, указанное в подпункте 5) пункта 7 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z52" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при получении уведомления государственных органов и организаций государства пребывания о смерти гражданина Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z53" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет действия, предусмотренные подпунктами 1), 2), 3) и 4) пункта 7 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z54" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проверяет наличие или отсутствие медицинской страховки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z55" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при установлении контактов с родственниками умершего гражданина Республики Казахстан и получении заявления об оказании финансовой помощи согласно подпункту 3) пункта 3 настоящих Правил, и при отсутствии оснований для отказа в оказании финансовой помощи, указанных в пункте 10 настоящих Правил, направляет в Министерство не менее 3 (трех) ценовых предложений организаций государства пребывания, оказывающих услуги согласно подпункту 3) пункта 3 настоящих Правил, и письмо о необходимости оказания финансовой помощи, указанное в подпункте 5) пункта 7 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z56" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при установлении контактов с родственниками умершего гражданина Республики Казахстан и отсутствии заявления об оказании финансовой помощи согласно подпункту 3) пункта 3 настоящих Правил, принимает меры к погребению в государстве пребывания умершего гражданина Республики Казахстан с должными почестями в соответствии с законодательством государства пребывания или отправке его тела в Республику Казахстан за счет родственников, медицинской страховки, либо лица или организации, указанных в подпункте 2) пункта 7 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z57" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при невозможности установления контактов с родственниками умершего гражданина Республики Казахстан и отсутствии заявления об оказании финансовой помощи согласно подпункту 3) пункта 3 настоящих Правил, принимает меры к погребению в государстве пребывания умершего гражданина Республики Казахстан с должными почестями в соответствии с законодательством государства пребывания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z58" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В случае выявления основания для отказа в оказании финансовой помощи, предусмотренного в пункте 10 настоящих Правил, загранучреждение уведомляет заявителя о предварительном решении об отказе в оказании финансовой помощи, а также времени, дате и месте, способе проведения заслушивания для предоставления возможности заявителю выразить позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z59" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания финансовой помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z60" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявитель предоставляет или высказывает возражения к предварительному решению в срок не позднее 2 (двух) рабочих дней со дня получения предварительного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z61" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания загранучреждение выполняет действие, предусмотренное подпунктом 5) пункта 7 настоящих Правил либо отказывает в оказании финансовой помощи с направлением заявителю письма с обоснованием причин отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z62" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отказа в оказании финансовой помощи согласно подпункту 3) пункта 3 настоящих Правил, загранучреждение принимает меры к погребению в государстве пребывания умершего гражданина Республики Казахстан с должными почестями в соответствии с законодательством государства пребывания или отправке его тела в Республику Казахстан за счет родственников, медицинской страховки, либо лица или организации, указанных в подпункте 2) пункта 7 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z63" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Загранучреждение отказывает в оказании финансовой помощи по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z64" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сообщение заявителем заведомо ложных сведений и (или) непредставление заявителем документов, имеющих отношение к обстоятельствам обращения за финансовой помощью, предусмотренных в пункте 6 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z65" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие документально подтвержденных фактов нарушения гражданином Республики Казахстан законодательства государства пребывания, явившихся причиной возникновения затруднительного положения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z66" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) происшествие, случившееся по вине гражданина Республики Казахстан (в том числе в состоянии алкогольного или наркотического опьянения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z67" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) смерти гражданина Республики Казахстан вследствие эвтаназии или самоубийства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z68" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наличие медицинской страховки и (или) наличие обязательств лица или организации, пригласивших гражданина Республики Казахстан, по возмещению расходов, связанных с его пребыванием в данном государстве, в том числе с его смертью в государстве пребывания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z69" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Загранучреждение в течение 1 (одного) рабочего дня со дня отказа в оказании финансовой помощи информирует Министерство о данном решении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z70" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Министерство в течение 3 (трех) рабочих дней со дня поступления письма загранучреждения о необходимости оказания финансовой помощи проверяет поступившие документы на предмет соответствия настоящим Правилам и исходя из объемов средств, предусмотренных в республиканском бюджете на соответствующий финансовый год, принимает одно из следующих решений и направляет его в загранучреждение:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z71" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) об оказания финансовой помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z72" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) об отказе в оказании финансовой помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z73" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение Министерства об оказании финансовой помощи оформляется приказом Руководителя аппарата Министерства либо лица, исполняющим его обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z74" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Министерство отказывает в оказании финансовой помощи на основании несоответствия поступивших документов настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z75" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Загранучреждение в течение 1 (одного) рабочего дня со дня получения решения Министерства об оказании финансовой помощи оказывает финансовую помощь заявителю с оформлением акта о фактическом оказании финансовой помощи по форме согласно приложению к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z76" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Предоставление финансовой помощи согласно подпунктам 1) и 3) пункта 3 настоящих Правил осуществляется путем оплаты услуг юридического лица и (или) индивидуального предпринимателя в государстве пребывания наличными денежными средствами и (или) перевода денежных средств с использованием платежных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z77" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предоставление финансовой помощи согласно подпункту 2) пункта 3 настоящих Правил осуществляется в форме передачи заявителю наличных денежных средств и (или) перевода денежных средств с использованием платежных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z78" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Финансовая помощь предоставляется на безвозмездной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z79" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возмещение произведенных заявителем расходов, указанных в пункте 3 настоящих Правил, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z80" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В случае предварительного отказа в финансовой помощи с момента получения решения Министерства, загранучреждение уведомляет о форме, времени и месте (способе) проведения заслушивания и направляет заявителю проект предварительного решения об отказе в финансовой помощи для возможности выразить заявителю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z81" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания финансовой помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z82" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявитель предоставляет или высказывает возражения к предварительному решению в срок не позднее 2 (двух) рабочих дней со дня получения предварительного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z83" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии у заявителя возражений к предварительному решению, загранучреждение направляет заявителю мотивированный отказ в финансовой помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z84" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При поступлении возражений заявителя, загранучреждение направляет представленные возражения с материалами административного дела (при их наличии) (далее – материалы) на рассмотрение в Министерство.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z85" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Получив возражения и материалы административного дела, Министерство рассматривает их и принимает решение об оказании финансовой помощи либо мотивированном отказе в оказании финансовой помощи, и уведомляет заявителя через загранучреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z86" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При принятии Министерством положительного решения по итогам рассмотрения материалов с возражениями, загранучреждение в соответствии с пунктами 13 и 14 настоящих Правил оказывает финансовую помощь заявителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z87" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Республики Казахстан за рубежом"</w:t>
-[...15 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования административного акта, административного действия (бездействия) должностного лица</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z88" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Жалоба заявителя подается в загранучреждение, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z89" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Загранучреждение, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в Министерство.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z90" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом загранучреждение, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, вправе не направлять жалобу в Министерство, если он в течение 3 (трех) рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z91" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Срок рассмотрения жалобы составляет 20 (двадцать) рабочих дней со дня поступления жалобы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z92" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Правила использования средств, предусмотренных в республиканском бюджете по программе "Представление интересов Республики Казахстан за рубежом" (далее – Правила) разработаны в соответствии с </w:t>
-[...646 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+      19. Если иное не предусмотрено законами Республики Казахстан, обращение в суд допускается после обжалования в досудебном порядке согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1720,1083 +2587,979 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам использования средств,</w:t>
+              <w:t>к Правилам реализации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>предусмотренных в республиканском бюджете</w:t>
+              <w:t>мероприятий по защите прав</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>по программе "Представление интересов</w:t>
+              <w:t>и интересов граждан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан за рубежом"</w:t>
+              <w:t>Республики Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказавшихся в затруднительном</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>положении, в том числе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вследствие форс-мажорных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обстоятельств, а также принятия</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мер в отношении умерших граждан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в государстве пребывания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...986 lines deleted...]
-      "__" ________ 20__ г.</w:t>
+    <w:bookmarkStart w:name="z95" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Акт № ________ от "__" _________ 20___ года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>о фактическом оказании финансовой помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z96" w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________ (далее – загранучреждение),</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование загранучреждения Республики Казахстан)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рассмотрев заявление ________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) (далее – Ф.И.О.) заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проживающего по адресу: ____________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документ, удостоверяющий личность ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вид документа, удостоверяющего личность, его серия и номер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выдан _____________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(дата выдачи, кем выдан)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на основании письма загранучреждения от "__" ____________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и приказа __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должностное лицо Министерства иностранных дел Республики Казахстан)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от "__" __________ 20___ года № ___________ составило настоящий акт</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>об оказании финансовой помощи ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. заявителя) на следующие расходы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Для оплаты транспортных услуг в Республику Казахстан _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по маршруту _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в размере__________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Выплата единовременной материальной помощи ______________________:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на питание в размере ________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на проживание в размере_____________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на приобретение вещей первой необходимости в размере__________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Для оплаты услуг по отправке в Республику Казахстан багажа, транспортировке</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тела умершего гражданина Республики Казахстан (гробов и урн с прахом умерших),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бальзамированию, хранению тела в морге, захоронению или кремации в государстве</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пребывания ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. заявителя или умершего)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в размере __________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подтверждающие документы прилагаются к настоящему акту на ______ листах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уполномоченные сотрудники загранучреждения: ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________ (Ф.И.О.) (подпись) ________________________ ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.) (подпись) ________________________ __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.) (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Получение финансовой помощи подтверждаю, копию акта получил:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. и подпись заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"__" ________ 20___ года</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2890,212 +3653,212 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 26 декабря 2016 года № 11-1-2/619 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>утративших силу некоторых приказов Министра иностранных дел</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z26" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра иностранных дел Республики Казахстан от 28 ноября 2005 года № 08-1/361 "Об утверждении Правил использования средств, предусмотренных в республиканском бюджете по программе "Защита и обеспечение прав и интересов граждан Республики Казахстан за рубежом" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 4037).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z27" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра иностранных дел Республики Казахстан от 29 мая 2006 года № 08-1/155 "О внесении дополнения в приказ Министра иностранных дел Республики Казахстан от 28 ноября 2005 года № 08-1/361 "Об утверждении Правил использования средств, предусмотренных в республиканском бюджете по программе "Оказание финансовой помощи гражданам Республики Казахстан, незаконно ввезенным в иностранные государства и ставшим жертвами торговли, а также пострадавшим за рубежом от других преступлений и оказавшимся в форс-мажорных обстоятельствах" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 4256, опубликован в газете "Юридическая газета" от 11 августа 2006 года № 147 (1127)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z28" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра иностранных дел Республики Казахстан от 20 сентября 2010 года № 08-1-1-1/323 "О внесении изменений и дополнений в приказ Министра иностранных дел Республики Казахстан от 28 ноября 2005 года № 08-1/361 "Об утверждении Правил использования средств, предусмотренных в республиканском бюджете по программе "Оказание финансовой помощи гражданам Республики Казахстан, незаконно ввезенным в иностранные государства и ставшим жертвами торговли, а также пострадавшим за рубежом от других преступлений и оказавшимся в форс-мажорных обстоятельствах" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 6639, опубликован в газете "Казахстанская правда" от 29 ноября 2010 года,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 325(26386)).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3119,55 +3882,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>