--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8fe5a14" w14:textId="8fe5a14">
+    <w:p w14:paraId="6e8a939" w14:textId="6e8a939">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1820,71 +1820,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> банковского обслуживания, за исключением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>договора</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> о жилищных выплатах и </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> об образовательном накопительном вкладе, содержит следующее:</w:t>
+        <w:t xml:space="preserve"> о жилищных выплатах и договора об образовательном накопительном вкладе, содержит следующее:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) идентификационный номер клиента, за исключением договора присоединения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3194,71 +3174,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. При открытии банковского счета клиенту-физическому лицу банк в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 5 Закона о ПОДФТ устанавливает налоговое </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> клиента-физического лица на основании сведений, представленных клиентом-физическим лицом при открытии банковского счета.</w:t>
+        <w:t xml:space="preserve"> статьи 5 Закона о ПОДФТ устанавливает налоговое резидентство клиента-физического лица на основании сведений, представленных клиентом-физическим лицом при открытии банковского счета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z62" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Документы, представленные клиентом для открытия банковского счета в соответствии с Правилами, не представляются в банк клиентом повторно в случае, если они ранее представлены клиентом в банк в рамках мер по надлежащей проверке клиента (его представителей) и бенефициарных собственников, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -11156,71 +11116,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       78. Закрытие временного сберегательного счета осуществляется банком в порядке, установленном настоящей главой. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
     <w:bookmarkStart w:name="z126" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      79. Закрытие банковского счета государственного учреждения, финансируемого из государственного бюджета, открытого в банке на основании </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> центрального </w:t>
+      79. Закрытие банковского счета государственного учреждения, финансируемого из государственного бюджета, открытого в банке на основании разрешения центрального </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>уполномоченного органа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по исполнению бюджета, осуществляется в случае отзыва разрешения либо по истечении срока его действия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
     <w:tbl>
       <w:tblPr>