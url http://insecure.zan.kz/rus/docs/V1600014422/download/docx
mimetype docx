--- v1 (2025-11-20)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6e8a939" w14:textId="6e8a939">
+    <w:p w14:paraId="6261dc2" w14:textId="6261dc2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,140 +112,140 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 207. Зарегистрировано в Министерстве юстиции Республики Казахстан 15 ноября 2016 года № 14422.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии со </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О Национальном Банке Республики Казахстан" Правление Национального Банка Республики Казахстан </w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 28)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 25.08.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 53</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 31.08.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -982,253 +982,193 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z39" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила открытия, ведения и закрытия банковских счетов клиентов (далее – Правила) разработаны в соответствии со </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О Национальном Банке Республики Казахстан" и определяют порядок открытия, ведения и закрытия банковских счетов клиентов в банках Республики Казахстан, филиалах банков-нерезидентов Республики Казахстан и организациях, осуществляющих открытие и ведение банковских счетов физических и юридических лиц на основании лицензии уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (далее – уполномоченный орган), а также в случае, когда законом Республики Казахстан, регулирующим деятельность такой организации, предусмотрена возможность осуществления указанных операций без лицензии (далее – банки).</w:t>
+      1. Настоящие Правила открытия, ведения и закрытия банковских счетов клиентов (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 28)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", и определяют порядок открытия, ведения и закрытия банковских счетов клиентов в банках Республики Казахстан, филиалах банков-нерезидентов Республики Казахстан и организациях, осуществляющих открытие и ведение банковских счетов физических и юридических лиц на основании лицензии уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (далее – уполномоченный орган), а также в случае, когда законом Республики Казахстан, регулирующим деятельность такой организации, предусмотрена возможность осуществления указанных операций без лицензии (далее – банки).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правления Национального Банка РК от 25.08.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 53</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 31.08.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z40" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В Правилах используются понятия, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Гражданским кодексом</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> и </w:t>
+        <w:t>Гражданским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексом Республики Казахстан (Особенная часть) (далее – Гражданский кодекс), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Налоговым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексом Республики Казахстан (далее – Налоговый кодекс) и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах" (далее – Закон о платежах и платежных системах), а также следующее понятие:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z954" w:id="10"/>
     <w:p>
@@ -1253,71 +1193,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции постановления Правления Национального Банка РК от 25.08.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 53</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 31.08.2025).</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z41" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2166,110 +2126,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Открытие клиенту банковского счета осуществляется банком после принятия мер по надлежащей проверке клиентов (их представителей) и бенефициарных собственников в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма" (далее – Закон о ПОДФТ), а также с учетом </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> к Правилам внутреннего контроля в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма для банков второго уровня, филиалов банков-нерезидентов Республики Казахстан и Национального оператора почты, утвержденных постановлением Правления Агентства Республики Казахстан по регулированию и развитию финансового рынка от 22 марта 2020 года № 18, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 20160.</w:t>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" (далее – Закон о ПОДФТ), а также с учетом Требований к Правилам внутреннего контроля в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для банков второго уровня, филиалов банков-нерезидентов Республики Казахстан и Национального оператора почты, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правления Агентства Республики Казахстан по регулированию и развитию финансового рынка от 22 марта 2020 года № 18, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 20160.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции постановления Правления Национального Банка РК от 25.08.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 53</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2430,110 +2390,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z54" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      14. В случаях, установленных законами Республики Казахстан, а также по соглашению сторон договор банковского обслуживания заключается в электронном виде с использованием электронной цифровой подписи или динамической идентификации с применением процедур безопасности, предусмотренных внутренними документами банка, а также с учетом Требований к Правилам внутреннего контроля в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма для банков второго уровня, филиалов банков-нерезидентов Республики Казахстан и Национального оператора почты, утвержденных </w:t>
+      14. В случаях, установленных законами Республики Казахстан, а также по соглашению сторон договор банковского обслуживания заключается в электронном виде с использованием электронной цифровой подписи или динамической идентификации с применением процедур безопасности, предусмотренных внутренними документами банка, а также с учетом Требований к Правилам внутреннего контроля в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для банков второго уровня, филиалов банков-нерезидентов Республики Казахстан и Национального оператора почты, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Агентства Республики Казахстан по регулированию и развитию финансового рынка от 22 марта 2020 года № 18, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 20160.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции постановления Правления Национального Банка РК от 22.11.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 99</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2998,120 +2958,160 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Порядок подтверждения банком (филиалом, подразделением банка) о наличии у клиента полного пакета документов в другом филиале (подразделении) данного банка, в котором у клиента был открыт первый банковский счет, в том числе путем передачи имеющихся документов в электронном виде, определяется банком.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z59" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      19. В целях исполнения требований, предусмотренных подпунктом 1), 4), 6), 8) 11), 13) и 15) части первой статьи 24 Налогового кодекса, банк использует информацию о налогоплательщиках, представляемую государственным органом, в пределах своей компетенции осуществляющий обеспечение поступлений налогов и платежей в бюджет, таможенное регулирование в Республике Казахстан, полномочия по предупреждению, выявлению, пресечению, раскрытию и расследованию уголовных и административных правонарушений, отнесенных законодательством Республики Казахстан к ведению этого органа (далее – органы государственных доходов), в соответствии с частью третьей подпункта 1) части первой </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Налогового кодекса.</w:t>
+      19. В целях исполнения требований, предусмотренных подпунктами 1), 4), 7), 9), 15), 17) и 19) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 55</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Налогового кодекса, банк использует информацию о налогоплательщиках, представляемую государственным органом, в пределах своей компетенции осуществляющий обеспечение поступлений налогов и платежей в бюджет, таможенное регулирование в Республике Казахстан, полномочия по предупреждению, выявлению, пресечению, раскрытию и расследованию уголовных и административных правонарушений, отнесенных законодательством Республики Казахстан к ведению этого органа (далее – органы государственных доходов), в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 55 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 19 в редакции постановления Правления Национального Банка РК от 27.08.2018 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 182</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
@@ -3372,222 +3372,302 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z64" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      24. При открытии банковского счета клиента банк уведомляет органы государственных доходов в порядке, случаях и сроки, определенные подпунктом 1) части первой </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Налогового кодекса.</w:t>
+      24. При открытии банковского счета клиента банк уведомляет органы государственных доходов в порядке, случаях и сроки, определенные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 55 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 24 - в редакции постановления Правления Национального Банка РК от 17.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 84</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z65" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      25. Отказ в открытии банковских счетов осуществляется банком в случаях и по основаниям, предусмотренным подпунктом 15) части первой </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Налогового кодекса, пунктом 1 статьи 13 Закона о ПОДФТ, пунктом 2 статьи 27 Закона о платежах и платежных системах, в случаях непредставления документов, предусмотренных Правилами, либо несовершения сделки между клиентом и банком.</w:t>
+      25. Отказ в открытии банковских счетов осуществляется банком в случаях и по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 19)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 55 Налогового кодекса, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 13 Закона о ПОДФТ, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 27 Закона о платежах и платежных системах, в случаях непредставления документов, предусмотренных Правилами, либо несовершения сделки между клиентом и банком.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 25 в редакции постановления Правления Национального Банка РК от 27.08.2018 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 182</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 25 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z66" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9204,133 +9284,173 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" (далее – Закон о банках и банковской деятельности) банк присваивает указанным банковским счетам новые индивидуальные идентификационные коды и уведомляет налоговые органы в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> части первой статьи 24 Налогового кодекса.</w:t>
+        <w:t xml:space="preserve"> пункта 2 статьи 55 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 60 - в редакции постановления Правления Национального Банка РК от 23.09.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 58</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 60 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z107" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      61. Приостановление расходных операций по банковским счетам или арест денег, находящихся на банковском счете, осуществляется в соответствии со статьей 740 Гражданского кодекса, </w:t>
+      61. Приостановление расходных операций по банковским счетам или арест денег, находящихся на банковском счете, осуществляется в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 740</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гражданского кодекса, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "О таможенном регулировании в Республике Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9356,170 +9476,230 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Гражданского процессуального кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьей 118</w:t>
+        <w:t>статьей 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона о банках и банковской деятельности, </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона о ПОДФТ, статьями 32, 62, 123 Закона Республики Казахстан "Об исполнительном производстве и статусе судебных исполнителей", </w:t>
+        <w:t xml:space="preserve"> Закона о банках и банковской деятельности, статьей 13 Закона о ПОДФТ, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>62</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об исполнительном производстве и статусе судебных исполнителей", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 27 Закона о платежах и платежных системах на основании решений и (или) распоряжений уполномоченных государственных органов или должностных лиц о приостановлении расходных операций по банковскому счету клиента или актов о наложении ареста на деньги, находящиеся на банковском счете клиента.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 61 - в редакции постановления Правления Национального Банка РК от 23.09.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 58</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 61 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z108" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10994,120 +11174,140 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о ПОДФТ и (или) международными договорами, ратифицированными Республикой Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z124" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      77. При закрытии банковского счета клиента банк уведомляет органы государственных доходов в порядке, случаях и сроки, определенные подпунктом 6) части первой </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Налогового кодекса.</w:t>
+      77. При закрытии банковского счета клиента банк уведомляет органы государственных доходов в порядке, случаях и сроки, определенные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 55 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 77 - в редакции постановления Правления Национального Банка РК от 17.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 84</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 77 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z125" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -20009,55 +20209,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>