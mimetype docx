--- v0 (2025-11-07)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4bdb159" w14:textId="4bdb159">
+    <w:p w14:paraId="9ef95de" w14:textId="9ef95de">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -133,94 +133,166 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике", а также подпунктом 258) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Положения о Министерстве национальной экономики Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 24 сентября 2014 года № 1011, </w:t>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О государственной статистике", с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 34)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения об Агентстве по стратегическому планированию и реформам Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 5 октября 2020 года № 427 и с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 20)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан, утвержденного приказом Председателя Агентства по стратегическому планированию и реформам Республики Казахстан от 23 октября 2020 года № 9-нқ, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемую </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -381,50 +453,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -435,68 +508,61 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Председатель Комитета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -505,68 +571,61 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 по статистике Министерства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -575,68 +634,61 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 национальной экономики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -904,114 +956,300 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Методика расчета показателей брака (супружества) и расторжения брака (супружества) (далее – Методика) относится к статистической методологии, утверждаемой в соответствии с </w:t>
+      1. Методика расчета показателей брака (супружества) и расторжения брака (супружества) (далее – Методика) относится к статистической методологии, формируемой в соответствии с международными стандартами и утверждаемой в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 19 марта 2010 года "О государственной статистике" (далее – Закон).</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственной статистике".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Настоящая Методика определяет методы расчета показателей брака (супружества) и расторжения брака (супружества) (далее – брачность и разводимость, развод) с использованием официальных статистических данных, сформированных в рамках действующих общегосударственных статистических наблюдений.</w:t>
+      2. Настоящая Методика определяет методы расчета показателей брака (супружества) и расторжения брака (супружества) (далее – брачность и разводимость, развод) с использованием административных данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Настоящая Методика предназначена для использования в статистической деятельности сотрудниками Комитета по статистике Министерства национальной экономики Республики Казахстан (далее – Комитет) и его территориальными органами.</w:t>
+      3. Настоящая Методика предназначена для использования в статистической деятельности сотрудниками Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан (далее – Бюро) и его территориальными подразделениями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Брачность и разводимость являются важными демографическими процессами и определяют формирование и распад семей, в значительной степени оказывают воздействие на рождаемость. Расчетные показатели брачности и разводимости используются при анализе социально-демографического развития страны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1282,94 +1520,198 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Основным источником данных о брачности и разводимости являются переписи населения, проводимые один раз в десять лет. Итоги переписи населения позволяют получить наиболее точные данные о брачном состоянии мужчин и женщин в возрасте пятнадцать лет и старше в сочетании с возрастом и уровнем образования, а также данные о числе и размере семей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Источником информации в межпереписные годы являются записи актов гражданского состояния, поступающие в территориальные органы Комитета из административных источников.</w:t>
+      7. Источником информации о браках и разводах являются: актовые записи органов регистрации актов гражданского состояния и сведения о вступивших в законную силу решениях суда о расторжении брака, представляемые судом в органы регистрации актов гражданского состояния.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>, удостоверяющих личность.</w:t>
+        <w:t>
+      8. Из сведений, содержащихся в актах о заключении брака, в статистической разработке используются дата и место регистрации, для каждого из вступающих в брак: их дата рождения, возраст, гражданство, прежнее брачное состояние, национальность, уровень образования, место постоянного жительства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Из сведений, содержащихся в записи акта о расторжении брака, в статистической разработке используются дата и место регистрации акта о расторжении брака, дата заключения расторгаемого брака, для каждого из супругов и их дата рождения, возраст, гражданство, место постоянного жительства, национальность, уровень образования, в каком по счету браке состоял, число общих детей в возрасте до восемнадцати лет и документ, являющийся основанием для расторжения брака (супружества).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1380,54 +1722,116 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Расчет основных показателей брачности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Комитетом по текущей статистике формируются число браков, общий коэффициент брачности, число браков по возрасту, по брачному состоянию, средний возраст вступивших в первый брак и межэтнические браки. По итогам переписи населения формируются данные по численности населения по состоянию в браке.</w:t>
+      10. Бюро по текущей статистике формирует число браков, общий коэффициент брачности, число браков по возрасту, по брачному состоянию, средний возраст мужчин и женщин вступивших в первый брак и межэтнические браки. По итогам переписи населения формируется статистическая информация по численности населения по состоянию в браке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Общий коэффициент брачности рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -2446,54 +2850,116 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Расчет основных показателей разводимости</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. По текущей статистике Комитетом формируются данные по числу разводов по возрасту бывших супругов, межэтнические разводы, разводы по числу общих детей в возрасте до 18 лет у бывших супругов, средний возраст супругов расторгнувших первый брак, разводы по продолжительности брака.</w:t>
+      18. Бюро по текущей статистике формирует данные по числу разводов по возрасту бывших супругов, межэтническим разводам, среднему возрасту мужчин и женщин расторгнувших первый брак, а также по разводам по продолжительности брака.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Общий коэффициент разводимости рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>