--- v0 (2025-11-15)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="720e71b" w14:textId="720e71b">
+    <w:p w14:paraId="b98fc11" w14:textId="b98fc11">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -111,105 +111,147 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 204. Зарегистрировано в Министерстве юстиции Республики Казахстан 20 октября 2016 года № 14346.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...40 lines deleted...]
-        <w:t xml:space="preserve">", в целях установления порядка применения чеков на территории Республики Казахстан Правление Национального Банка Республики Казахстан </w:t>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 19)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -428,163 +470,157 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5090"/>
-        <w:gridCol w:w="7210"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5090" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Председатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7210" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5090" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Национального Банка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7210" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Д. Акишев</w:t>
@@ -943,95 +979,76 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...40 lines deleted...]
-        <w:t xml:space="preserve">" (далее – Закон о платежах и платежных системах) и определяют порядок применения чеков на территории Республики Казахстан. </w:t>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила применения чеков на территории Республики Казахстан (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 19)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", и определяют порядок применения чеков на территории Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z133" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Порядок применения чеков на территории Республики Казахстан включает заключение </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1066,110 +1083,235 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> либо </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дефектного</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> чека.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 с изменением, внесенным постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Правила не распространяются на отношения, связанные с использованием дорожных чеков. Указанные отношения регулируются банком чекодателя таких дорожных чеков и обычаями делового оборота, применяемыми в банковской практике, с учетом требований, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 28 августа 2009 года "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма". </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z130" w:id="10"/>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Требования Правил, применяемые по отношению к банкам, распространяются на филиалы банков-нерезидентов Республики Казахстан, созданные на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1188,490 +1330,552 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:bookmarkStart w:name="z12" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В Правилах используются понятия, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> о платежах и платежных системах, а также следующие понятия: </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="12"/>
+        <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах" (далее – Закон о платежах и платежных системах), а также следующие понятия: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z55" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) выдача чека – способ осуществления платежа, при котором платеж производится путем выдачи чекодателем одноименного платежного документа чекодержателю; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z56" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z56" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) банк чекодателя – банк, выдавший чековую книжку, и которому адресуется приказ об уплате денег; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z57" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z57" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чековая книжка – сброшюрованные и последовательно пронумерованные бланки чеков. Допускается чековая книжка, состоящая из одного бланка чека;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z58" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z58" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) оплата чека – исполнение денежного обязательства чекодателя, выраженное получением чекодержателем денег по чеку; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z59" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z59" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) корешок чека – это часть чека, на котором указываются реквизиты чека. Для целей Правил под корешками чеков также понимаются копии чеков, последовательно сброшюрованные в чековые книжки; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z60" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z60" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) банк чекодержателя – банк, которому чекодержатель предъявил чек для оплаты либо передачи полученного чека для последующей оплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z13" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 с изменением, внесенным постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Чек содержит следующие обязательные реквизиты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z84" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z84" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование "чек";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z85" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z85" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) серию и номер чека;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z86" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z86" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наименование (фамилия, имя, отчество (при его наличии)) чекодателя или лица, его представляющего;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z87" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z87" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) индивидуальный идентификационный (бизнес-идентификационный) номер чекодателя (чекодержателя);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z88" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z88" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сумму цифрами и прописью, дату, место выдачи чека, подпись чекодателя или лица, его представляющего;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z89" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z89" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) наименование (фамилия, имя, отчество (при его наличии)) чекодержателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z90" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z90" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) наименование банка чекодателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z91" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z91" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) банковский идентификационный код банка чекодателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z92" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z92" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) графу "заплатите";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z93" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z93" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) графу "назначение платежа" (за исключением чека на получение наличных денег);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z94" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z94" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) графу "отметка чекодержателя о принятии чека к оплате";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z95" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z95" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) графы КОд (код отправителя денег), КБе (код бенефициара) и код назначения платежа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z96" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z96" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) графу "цели расхода" (для чеков на получение наличных денег);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) для юридического лица, не относящегося к субъекту частного предпринимательства, оттиск печати.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1708,292 +1912,292 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="32"/>
+    <w:bookmarkStart w:name="z14" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Допускается требование банком чекодателя проставления в чеке дополнительных реквизитов, необходимых для обработки операций с использованием чека.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z15" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z15" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Чек используется для осуществления </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>безналичных платежей</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и получения наличных денег.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z16" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z16" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Выдача чека не является исполнением денежного обязательства чекодателя, во исполнение которого такой чек был выписан. Исполнение указанного обязательства происходит в момент получения денег по чеку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z17" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z17" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Чеки на территории Республики Казахстан выписываются в национальной валюте Республики Казахстан – тенге. Обращение чеков в иностранной валюте на территории Республики Казахстан осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 2 июля 2018 года "О валютном регулировании и валютном контроле".</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+        <w:t xml:space="preserve"> Республики Казахстан "О валютном регулировании и валютном контроле".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 8 в редакции постановления Правления Национального Банка РК от 28.11.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 221</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="36"/>
+    <w:bookmarkStart w:name="z18" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Чеки принимаются и оплачиваются банком чекодателя в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>договором</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об использовании чеков и Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z19" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z19" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Прием и оплата по чеку банками чекодержателя осуществляются на основании заключенного между банком чекодателя и банком чекодержателя договора на прием и оплату чеков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2012,382 +2216,382 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="38"/>
+    <w:bookmarkStart w:name="z20" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Указание о вознаграждении, содержащееся в чеке, считается ненаписанным. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z21" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z21" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Бланки чеков (в том числе, когда они не сброшюрованы в чековые книжки) являются документами строгой отчетности, изготавливаются с учетом обязательных реквизитов, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил, и степени защиты (не менее пятикратной), отсутствие которых влечет за собой недействительность чека. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк чекодателя самостоятельно утверждает образец бланка чека и чековой книжки при условии, что чек и чековая книжка соответствуют Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="40"/>
+    <w:bookmarkStart w:name="z22" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Минимальные требования к степеням защиты, а также порядок учета оплаченных чеков банком чекодателя устанавливаются банком чекодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z23" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z23" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Заключение договора об использовании чеков</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z24" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z24" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Права и обязанности чекодателя и банка чекодателя, связанные с использованием чека, возникают на основании договора об использовании чеков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z25" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z25" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Договор об использовании чеков содержит следующие условия: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) сведения о количестве бланков чеков в чековой книжке; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) требование правильной выписки чеков, включая:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="44"/>
+    <w:bookmarkStart w:name="z100" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       соблюдение последовательности номеров бланков чеков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z101" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z101" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       указание суммы чека цифрами и прописью (сумма прописью начинается в самом начале строки с заглавной буквы, слово "тенге" указывается вслед за суммой прописью после одного пробела, слово "тиын" в чеке не указывается, свободное место после написания суммы цифрами и прописью прочеркивается двумя линиями);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z102" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z102" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе после слова "заплатите" указываются фамилия, имя, отчество (при его наличии) или наименование лица, на имя которого выписывается чек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z103" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z103" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       номер документа, удостоверяющего личность чекодателя  (для физических лиц), или лица, уполномоченного чекодателем распоряжаться чековой книжкой (для физических и юридических лиц), кем и когда выдан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z104" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z104" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проставление даты выписки чека (число и год цифрами, месяц прописью);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z105" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z105" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проставление подписи чекодателя, соответствующей документу, удостоверяющему личность (для физических лиц), или лица, уполномоченного чекодателем распоряжаться чековой книжкой (для юридических лиц) – образцу подписи в документе с образцами подписей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z106" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z106" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       указание в корешке чека суммы денег, на которую выписан чек  (сумма проставляется цифрами), даты выписки чека с подписью  чекодателя (для физических лиц) или лица, уполномоченного распоряжаться чековой книжкой (для физических и юридических лиц), если чековая книжка выдана на определенную сумму - остатка суммы до совершения операции и новый остаток по чековой книжке (остаток проставляется цифрами и прописью).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проставление оттиска печати чекодателя – юридического лица, не относящегося к субъекту частного предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2590,128 +2794,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="51"/>
+    <w:bookmarkStart w:name="z26" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Допускается включение условий договора об использовании чеков, указанных в пункте 15 Правил, в иные договоры (смешанные договоры), заключаемые между банком чекодателя и чекодателем. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z27" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z27" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Банки перед заключением договора об использовании чеков обеспечивают клиенту возможность получения информации о стоимости услуг по проведению операций с чеками и об условиях договора об использовании чеков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z28" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z28" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Выдача чековой книжки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z29" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z29" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Уполномоченное лицо банка чекодателя при оформлении чековых книжек выполняет следующие действия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) удостоверяет личность чекодателя или лица, его представляющего; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3006,120 +3210,120 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="55"/>
+    <w:bookmarkStart w:name="z30" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Допускается выдача одновременно нескольких чековых книжек в соответствии с договором об использовании чеков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z31" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z31" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Осуществление платежей и иных операций</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>с использованием чеков</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z32" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z32" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Чеки, выписываемые чекодателями – юридическими лицами, подписываются лицами, уполномоченными распоряжаться чековой книжкой, и проставляются оттиском печати чекодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требование по проставлению оттиска печати чекодателя не распространяется на чекодателя – юридическое лицо, относящееся к субъекту частного предпринимательства.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3156,70 +3360,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="58"/>
+    <w:bookmarkStart w:name="z33" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Чекодержатель, принимая чек к оплате, в графе "отметка чекодержателя о принятии чека к оплате" и его корешке проставляет фамилию, имя, отчество (при его наличии), а также подпись (для физических лиц) или штамп либо печать с указанием наименования чекодержателя и подпись уполномоченного чекодержателем лица (для юридических лиц).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требование по проставлению штампа либо печати не распространяется на чекодержателя – юридическое лицо, относящееся к субъекту частного предпринимательства.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3256,51 +3460,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="59"/>
+    <w:bookmarkStart w:name="z34" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. При выдаче чека реквизиты, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3335,461 +3539,461 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> применения кодов секторов экономики и назначения платежей, утвержденными Национальным Банком Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 15)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 4 Закона о платежах и платежных </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="60"/>
+    <w:bookmarkStart w:name="z35" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. При наличии в чеке исправлений и подчисток чек недействителен. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если при заполнении бланка чека чекодателем допущена ошибка, на бланке и его корешке по диагонали чекодателем проставляется надпись "испорчен", дата и подпись.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="61"/>
+    <w:bookmarkStart w:name="z36" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Выписанный чекодателем чек для его выдачи чекодержателю отделяется от корешка и чекодержатель, если он одновременно не является чекодателем, проверяет правильность заполнения чека (проверяется на наличие следов подчисток и исправлений, правильность заполнения реквизитов чека, правильность выведенного остатка в корешке чека, нумерация корешков чеков), удостоверяется в личности лица, выписавшего чек по документу, удостоверяющему личность, сверяет подпись лица, выдавшего чек, с образцом подписи на оборотной странице обложки чековой книжки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z37" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z37" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Чек принимается чекодержателем в день его выписки. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Чек предъявляется чекодержателем в банк чекодателя либо в банк чекодержателя. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок действия чека составляет десять календарных дней, исчисляемых со дня, следующего за днем выписки чека.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="63"/>
+    <w:bookmarkStart w:name="z38" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Допускается отказ чекодержателя в принятии частичного платежа по чеку. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае частичного платежа по чеку банк чекодержателя или банк чекодателя проставляет отметку о таком платеже на чеке и выдает чекодержателю расписку на остаток суммы по чеку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="64"/>
+    <w:bookmarkStart w:name="z39" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Чеки, предъявленные в банк чекодержателя или банк чекодателя, проверяются уполномоченными лицами банка в части правильности заполнения реквизитов чеков и соблюдения сроков их действия. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z40" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z40" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Банк чекодержателя или банк чекодателя отказывает в оплате чека по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z120" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z120" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сумма прописью не соответствует сумме цифрами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z121" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z121" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) срок действия чека истек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z122" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z122" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) на чеке имеются исправления и (или) подчистки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z123" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z123" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) на чеке имеются заметные отличия по почерку и цвету чернил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z124" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z124" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) на чеке отсутствуют одна или несколько степеней защиты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z125" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z125" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) на чеке имеются ошибки в указании реквизитов чека;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z126" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z126" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) несоответствие подписи на чеке и подписи в документе с образцами подписей чекодателя (для физических лиц) или лица, уполномоченного чекодателем распоряжаться чековой книжкой (для юридического лица);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z127" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z127" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) несоответствие оттиска печати на чеке оттиску печати в документе с образцами подписей чекодателя (для юридических лиц, не относящихся к субъектам частного предпринимательства);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z128" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z128" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) при недостаточной сумме денег для оплаты чека;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z129" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z129" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) обнаружение поддельного либо дефектного чека;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) иные основания, предусмотренные договором об использовании чеков.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3826,294 +4030,294 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="76"/>
+    <w:bookmarkStart w:name="z41" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. На каждом чеке, который не был использован в связи с истечением срока действия чековой книжки, чекодатель проставляет надпись "погашен" и возвращает чековую книжку банку чекодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z42" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z42" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Покрытые чеки банком чекодателя выпускаются на определенную сумму денег в пределах внесенной чекодателем суммы, которые банком учитываются на отдельном банковском счете.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оплата непокрытых чеков осуществляется в пределах суммы денег, находящихся на банковском счете чекодателя либо за счет банковского займа банка, предоставленного в соответствии с заключенным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>договором</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об использовании чеков с чекодателем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="78"/>
+    <w:bookmarkStart w:name="z43" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. При наличии остатка по сумме чековой книжки ко дню окончания срока ее действия или прекращения чекодателем операций с использованием чеков чекодатель передает чековую книжку в банк чекодателя. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банк чекодателя при возврате чекодателем чековой книжки возвращает ему имеющийся остаток суммы по чековой книжке. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="79"/>
+    <w:bookmarkStart w:name="z44" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. В случаях, предусмотренных договором об использовании чеков, остаток суммы по чековой книжке сохраняется на соответствующем балансовом счете банка чекодателя и учитывается при установлении суммы новой чековой книжки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z45" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z45" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. При возврате или полном использовании чековой книжки банком чекодателя в журнале регистрации чековых книжек делается соответствующая отметка. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях, когда при полном использовании чеков сумма по чековой книжке окажется неиспользованной, клиенту выдается новая чековая книжка на остаток суммы, если это предусмотрено договором об использовании чеков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="81"/>
+    <w:bookmarkStart w:name="z46" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Осуществление действий при обнаружении поддельного</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>либо дефектного чека</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z47" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z47" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Чек, выписанный с нарушением требований, установленных Правилами, а также с ошибками и (или) исправлениями в заполнении обязательных реквизитов чека, предусмотренных пунктом 4 Правил, признается дефектным и возвращается банком чекодержателю под расписку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z48" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z48" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Чек считается поддельным, если: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) чек, предъявленный к оплате, выписан из чековой книжки, которая банком, указанным в данном чеке, не выдавалась; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4204,110 +4408,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="84"/>
+    <w:bookmarkStart w:name="z49" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. Уполномоченное лицо банка, которому предъявлен чек для оплаты, в момент выявления поддельного чека составляет акт о выявлении поддельного чека в двух экземплярах по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z50" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z50" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. При предъявлении чекодателем поддельного чека уполномоченное лицо банка извещает правоохранительные органы Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Поддельный чек с одним экземпляром акта о выявлении поддельного чека передается в правоохранительные органы Республики Казахстан, второй экземпляр акта о выявлении поддельного чека остается в банке, в котором обнаружен поддельный чек.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4336,110 +4540,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если поддельный чек обнаружен банком чекодержателя, не являющимся банком чекодателя, копия поддельного чека, копия акта о выявлении поддельного чека не позднее следующего рабочего дня после обнаружения поддельного чека передаются банком чекодержателя банку чекодателя.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если поддельный чек обнаружен банком чекодателя, копия поддельного чека, копия акта о выявлении поддельного чека не позднее следующего рабочего дня после обнаружения поддельного чека направляется банку чекодержателя или чекодержателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="86"/>
+    <w:bookmarkStart w:name="z51" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Недееспособность или смерть чекодателя-физического лица, а также ликвидация или реорганизация чекодателя-юридического лица, наступившие после выписки чека, не влекут за собой недействительность чека.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z52" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z52" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. В случае утери чековой книжки чекодатель уведомляет об этом банк чекодателя с указанием номеров неиспользованных бланков чеков в порядке и сроки, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>договором</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об использовании чеков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4765,68 +4969,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>г. _________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"____" ___________ 20 ___ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z132" w:id="88"/>
+    <w:bookmarkStart w:name="z132" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          Акт о выявлении поддельного чека</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение - в редакции постановления Правления Национального Банка РК от 30.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4854,248 +5058,312 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                Я, нижеподписавшийся</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _______________________________________________________________________________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_______________________________________________________________________________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(фамилия, имя, отчество (при его наличии) и должность уполномоченного лица банка,   </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">филиала банка- нерезидента Республики Казахстан, обнаружившего поддельный чек)  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">составил(а) настоящий акт о том, что при проверке чека № ______________, выписанного на  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_______________________________________________________________________________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_______________________________________________________________________________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(фамилия, имя, отчество (при его наличии) чекодержателя)  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">на сумму _______________________________________________________________________,  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">был обнаружен чек ______________________________________________________________,   </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">в связи с чем, указанный чек к оплате принят быть не может.  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_______________________________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(подпись) </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Поддельный чек передан в правоохранительные органы Республики Казахстан  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_______________________________________________________________________________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_______________________________________________________________________________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(указать наименование государственного органа, которому передан поддельный чек)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5144,55 +5412,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5518,31 +5786,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>