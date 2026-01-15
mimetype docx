--- v0 (2025-10-12)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1b35062" w14:textId="1b35062">
+    <w:p w14:paraId="cdc88a9" w14:textId="cdc88a9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -180,220 +180,202 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п.6</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z89" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктами 52-4)</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> части второй статьи 15 Закона Республики Казахстан "О Национальном Банке Республики Казахстан" и подпунктами 10) и 25) пункта 1 статьи 4 Закона Республики Казахстан "О платежах и платежных системах" Правление Национального Банка Республики Казахстан </w:t>
+        <w:t>подпунктом 37)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 17.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 83</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оказания банками, филиалами банков-нерезидентов Республики Казахстан и организациями, осуществляющими отдельные виды банковских операций, электронных банковских услуг (далее – Правила).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -412,110 +394,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые постановления Правления Национального Банка Республики Казахстан, а также структурные элементы некоторых постановлений Правления Национального Банка Республики Казахстан по перечню согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департаменту платежных систем (Ашыкбеков Е.Т.) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) совместно с Юридическим департаментом (Сарсенова Н.В.) государственную регистрацию настоящего постановления в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -580,91 +562,91 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) размещение настоящего постановления на официальном </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       интернет-ресурсе Национального Банка Республики Казахстан после его официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управлению по защите прав потребителей финансовых услуг и внешних коммуникаций (Терентьев А.Л.) обеспечить направление настоящего постановления на официальное опубликование в периодические печатные издания в течение десяти календарных дней после его государственной регистрации в Министерстве юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z5" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Контроль за исполнением настоящего постановления возложить на заместителя Председателя Национального Банка Республики Казахстан Пирматова Г.О.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z6" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -679,51 +661,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил, которые вводятся в действие с 1 июня 2017 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -985,722 +967,766 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 августа 2016 года № 212</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оказания банками, филиалами банков-нерезидентов Республики Казахстан и организациями, осуществляющими отдельные виды банковских операций, электронных банковских услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок - в редакции постановления Правления Национального Банка РК от 30.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="7"/>
+    <w:bookmarkStart w:name="z57" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...26 lines deleted...]
-        <w:t>О Национальном Банке Республики Казахстан</w:t>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z8" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила оказания банками, филиалами банков-нерезидентов Республики Казахстан и организациями, осуществляющими отдельные виды банковских операций, электронных банковских услуг (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 37)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", и определяют порядок оказания банками, филиалами банков-нерезидентов Республики Казахстан и организациями, осуществляющими отдельные виды банковских операций (далее – банки), электронных банковских услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z90" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок оказания банками электронных банковских услуг включает предоставление электронных банковских услуг, процедуры безопасности, меры от несанкционированного доступа, приостановление и прекращение предоставления электронных банковских услуг, хранение электронных документов при предоставлении электронных банковских услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z91" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Действие Правил не распространяется на услуги, связанные с приемом платежей с использованием платежных карточек в пользу лиц, реализующих товары и услуги в сети Интернет, (интернет-эквайринг).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правления Национального Банка РК от 17.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В Правилах используются понятия, предусмотренные законами Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О банках и банковской деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Республике Казахстан" (далее – Закон о банках и банковской деятельности), "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об электронном документе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и электронной цифровой подписи", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об информатизации</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>О банках и банковской деятельности в Республике Казахстан</w:t>
-[...58 lines deleted...]
-        </w:rPr>
         <w:t>О платежах и платежных системах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" (далее – Закон о платежах и платежных системах) и определяют порядок оказания банками, филиалами банков-нерезидентов Республики Казахстан и организациями, осуществляющими отдельные виды банковских операций (далее – банки), электронных банковских услуг.</w:t>
-[...38 lines deleted...]
-    </w:p>
+        <w:t>" (далее – Закон о платежах и платежных системах), а также следующие понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z59" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аутентификация – подтверждение подлинности и правильности составления электронного документа в соответствии с требованиями процедуры безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z60" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) биометрическая идентификация – процедура установления личности клиента с целью однозначного подтверждения его прав на получение электронных банковских услуг на основе его физиологических и биологических особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z61" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) одноразовый (единовременный) код – уникальная последовательность электронных цифровых символов, создаваемая программно-техническими средствами по запросу клиента и предназначенная для одноразового использования при предоставлении доступа клиенту к электронным банковским услугам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z62" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) процедура безопасности – комплекс организационных мер и программно-технических средств защиты информации, предназначенных для идентификации клиента при составлении, передаче и получении электронных документов с целью установления его прав на получение электронных банковских услуг и обнаружения ошибок и (или) изменений в содержании передаваемых и получаемых электронных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z63" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уникальный идентификатор пользователя – цифровой, буквенный или содержащий иные символы код, присваиваемый банком клиенту для входа в систему банка, в которой предоставляется доступ к электронным банковским услугам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z64" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) пароль – совокупность цифровых, буквенных и иных символов, создаваемая для подтверждения прав на вход в систему банка для получения электронных банковских услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z65" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) центр обмена идентификационными данными (ЦОИД) – операционный центр межбанковской системы переводов денег, обеспечивающий взаимодействие с банками по обмену данными клиентов из доступных источников для проведения процедур идентификации клиентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z86" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) Правила ЦОИД – внутренние правила операционного центра межбанковской системы переводов денег, регулирующие вопросы предоставления услуг ЦОИД банкам при проведении процедур идентификации клиентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z66" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) динамическая идентификация – процедура установления личности клиента с целью однозначного подтверждения его прав на получение электронных банковских услуг путем использования одноразового (единовременного) кода;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z67" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) электронный документ – документ, в котором информация представлена в электронно-цифровой форме и удостоверена идентификационными средствами, составленный отправителем и не содержащий искажений и (или) изменений, внесенных в него после составления, в порядке, предусмотренном Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z68" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) электронные платежные услуги – электронные банковские услуги, связанные с проведением платежей и (или) переводов денег, обменных операций с иностранной валютой с использованием банковского счета и осуществлением иных видов банковских операций, не относящихся к информационным банковским услугам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правления Национального Банка РК от 17.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 83</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции постановления Правления Национального Банка РК от 27.08.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 182</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными постановлениями Правления Национального Банка РК от 30.11.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 16.12.2020); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="9"/>
-[...238 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z10" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...81 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Предоставление электронных банковских услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z11" w:id="22"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z11" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Электронные банковские услуги предоставляются посредством систем удаленного доступа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z12" w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z12" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. При открытии интернет-ресурса для предоставления электронных банковских услуг банк в течение десяти рабочих дней после дня открытия интернет-ресурса уведомляет в произвольной письменной форме Национальный Банк Республики Казахстан (далее – Национальный Банк).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уведомление содержит: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1729,90 +1755,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) перечень электронных банковских услуг, предоставляемых посредством Интернета;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) подтверждение о наличии в банке утвержденных процедур безопасности и защиты информации от несанкционированного доступа при оказании электронных банковских услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="24"/>
+    <w:bookmarkStart w:name="z13" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. При изменении доменного имени, электронного адреса интернет-ресурса банк в течение десяти рабочих дней со дня изменений уведомляет в произвольной письменной форме Национальный Банк.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z14" w:id="25"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z14" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Банк предоставляет электронные банковские услуги только по банковским операциям, которые предусмотрены лицензией, выданной уполномоченным государственным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк до оказания электронных банковских услуг обеспечивает предоставление клиенту информации о размере взимаемой комиссии в денежном выражении по оказываемым электронным банковским услугам.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1867,171 +1893,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="26"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z15" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Банк разрабатывает и утверждает процедуры и принимает меры по предотвращению использования действующих или внедряемых способов и технологий предоставления электронных банковских услуг в схемах легализации (отмывания) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z92" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банк при предоставлении электронных банковских услуг применяет необходимые меры, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма" (далее – Закон о ПОДФТ), а также обеспечивает осуществление функций агента валютного контроля.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" (далее – Закон о ПОДФТ), а также обеспечивает осуществление функций агента валютного контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции постановления Правления Национального Банка РК от 17.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 83</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="27"/>
+    <w:bookmarkStart w:name="z16" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Электронные банковские услуги предоставляются посредством применения идентификационных средств, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2066,91 +2094,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> производится при наличии у клиента регистрационного свидетельства, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>выданного</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> аккредитованным удостоверяющим центром Республики Казахстан или иностранным удостоверяющим центром, зарегистрированным в доверенной третьей стороне Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z17" w:id="28"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z17" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Электронные банковские услуги предоставляются клиенту на основании договора о предоставлении электронных банковских услуг либо договора банковского обслуживания, содержащего условие по оказанию электронных банковских услуг, (далее – договор).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z18" w:id="29"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z18" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Договор содержит следующие условия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) перечень электронных банковских услуг;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2377,130 +2405,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) порядок определения курса обмена валют, применяемого при оказании электронных банковских услуг в иностранной валюте.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Допускается включение в договор иных условий, не содержащихся в настоящем пункте.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="30"/>
+    <w:bookmarkStart w:name="z19" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. При заключении договора банк предоставляет клиенту информацию об электронных банковских услугах. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z20" w:id="31"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z20" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В случае указания в договоре отсылки на электронный документ, размещенный на интернет-ресурсе банка и содержащий дополнительные условия к договору, банк обеспечивает клиенту возможность беспрепятственного доступа к указанному электронному документу в течение срока действия договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z21" w:id="32"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z21" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В случае предоставления банком электронной банковской услуги через Интернет порядок и условия предоставления электронных банковских услуг определяются внутренними документами банка, которые размещаются на интернет-ресурсе банка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z22" w:id="33"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z22" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Электронные платежные услуги предоставляются юридическим лицам с использованием следующих способов идентификации: электронной цифровой подписи, динамической идентификации, биометрической идентификации их уполномоченных лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2573,90 +2601,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="34"/>
+    <w:bookmarkStart w:name="z24" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Электронные платежные услуги предоставляются физическим лицам с использованием одного из следующих способов идентификации: электронной цифровой подписи, динамической идентификации, биометрической идентификации или уникального идентификатора пользователя и пароля. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z25" w:id="35"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z25" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. При использовании динамической идентификации для получения физическими и юридическими лицами электронных платежных услуг одноразовый (единовременный) код создается банком и направляется клиенту в соответствии с условиями договора, заключенного между ними.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Допускается использование клиентом устройства, генерирующего одноразовый (единовременный) код, для получения электронных платежных услуг. Устройство, генерирующее одноразовый (единовременный) код, закрепляется за конкретным уполномоченным лицом юридического лица для совершения определенных им операций в рамках своих полномочий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2767,168 +2795,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="36"/>
+    <w:bookmarkStart w:name="z26" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. При использовании динамической идентификации для каждого доступа к электронным платежным услугам требуется создание нового одноразового (единовременного) кода. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При повторном доступе клиента к электронным платежным услугам требуется создание и использование нового одноразового (единовременного) кода.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="37"/>
+    <w:bookmarkStart w:name="z27" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Информационные банковские услуги предоставляются с использованием одного из следующих способов идентификации: электронной цифровой подписи, динамической идентификации, биометрической идентификации или уникального идентификатора и пароля. Пароль используется на многократной основе либо изменяется по желанию клиента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z28" w:id="38"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z28" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Использование уникального идентификатора пользователя и пароля, указываемых в системе банка для доступа к электронным платежным услугам, не признается динамической идентификацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z29" w:id="39"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z29" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Допускается получение клиентом электронных банковских услуг через систему удаленного доступа стороннего </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>поставщика</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> платежных услуг. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Для получения клиентом электронных банковских услуг от стороннего поставщика платежных услуг банк, обслуживающий банковский счет клиента, предоставляет стороннему поставщику платежных услуг доступ к банковскому счету и информации клиента. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2941,51 +2969,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сторонний поставщик платежных услуг при оказании электронных банковских услуг обеспечивает соблюдение требований, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о платежах и платежных системах и Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="40"/>
+    <w:bookmarkStart w:name="z30" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Допускается передача банком третьим лицам на основании договора о возмездном оказании услуг исполнения информационно-технологических функций, необходимых для оказания электронных банковских услуг (далее – договор об аутсорсинге). Порядок аутсорсинга по оказанию электронных банковских услуг определяется внутренними документами банка и договором об аутсорсинге и осуществляется в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3000,167 +3028,167 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 13 Закона о платежах и платежных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z69" w:id="41"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z69" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2-1. Особенности использования услуг ЦОИД при оказании услуг дистанционным способом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены главой 2-1 в соответствии с постановлением Правления Национального Банка РК от 27.08.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 182</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="42"/>
+    <w:bookmarkStart w:name="z70" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22-1. При оказании электронных банковских услуг деловые отношения с клиентом дистанционным способом устанавливаются в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Требованиями</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к надлежащей проверке клиентов в случае дистанционного установления деловых отношений субъектами финансового мониторинга, утвержденными постановлением Правления Национального Банка Республики Казахстан от 29 июня 2018 года, № 140, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 17250.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z71" w:id="43"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z71" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22-2. Допускается использование услуг ЦОИД для идентификации клиента с использованием средств биометрической идентификации при установлении деловых отношений с клиентом дистанционным способом, а также при предоставлении клиенту электронных банковских услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3179,70 +3207,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="44"/>
+    <w:bookmarkStart w:name="z72" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22-3. В случае, предусмотренном пунктом 22-2 Правил, на основании полученного согласия клиента на сбор, обработку, хранение и представление, в том числе при необходимости третьим лицам, его персональных данных, подтвержденного посредством идентификационного средства, банк проводит с клиентом с использованием имеющихся у клиента устройств и (или) иных устройств банка сеанс видеоконференции либо использует технологию выявления движения клиента. Содержательная часть сеанса видеоконференции (перечень контрольных вопросов при их наличии), а также перечень и объемы услуг, оказываемых банками при удаленной идентификации клиентов, устанавливаются банками самостоятельно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк передает в ЦОИД индивидуальный либо бизнес-идентификационный номер клиента и видеоизображение клиента, полученное из сеанса видеоконференции либо с помощью технологии выявления движения интервьюируемого в процессе дистанционной идентификации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3297,70 +3325,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="45"/>
+    <w:bookmarkStart w:name="z87" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22-4. Допускается предоставление ЦОИД дополнительных сервисов банкам для идентификации клиента, предусмотренных Правилами ЦОИД. Правила ЦОИД размещаются на официальном интернет-ресурсе ЦОИД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3379,70 +3407,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="46"/>
+    <w:bookmarkStart w:name="z88" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22-5. При предоставлении банком электронных банковских услуг банк использует систему и (или) программно-технические средства, автоматизирующие процесс противодействия несанкционированным платежам и (или) переводам денег.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3461,128 +3489,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="47"/>
+    <w:bookmarkStart w:name="z31" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Процедуры безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z32" w:id="48"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z32" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Предоставление банком электронных банковских услуг производится в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>процедурами безопасности</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, установленными внутренними документами банка и договором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z33" w:id="49"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z33" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Процедуры безопасности обеспечивают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) достоверную идентификацию клиента и его право на получение соответствующих электронных банковских услуг;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3613,130 +3641,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       3) защиту от несанкционированного доступа к информации, составляющей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>банковскую тайну</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и целостность данной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="50"/>
+    <w:bookmarkStart w:name="z34" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Предоставление электронных банковских услуг является санкционированным в случае выполнения клиентом процедур безопасности, установленных внутренними документами банка и договором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z35" w:id="51"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z35" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Банк обеспечивает хранение подтверждения об отправке и (или) получении сообщений, на основании которых клиенту предоставлены электронные банковские услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z36" w:id="52"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z36" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. По запросу клиента банк предоставляет ему подтверждение об отправке и (или) получении электронных документов, подтверждающих предоставление (получение) электронных банковских услуг, в порядке и сроки, предусмотренные договором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z37" w:id="53"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z37" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Допускается предоставление электронных банковских услуг физическому лицу, а также информационных банковских услуг юридическому лицу посредством телефонной связи без применения идентификационного средства на основе применения процедур безопасности, установленных внутренними документами банка и договором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При предоставлении физическому лицу электронных платежных услуг посредством телефонной связи у банка остается подтверждение об инициировании клиентом – физическим лицом платежной услуги, полученное в соответствии с процедурами безопасности, установленными внутренними документами банка и договором.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3787,69 +3815,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="54"/>
+    <w:bookmarkStart w:name="z38" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Меры от несанкционированного доступа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z39" w:id="55"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z39" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. При обнаружении несанкционированного доступа к информации, составляющей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3864,121 +3892,121 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, ее несанкционированного изменения, осуществления </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>несанкционированного</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> платежа и (или) перевода денег и иных несанкционированных действий, банк уведомляет об этом клиента, в отношении которого были допущены такие действия, не позднее следующего рабочего дня после их обнаружения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z40" w:id="56"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z40" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. В случае возникновения несанкционированных действий, указанных в пункте 29 Правил, банк незамедлительно принимает все необходимые меры для устранения их последствий и предотвращения их допущения в будущем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z41" w:id="57"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z41" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Приостановление и прекращение предоставления</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>электронных банковских услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z42" w:id="58"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z42" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Банк приостанавливает или прекращает предоставление клиенту электронных банковских услуг в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нарушения клиентом порядка и условий получения электронных банковских услуг, предусмотренных договором;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3986,154 +4014,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) неисправности технических средств, обеспечивающих оказание электронных банковских услуг;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) по иным основаниям, предусмотренным законами </w:t>
-[...102 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="59"/>
+      3) по иным основаниям, предусмотренным законами о банках и банковской деятельности, о платежах и платежных системах, о ПОДФТ, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексом Республики Казахстан (Особенная часть) и договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 31 с изменением, внесенным постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. В случае приостановления или прекращения предоставления электронных банковских услуг по основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4148,142 +4158,142 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил, банк уведомляет клиента в порядке и сроки, установленные договором, за исключением случаев приостановления или прекращения предоставления электронных платежных услуг, предусмотренных подпунктом 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z44" w:id="60"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z44" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. При устранении причин, повлекших приостановление права клиента на получение электронных банковских услуг, банк возобновляет оказание клиенту электронных банковских услуг с последующим его уведомлением письменно либо в электронной форме, за исключением случаев приостановления или прекращения предоставления электронных платежных услуг, предусмотренных подпунктом 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z45" w:id="61"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z45" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Хранение электронных документов при предоставлении</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>электронных банковских услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z46" w:id="62"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z46" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Электронные документы хранятся в том формате, в котором они были сформированы, отправлены или получены с соблюдением их целостности и неизменности и не требуют распечатки или иного отображения содержания электронного документа на бумажном носителе с целью хранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z47" w:id="63"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z47" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Порядок и сроки хранения электронных документов определяются внутренними документами банка, разработанными в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4298,51 +4308,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о платежах и платежных системах и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о ПОДФТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4434,51 +4444,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 августа 2016 года № 212</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="64"/>
+    <w:bookmarkStart w:name="z49" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -4499,252 +4509,252 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>некоторых постановлений Правления Национального Банка</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Республики Казахстан, признанных утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z50" w:id="65"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z50" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 21 апреля 2000 года № 146 "Об утверждении Правил обмена электронными документами при осуществлении платежей и переводов денег в Республике Казахстан" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 1148, опубликованное 14 июля 2000 года в газете "Юридическая газета" № 31).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z51" w:id="66"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z51" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 4 июля 2003 года № 228 "О внесении изменений и дополнений в постановление Правления Национального Банка Республики Казахстан от 21 апреля 2000 года № 146 "Об утверждении Правил обмена электронными документами при осуществлении платежей и переводов денег в Республике Казахстан", зарегистрированное в Министерстве юстиции Республики Казахстан под № 1148" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 2434).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z52" w:id="67"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z52" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 28 марта 2008 года № 18 "Об утверждении Правил предоставления банками второго уровня и организациями, осуществляющими отдельные виды банковских операций, электронных банковских услуг" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов под № 5189, опубликованное 23 мая 2008 года в газете "Юридическая газета" № 77 (1477).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z53" w:id="68"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z53" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня постановлений Правления Национального Банка Республики Казахстан, в которые вносятся изменения и дополнения, являющегося приложением к постановлению Правления Национального Банка Республики Казахстан от 24 августа 2009 года № 85 "О внесении изменений и дополнений в некоторые постановления Правления Национального Банка Республики Казахстан" (зарегистрированному в Реестре государственной регистрации нормативных правовых актов под № 5806, опубликованному 30 октября 2009 года в газете "Юридическая газета" № 166 (1763).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z54" w:id="69"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z54" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня изменений и дополнений, которые вносятся в некоторые постановления Правления Национального Банка Республики Казахстан по вопросам осуществления платежей и переводов денег, являющегося приложением к постановлению Правления Национального Банка Республики Казахстан от 30 мая 2011 года № 52 "О внесении изменений и дополнений в некоторые постановления Правления Национального Банка Республики Казахстан по вопросам осуществления платежей и переводов денег" (зарегистрированному в Реестре государственной регистрации нормативных правовых актов под № 7080, опубликованному 3 августа 2011 года в газете "Юридическая газета" № 110 (2100). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z55" w:id="70"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z55" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4759,52 +4769,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов по вопросам осуществления платежей и переводов денег, в которые вносятся изменения и дополнения, являющегося приложением к постановлению Правления Национального Банка Республики Казахстан от 26 апреля 2013 года № 117 "О внесении изменений и дополнений в некоторые нормативные правовые акты по вопросам осуществления платежей и переводов денег" (зарегистрированному в Реестре государственной регистрации нормативных правовых актов под № 8513, опубликованному 23 июля 2013 года в газете "Юридическая газета" № 107 (2482).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z56" w:id="71"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z56" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4819,51 +4829,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Республики Казахстан, в которые вносятся изменения и дополнения, утвержденного постановлением Правления Национального Банка Республики Казахстан от 27 августа 2014 года № 168 "О внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан" (зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 9796, опубликованным 12 ноября 2014 года в информационно-правовой системе "Әділет" республиканского государственного предприятия на праве хозяйственного ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>