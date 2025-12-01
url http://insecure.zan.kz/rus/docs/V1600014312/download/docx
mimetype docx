--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5b3c0aa" w14:textId="5b3c0aa">
+    <w:p w14:paraId="fe6c4c5" w14:textId="fe6c4c5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2501,152 +2501,324 @@
         <w:t xml:space="preserve">
       5) по результатам проверки рассмотрения документов по проекту строительства многоквартирного жилого дома или комплекса индивидуальных жилых домов в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z192" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) в случае нерентабельности и неэффективности проекта, подтвержденных финансово-экономическими расчетами, в том числе анализом рентабельности, ликвидности и возможных рисков реализации проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 13 с изменением, внесенным приказом Министра промышленности и строительства РК от 25.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 с изменениями, внесенными приказами Министра промышленности и строительства РК от 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z189" w:id="53"/>
+    <w:bookmarkStart w:name="z193" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. В случае принятия положительного решения по выдаче гарантии, Единым оператором утверждается размер гарантийного взноса по проекту в соответствии с Методикой определения размера гарантийного взноса, утвержденной уполномоченным органом в сфере долевого участия в жилищном строительстве согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункту 8)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z194" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При необходимости Единым оператором в случае принятия положительного решения по выдаче гарантии запрашивается у Застройщика и (или) Уполномоченной компании гарантия аффилированных и связанных юридических и физических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 – в редакции приказа Министра промышленности и строительства РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14-1. Для применения ставки гарантийного взноса застройщику необходимо набрать 60 и более баллов по фактору рисков, оцениваемых в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложением 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2665,90 +2837,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="54"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z100" w:id="55"/>
+    <w:bookmarkStart w:name="z100" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Положительное решение Единого оператора является основанием для заключения Договора о предоставлении гарантии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3130,68 +3282,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>господину (-же)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z103" w:id="56"/>
+    <w:bookmarkStart w:name="z103" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3392,1242 +3544,67 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предупреждены об ответственности, предусмотренной законодательством Республики Казахстан за представление ложной, недостоверной, не качественной и неполной информации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информация по проекту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="57"/>
+    <w:bookmarkStart w:name="z104" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Информация о застройщике:</w:t>
-      </w:r>
-[...1173 lines deleted...]
-      3. Информация о проекте:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4642,51 +3619,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование проекта</w:t>
+Полное наименование организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4715,51 +3692,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Место реализации проекта, статус по земельному участку</w:t>
+БИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4788,51 +3765,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сроки реализации проекта</w:t>
+Состав акционеров/участников (наименование акционера/участника (компания, Ф.И.О (при наличии), БИН/ИИН), доля участия в уставном капитале)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4861,51 +3838,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие ПСД с положительным заключением комплексной вневедомственной экспертизы</w:t>
+Дата первичной регистрации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4934,51 +3911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Общая стоимость проекта (тысяч тенге)</w:t>
+Юридический адрес (регион, область, район, улица, дом, индекс, телефон, электронный адрес)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5007,51 +3984,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стоимость строительства 1 квадратного метра жилья согласно ПСД</w:t>
+Фактический адрес (регион, область, район, улица, дом, индекс, телефон, электронный адрес)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5080,106 +4057,181 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Предполагаемая структура финансирования проекта (механизм финансирования и его параметры, структура обеспечения и другие).</w:t>
+Руководитель исполнительного органа организации (Ф.И.О. (при наличии), ИИН, должность, опыт работы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие специальных разрешений, лицензий для реализации проекта (наименование, номер и дата выдачи документа, срок действия)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z105" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Приложения к заявке (перечень с приложениями).</w:t>
-[...1 lines deleted...]
-    </w:p>
+      2. Информация об уполномоченной компании:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5191,50 +4243,1150 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Полное наименование организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Состав акционеров/участников (наименование акционера/участника (компания, Ф.И.О. (при наличии), БИН/ИИН), доля участия в уставном капитале)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата первичной регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Юридический адрес (регион, область, район, улица, дом, индекс, телефон, email)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фактический адрес (регион, область, район, улица, дом, индекс, телефон, email)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель исполнительного органа организации (Ф.И.О. (при наличии), ИИН, должность, опыт работы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z106" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Информация о проекте:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование проекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место реализации проекта, статус по земельному участку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сроки реализации проекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие ПСД с положительным заключением комплексной вневедомственной экспертизы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общая стоимость проекта (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость строительства 1 квадратного метра жилья согласно ПСД</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предполагаемая структура финансирования проекта (механизм финансирования и его параметры, структура обеспечения и другие).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приложения к заявке (перечень с приложениями).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Застройщик ____________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Должность _____________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5553,206 +5705,206 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Верхний правый угол приложения 2 - в редакции приказа Министра промышленности и строительства РК от 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="60"/>
+    <w:bookmarkStart w:name="z157" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 28.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 757</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="61"/>
+    <w:bookmarkStart w:name="z158" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Учредительные документы застройщика и уполномоченной компании (нотариально удостоверенная копия устава).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z159" w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z159" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Документы, подтверждающие соответствие застройщика требованиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 8 Закона Республики Казахстан "О долевом участии в жилищном строительстве" (далее – Закон):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z160" w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z160" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) копии актов ввода в эксплуатацию проекта строительства, с учетом сданных квадратных метров, подтверждающие опыт застройщика по возведению многоквартирных жилых домов и/или комплекса индивидуальных жилых домов, в том числе по государственному заказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z161" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z161" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) финансовая отчетность застройщика за последние два финансовых года, подтвержденная аудиторским заключением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5771,692 +5923,1368 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="65"/>
+    <w:bookmarkStart w:name="z162" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Документы, подтверждающие выполнение уполномоченной компанией требований, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 8 Закона:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z163" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z163" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) договор купли-продажи (мены, дарения или иной сделки об отчуждении земельного участка), либо решение местных исполнительных органов или судебных органов о признании права частной собственности на земельный участок, права землепользования и иных вещных прав на землю (нотариально засвидетельствованная копия);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z164" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z164" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) акт на право частной собственности на земельный участок, либо акт на право временного (возмездного) землепользования, либо кадастровый паспорт объекта недвижимости (копия, нотариально засвидетельствованная/копия электронного документа);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z165" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z165" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) выписка об остатке и движении денег по банковскому счету, подтверждающая наличие денег, планируемых для расходования на цели строительства в размере, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, отчет независимой оценочной компании об оценке земельного участка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z166" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z166" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       копии документов, подтверждающие начатое строительство (талон о приеме уведомления о начале строительно-монтажных работ, консервация объекта незавершенного строительства (при наличии), договоры авторского и технического надзора; оригинал отчета либо заключения инжиниринговой компании о техническом обследовании проекта на техническое состояние надежности конструкций и устойчивости зданий и инженерно-коммуникационных систем);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z167" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z167" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) проектно-сметная документация (в электронном виде в формате PDF (Portable Document Format)) с положительным заключением комплексной вневедомственной экспертизы либо письма-разрешения от правообладателя и автора проекта на получение проектно-сметной документации по заявленному проекту (при прохождении проекта государственной комплексной вневедомственной экспертизы);</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z168" w:id="71"/>
+      4) проектно-сметная документация (в электронном виде в формате PDF (Portable Document Format), а также сметная документация в универсальном формате представления исходных данных и результатов расчета локальных ресурсных смет (KENML) с положительным заключением комплексной вневедомственной экспертизы, либо письма-разрешения от правообладателя и автора проекта на получение проектно-сметной документации по заявленному проекту (при прохождении проекта государственной комплексной вневедомственной экспертизы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z168" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) копии технических условий по обеспечению объекта инженерными сетями и письма о наличии магистральных сетей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z169" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z169" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) выписка об остатке и движении денег по банковскому счету, подтверждающая наличие денег на оплату гарантийного взноса по договору о предоставлении гарантии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z170" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z170" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) копия договора, заключенного между уполномоченной компанией и подрядчиком (генеральным подрядчиком) с утвержденным планом производства строительно-монтажных работ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z171" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z171" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если стороной договора строительного подряда является Уполномоченная компания – участник специальной экономической зоны, к заявке прилагаются информация об объеме приобретаемых материалов и (или) оборудования, источниках финансирования таких приобретений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 с изменением, внесенным приказом Министра промышленности и строительства РК от 25.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 с изменениями, внесенными приказами Министра промышленности и строительства РК от 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z172" w:id="75"/>
+    <w:bookmarkStart w:name="z172" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Квитанция об уплате комиссии за рассмотрение заявки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z173" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z173" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. План финансирования проекта строительства, подписанный руководителями застройщика и уполномоченной компании, и заверенный их печатями (при наличии), а также в электронном виде в формате xls/xlsx/xlsm.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z174" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z174" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Для подтверждения выполнения уполномоченной компанией требования, предусмотренного пунктом 4 статьи 8 Закона, предоставляется справка о зарегистрированных правах (обременениях) на недвижимое имущество и его технических характеристиках (с портала "электронное правительство").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z175" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z175" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7. Документ, предоставляемый застройщиком/уполномоченной компанией в Единый оператор для проведения финансовой оценки, предусмотренной подпунктом 1) пункта 3 </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z176" w:id="79"/>
+      7. Документ, предоставляемый застройщиком/уполномоченной компанией в Единый оператор для проведения финансовой оценки, предусмотренными подпунктами 1) и 2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 33 Закона:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z176" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      финансовая отчетность застройщика, уполномоченной компании за последний финансовый период (квартал, полугодие), предшествующий дате подачи заявки, расшифровка статей финансовой отчетности, подписанная руководителем/главным бухгалтером застройщика, уполномоченной компании и заверенная их печатью (при наличии).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z177" w:id="80"/>
+      финансовая отчетность застройщика, уполномоченной компании за последний финансовый период (квартал, полугодие), предшествующий дате подачи заявки, расшифровка статей финансовой отчетности, подписанная руководителем/главным бухгалтером застройщика, уполномоченной компании и заверенная их печатью (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z195" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информация по источникам финансирования проекта, наличию дополнительных обязательств и документов по источникам собственного участия застройщика и уполномоченной компании в проекте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции приказа Министра промышленности и строительства РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z177" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Документ, предоставляемый застройщиком/уполномоченной компанией для проведения юридической оценки, предусмотренной подпунктом 1) пункта 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z178" w:id="81"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z178" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       документ о государственной регистрации/перерегистрации юридического лица (с портала "электронное правительство") (в случае изменения наименования компании, сведения из Национального реестра бизнес-идентификационных номеров об изменении наименования компании).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z179" w:id="82"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z179" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Документы, предоставляемые застройщиком/уполномоченной компанией для проведения юридической оценки, предусмотренной подпунктом 2) пункта 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z180" w:id="83"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z180" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) копии решений уполномоченного органа застройщика о передаче Единому оператору в доверительное управление голосующих акций (долей участия в уставном капитале) уполномоченной компании, а также в залог 100 % голосующих акций (долей участия в уставном капитале) уполномоченной компании (заверенные печатью застройщика (при наличии));</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z181" w:id="84"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z181" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) копия решения уполномоченного органа уполномоченной компании о передаче Единому оператору в залог земельного участка и/или права землепользования с незавершенным строительством (при наличии) с его детальным описанием (заверенная печатью уполномоченной компании (при наличии));</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z182" w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z182" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) копии документов, подтверждающих полномочия лиц, уполномоченных правом первой и второй подписи от имени застройщика/уполномоченной компании, а также копии документов, удостоверяющие их личность (заверенные печатью (при наличии)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z183" w:id="86"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z183" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Документ, предоставляемый застройщиком/уполномоченной компанией для выполнения требования, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 35 Закона:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z184" w:id="87"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z184" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отчет независимой оценочной компании об оценке движимого и недвижимого имущества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z196" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Нотариально заверенное согласие застройщика на подписание Акта приема-передачи в доверительное управление Единому оператору акций/доли участия в уполномоченной компании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Перечень дополнен пунктом 11 в соответствии с приказом Министра промышленности и строительства РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z197" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Согласие застройщика, уполномоченной компании и генерального подрядчика на получение (выгрузку) данных из кредитных бюро, действующих в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Перечень дополнен пунктом 12 в соответствии с приказом Министра промышленности и строительства РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z198" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Сведения об аффилированных лицах (связанных сторон) застройщика и уполномоченной компании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Перечень дополнен пунктом 13 в соответствии с приказом Министра промышленности и строительства РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z199" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Справка о наличии и номере банковского счета Застройщика с указанием оборотов по дебету и кредиту за 2 (два) последних года, исходящего остатка на запрашиваемую дату.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Перечень дополнен пунктом 14 в соответствии с приказом Министра промышленности и строительства РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z200" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Справка о наличии и номере банковского счета Уполномоченной компании с указанием исходящего остатка на запрашиваемую дат, и выписка об остатке и движении денег по банковскому счету за 2 (два) последних года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Перечень дополнен пунктом 15 в соответствии с приказом Министра промышленности и строительства РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z201" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Список строящихся объектов застройщика и его уполномоченных компаний с информацией о текущем состоянии и источниках финансирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Перечень дополнен пунктом 16 в соответствии с приказом Министра промышленности и строительства РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z202" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Информация об осуществленных продажах по проекту многоквартирного жилого дома или комплекса индивидуальных жилых домов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Перечень дополнен пунктом 17 в соответствии с приказом Министра промышленности и строительства РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6625,68 +7453,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Верхний правый угол приложения 3 - в редакции приказа Министра промышленности и строительства РК от 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z185" w:id="88"/>
+    <w:bookmarkStart w:name="z185" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> План финансирования проекта строительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции приказа Министра индустрии и инфраструктурного развития РК от 28.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6701,70 +7529,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); с изменением, внесенным приказом Министра промышленности и строительства РК от 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="89"/>
+    <w:bookmarkStart w:name="z186" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. План проектных затрат и график финансирования строительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -7644,70 +8472,70 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       * стоимость понесенных затрат на незавершенное строительство и оплата иных затрат (при начатом строительстве) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="90"/>
+    <w:bookmarkStart w:name="z187" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. План продаж и сдачи в аренду помещений в многоквартирном жилом доме или комплексе индивидуальных жилых домов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -10083,114 +10911,134 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Верхний правый угол приложения 4 - в редакции приказа Министра промышленности и строительства РК от 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="91"/>
+    <w:bookmarkStart w:name="z191" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Многофакторная модель, основанная на оценке показателей и факторов риска</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 4 в соответствии с приказом и.о. Министра индустрии и инфраструктурного развития РК от 25.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 281</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра промышленности и строительства РК от 25.08.2025 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами Министра промышленности и строительства РК от 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 457</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -12387,50 +13235,1301 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 20 до 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 10 до 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 30 до 40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 15 до 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 40 до 50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 20 до 25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 50 до 60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 25 до 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 60 до 70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 30 до 35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 70 до 80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 35 до 40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 80 до 90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 40 до 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 90 до 100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 45 до 50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свыше 100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свыше 50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>