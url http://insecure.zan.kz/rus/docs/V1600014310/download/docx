--- v0 (2025-10-01)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7579efd" w14:textId="7579efd">
+    <w:p w14:paraId="5d6bafd" w14:textId="5d6bafd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,150 +112,130 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 201. Зарегистрировано в Министерстве юстиции Республики Казахстан 7 октября 2016 года № 14310.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 16) части второй </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> пункта 1 статьи 4 Закона Республики Казахстан "О платежах и платежных системах" Правление Национального Банка Республики Казахстан </w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 15)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 28.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 33</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 30.06.2024).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -841,214 +821,216 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила функционирования межбанковской системы переводов денег (далее – Правила) разработаны в соответствии с подпунктом 16) части второй </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> пункта 1 статьи 4 Закона Республики Казахстан "О платежах и платежных системах" (далее – Закон о платежах и платежных системах) и определяют порядок функционирования межбанковской системы переводов денег (далее - система), оператором которой является Национальный Банк Республики Казахстан (далее – Национальный Банк). Операционным центром системы является акционерное общество "Национальная платежная корпорация Национального Банка Республики Казахстан" (далее – Центр). </w:t>
+      1. Настоящие Правила функционирования межбанковской системы переводов денег (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 15)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", и определяют порядок функционирования межбанковской системы переводов денег (далее – система), оператором которой является Национальный Банк Республики Казахстан (далее – Национальный Банк). Операционным центром системы является акционерное общество "Национальная платежная корпорация Национального Банка Республики Казахстан" (далее – Центр).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z177" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок функционирования межбанковской системы переводов денег включает условия участия в системе, правовую основу функционирования системы, услуги, оказываемые Национальным Банком и Центром в системе, и виды операций, взаимодействие пользователя с системой, процедуры информационной безопасности, открытие операционного дня, функционирование системы в течение операционного дня, очередь, завершенность (окончательность) платежей и (или) переводов денег в системе, прием в систему и изъятие денег из системы в течение операционного дня, осуществление трансграничных платежей и (или) переводов денег через систему, закрытие операционного дня, предоставление информационных сообщений в течение и в конце операционного дня и систему управления рисками в системе.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правления Национального Банка РК от 22.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным постановлением Правления Национального Банка РК от 28.06.2024 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными постановлениями Правления Национального Банка РК от 28.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 30.06.2024).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 30.06.2024); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z156" w:id="9"/>
+    <w:bookmarkStart w:name="z156" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Требования Правил, применяемые по отношению к банкам, распространяются на филиалы банков-нерезидентов Республики Казахстан, созданные на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1067,1116 +1049,1136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Система является платежной системой, предназначенной для осуществления платежей и (или) переводов денег между ее участниками (пользователями), в том числе платежей и (или) переводов денег по денежным обязательствам участников рынка ценных бумаг Республики Казахстан и (или) валютного рынка Республики Казахстан, платежей и (или) переводов денег в целях проведения государственной денежно-кредитной политики Национальным Банком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Платежи и (или) переводы денег в системе проводятся с использованием денег, переведенных в систему с корреспондентских счетов, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>открытых</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в Национальном Банке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осуществление платежей и (или) переводов денег в системе производится путем индивидуального исполнения каждого указания ее пользователя с гарантией завершенности платежей и (или) переводов денег в системе в режиме реального времени или до конца текущего операционного дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В Правилах используются понятия, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> о платежах и платежных системах, законами Республики Казахстан от 7 января 2003 года "</w:t>
-[...19 lines deleted...]
-        <w:t>" и от 2 июля 2003 года "</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах" (далее – Закон о платежах и платежных системах), законами Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об электронном документе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и электронной цифровой подписи" и "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О рынке ценных бумаг</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", а также следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z127" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z127" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудиторский след – последовательная регистрация событий по обработке электронных сообщений в системе, информация по которой сохраняется в системе и пользователями системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z128" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z128" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аутентификация – комплекс мер для подтверждения подлинности пользователей системы при обмене платежными и информационными сообщениями, а также для подтверждения подлинности платежных и информационных сообщений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z129" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z129" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) платежи социальной направленности – пенсионные выплаты и (или) выплаты пособий, социальных и иных выплат из государственного бюджета или Государственного фонда социального страхования, жилищные выплаты и иные платежи из бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z130" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z130" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) программно-технический комплекс системы – технические, программные или другие средства, обеспечивающие работу системы, включающие информационную систему, сервера и терминалы системы, средства коммуникации (передачи данных);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z131" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z131" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) основной центр программно-технического комплекса системы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (далее – основной центр) – программно-технический комплекс системы, обеспечивающий работу системы в обычном (повседневном) режиме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="18"/>
+    <w:bookmarkStart w:name="z132" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) резервный центр программно-технического комплекса системы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (далее – резервный центр) – резервный программно-технический комплекс системы, обеспечивающий работу системы при возникновении нестандартных ситуаций или проведении плановых работ в основном центре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="19"/>
+    <w:bookmarkStart w:name="z133" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) финансовая организация-нерезидент – финансовая организация (банк), созданная за пределами Республики Казахстан, имеющая право на осуществление банковских операций по законодательству государства, в котором она зарегистрирована, не являющаяся пользователем системы и обслуживающая физическое или юридическое лицо, в пользу которого направляется либо от которого получен трансграничный платеж и (или) перевод денег;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z134" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z134" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) дебетовый перевод – перевод денег, при котором </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пользователь-инициатор является пользователем-бенефициаром;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="21"/>
+    <w:bookmarkStart w:name="z135" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) сводное платежное сообщение – платежное сообщение от одного отправителя денег в пользу нескольких бенефициаров одного банка-бенефициара или от нескольких отправителей денег одного банка-отправителя денег в пользу одного бенефициара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z136" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z136" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) системный риск – риск невыполнения обязательств одного или нескольких пользователей по одному или нескольким переводам денег, вызванный невыполнением обязательств одного или нескольких пользователей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z137" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z137" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) пользователь системы (далее – пользователь) – участник системы, Национальный Банк и (или) оператор (операционный центр) иной платежной системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z138" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z138" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) очередь – механизм управления рисками, при котором при отсутствии либо недостаточности суммы денег на позиции пользователя-отправителя денег платежные сообщения становятся в очередь в ожидании момента расчета после поступления необходимых сумм денег на позицию пользователя в течение операционного дня;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z139" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z139" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) кредитовый перевод – перевод денег, при котором пользователь-инициатор является пользователем-отправителем денег;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z140" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z140" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) кредитный риск – риск, связанный с возможностью несвоевременного выполнения (невыполнения) контрагентом своих обязательств в полном объеме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z141" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z141" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) операционный риск – риск, связанный с недостатками информационных систем или внутренних процессов, человеческими ошибками, сбоями или нарушениями в управлении системой, в том числе вследствие внешних событий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z142" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z142" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) позиция системы в Центре – позиция, обрабатываемая Центром и предназначенная для контроля общей суммы денег, переведенных пользователями на счет системы в Национальном Банке, и переводов денег пользователей в системе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z143" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z143" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) риск ликвидности – риск пользователя-отправителя денег, связанный с возможностью несвоевременного выполнения (невыполнения) своих обязательств по переводу денег в полном объеме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z144" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z144" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) позиция пользователя в системе </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (далее – позиция пользователя) – позиция, предназначенная для учета суммы денег пользователя системы, переведенной им с корреспондентского счета в тенге, открытого в Национальном Банке (далее – корреспондентский счет пользователя), для осуществления платежей и переводов денег через систему;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="31"/>
+    <w:bookmarkStart w:name="z145" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) пользователь-отправитель денег – пользователь, с позиции которого переводятся (списываются) деньги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z146" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z146" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20) пользователь-инициатор – пользователь, направивший платежное сообщение в систему. Пользователь-инициатор является </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пользователем-отправителем денег или пользователем-бенефициаром;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="33"/>
+    <w:bookmarkStart w:name="z147" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) пользователь-бенефициар – пользователь, на позицию которого переводятся деньги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z148" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z148" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) пользователь-посредник – пользователь, осуществляющий перевод денег по трансграничным платежам и (или) переводам денег между пользователями и финансовыми организациями-нерезидентами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z149" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z149" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) платежное указание – указание пользователя на перевод денег с его корреспондентского счета на счет системы в Национальном Банке либо со счета системы в Национальном Банке на его корреспондентский счет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z150" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z150" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>трансграничный платеж</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и (или) перевод денег – указание по платежу или переводу денег, инициированное отправителем денег или от его имени, где поставщики платежных услуг отправителя денег и бенефициара расположены в различных государствах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z151" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z151" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) счет системы в Национальном Банке – счет, открытый в Национальном Банке и предназначенный для учета денег пользователей, используемых ими для осуществления переводов денег в системе, и перевода сальдо позиций пользователей по переводам денег в систему (из системы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z152" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z152" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) электронное информационное сообщение (далее – информационное сообщение) – электронное сообщение, имеющее электронную цифровую подпись, не относящееся к платежным сообщениям и имеющее информационный характер, в том числе выписки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z153" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z153" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) электронное платежное сообщение (далее – платежное сообщение) – электронное сообщение, имеющее электронную цифровую подпись, на основании которого осуществляются переводы денег по позициям пользователей в системе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z154" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z154" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) электронное сообщение – совокупность информации в электронном виде в формате, разработанном Центром по согласованию с Национальным Банком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Понятия рисков, используемые в Правилах, применимы в отношении системы в рамках Правил и изложены в соответствии с Глоссарием терминов, используемых в платежных и расчетных системах, разработанных Комитетом по платежам и рыночным инфраструктурам Банка международных расчетов (Базель, Швейцария, март 2003 года).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным постановлением Правления Национального Банка РК от 28.06.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменениями, внесенными постановлениями Правления Национального Банка РК от 28.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 11.11.2024).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 11.11.2024); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="41"/>
+    <w:bookmarkStart w:name="z15" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Национальный Банк организует и обеспечивает функционирование и управление системой, выполняет иные функции оператора системы, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о платежах и платежных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z16" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z16" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Операционные и технологические функции, в том числе заключение договоров по обработке и выдаче платежных и информационных сообщений (далее – договор об оказании услуг в системе) с пользователями и договоров с третьими лицами, оказывающими услуги для функционирования системы осуществляются Центром по поручению Национального Банка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z17" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z17" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Переводы денег в системе осуществляются путем передачи пользователями платежных сообщений, их обработки в системе путем списания денег с позиции пользователя-отправителя денег и зачисления денег на позицию пользователя-бенефициара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z18" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z18" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Условия участия в системе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z19" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z19" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Условием для получения статуса пользователя является наличие корреспондентского счета пользователя, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>открытого</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в Национальном Банке в национальной валюте.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z20" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z20" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Для заключения договора об оказании услуг в системе юридическое лицо представляет в Центр следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заявление на подключение к системе в произвольной форме;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2227,148 +2229,148 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об участии в платежной системе, заключенного с Национальным Банком (далее – договор об участии).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Допускается заключение смешанного договора, в котором содержатся условия договора корреспондентского счета и договора об участии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="47"/>
+    <w:bookmarkStart w:name="z21" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Национальный Банк участвует в системе в качестве пользователя при проведении собственных платежей и (или) переводов денег и платежей и (или) переводов денег по указаниям клиентов и получает статус пользователя системы на основании заключенного с Центром договора об оказании услуг в системе. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z22" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z22" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Правовая основа функционирования системы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z23" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z23" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Правовую основу функционирования системы составляют </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о платежах и платежных системах, Правила, договоры об участии, договоры об оказании услуг в системе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z24" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z24" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Договор об участии, договор об оказании услуг в системе содержат следующее:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) предмет договора; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2509,158 +2511,158 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>защиты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> персональных данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="51"/>
+    <w:bookmarkStart w:name="z25" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Действие отдельных положений договора об участии временно приостанавливается по основаниям, предусмотренным договором корреспондентского счета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Временное приостановление отдельных положений договора об участии не лишает юридическое лицо статуса пользователя. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="52"/>
+    <w:bookmarkStart w:name="z26" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Услуги, оказываемые Национальным Банком и Центром в</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>системе, и виды операций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z27" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z27" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Национальный Банк оказывает услуги в системе в соответствии с функциями оператора системы, установленными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о платежах и платежных системах, в том числе, услуги:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) по </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2861,220 +2863,220 @@
         </w:rPr>
         <w:t xml:space="preserve">
       3) по выполнению иных операционных и технологических функций в обеспечение функционирования системы, определенных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о платежах и платежных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="54"/>
+    <w:bookmarkStart w:name="z28" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Через систему осуществляются кредитовые и дебетовые переводы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z29" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z29" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Центр осуществляет переводы денег между пользователями системы и выполняет взаимозачет сумм платежных сообщений, находящихся в очередях пользователей, с учетом остатка их денег в системе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z30" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z30" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Взаимодействие пользователя с системой, процедуры</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>информационной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z31" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z31" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Передача и прием платежных и информационных сообщений в системе осуществляются электронным способом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z32" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z32" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Пользователи обмениваются электронными сообщениями в соответствии с процедурами обмена и форматами сообщений, разработанными Центром по согласованию с Национальным Банком и применяемыми в системе (далее – Процедуры).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z33" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z33" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Процедуры доводятся Центром до пользователей в сроки, установленные договором об оказании услуг в системе путем опубликования на официальном сайте Центра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z34" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z34" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. В системе обрабатываются платежные сообщения, а также сводные платежные сообщения, сформированные в уплату платежей и (или) переводов денег, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правления Национального Банка республики Казахстан от 31 августа 2016 года № 208 "Об утверждении Правил осуществления безналичных платежей и (или) переводов денег на территории Республики Казахстан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 14419), и платежей социальной направленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3093,558 +3095,558 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 11.11.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="61"/>
+    <w:bookmarkStart w:name="z35" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. В системе соблюдаются процедуры информационной безопасности, установленные Центром, для определения факта передачи электронных сообщений и обнаружения ошибок при их передаче.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z36" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z36" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Центр разрабатывает порядок аутентификации электронных сообщений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z37" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z37" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Центр и пользователи обеспечивают хранение информации и осуществляют мониторинг отправляемых и получаемых электронных сообщений. Все электронные сообщения, обработанные Центром и пользователями, оставляют аудиторский след во внутренних программных системах Центра и пользователей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z38" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z38" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Не допускаются изменения платежных сообщений при их обработке Центром.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z39" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z39" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. При обмене электронными сообщениями Центр и пользователи используют средство криптографической защиты информации и регистрационные свидетельства, представляемые пользователю Центром.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр и пользователи применяют средство криптографической защиты информации для обеспечения конфиденциальности, целостности, подтверждения авторства и подлинности электронных сообщений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="66"/>
+    <w:bookmarkStart w:name="z40" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. В системе применяется аутентификация пользователей, построенная на крипто-протоколе двусторонней аутентификации, позволяющая аутентифицировать пользователя системы и Центр. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После аутентификации пользователя происходит обмен информацией между Центром и пользователем. Для обеспечения конфиденциальности системой и пользователями производится шифрование хранимой или передаваемой по открытым каналам информации, которое гарантирует защиту от несанкционированного доступа к этой информации и позволяет избежать компрометации информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="67"/>
+    <w:bookmarkStart w:name="z41" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Открытие операционного дня</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z42" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z42" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Переводы денег в системе производятся в течение операционного дня, определенного Национальным Банком в соответствии с графиком приема и обработки платежных документов (далее – график).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z43" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z43" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. В начале операционного дня в установленное графиком время Национальный Банк на основании платежного указания пользователя осуществляет перевод денег с корреспондентского счета пользователя в пределах суммы остатка на нем на счет системы в Национальном Банке, а также отправляет соответствующее информационное сообщение в Центр для дальнейшего отражения этой суммы Центром на позиции пользователя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z44" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z44" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. По договору корреспондентского счета платежное указание на перевод денег с корреспондентского счета пользователя на счет системы в Национальном Банке представляется в виде постоянно действующего указания на перевод денег с корреспондентского счета пользователя на счет системы в Национальном Банке по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам (далее – постоянно действующее указание) для дальнейшего перевода Центром на позицию пользователя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z45" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z45" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. В постоянно действующем указании проставляется процентное соотношение от суммы остатка денег на корреспондентском счете пользователя или фиксированная сумма, необходимая для перевода денег с корреспондентского счета пользователя на счет системы в Национальном Банке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z46" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z46" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Постоянно действующее указание действует до получения Национальным Банком от пользователя письменного указания об его отзыве, представленного в произвольной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z47" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z47" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Постоянно действующее указание отменяется в первый рабочий день, следующий за днем представления в Национальный Банк пользователем нового постоянно действующего указания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z48" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z48" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Национальный Банк после завершения переводов денег с корреспондентских счетов пользователей на счет системы передает в Центр информационные сообщения, содержащие информацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) о суммах денег пользователей, переведенных ими со своих корреспондентских счетов на счет системы в Национальном Банке для дальнейшего отражения их на позиции пользователей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) о максимально допустимой сумме платежных сообщений, подлежащих постановке в очередь пользователя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="75"/>
+    <w:bookmarkStart w:name="z49" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Центр на основании информационного сообщения, полученного от Национального Банка, производит записи по позициям соответствующих пользователей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z50" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z50" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. В начале операционного дня сумма денег на позиции пользователя в системе равняется сумме, указанной в постоянно действующем указании и переведенной пользователем со своего корреспондентского счета для осуществления переводов денег через систему.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z51" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z51" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. В течение операционного дня сумма денег на позиции системы в Центре равняется сумме денег на счете системы в Национальном Банке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z52" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z52" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. Функционирование системы в течение операционного дня</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z53" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z53" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Перевод денег в системе осуществляется в пределах суммы денег на позиции пользователя, сформированной за счет суммы, переведенной пользователем с его корреспондентского счета на позицию, и сальдо платежей, отправленных пользователем и полученных от других пользователей в системе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z54" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z54" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Перевод денег в системе осуществляется Центром после проверки поступившего от пользователя-инициатора платежного сообщения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z55" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z55" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Критериями проверки Центром платежного сообщения являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) прохождение аутентификации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3745,308 +3747,308 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При невыполнении условий подпункта 5) части первой настоящего пункта, но при соблюдении условий подпунктов 1), 2), 3) и 4) части первой настоящего пункта платежное сообщение направляется в очередь пользователя-отправителя денег, за исключением случаев, предусмотренных пунктом 40 Правил. Центр при постановке платежного сообщения в очередь отправляет пользователю-инициатору информационное сообщение о непроведении платежного сообщения и постановке его в очередь.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При невыполнении условий подпунктов 1), 2), 3), 4) или 6) части первой настоящего пункта Центр отказывает в исполнении и регистрации в очереди платежного сообщения. Центр при отказе в исполнении и регистрации в очереди платежного сообщения отправляет пользователю-инициатору информационное сообщение о непроведении платежного сообщения с указанием причины.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="82"/>
+    <w:bookmarkStart w:name="z56" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Платежное сообщение, в котором пользователем-инициатором выступает центральный депозитарий, при невыполнении условий подпункта 5) части первой пункта 39 Правил по причине отсутствия на позиции пользователя-отправителя денег достаточной суммы денег для исполнения платежного сообщения, не подлежит регистрации в очереди и исполнению Центром. Центр при отказе в исполнении данного платежного сообщения отправляет центральному депозитарию информационное сообщение о непроведении платежного сообщения с указанием причины.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z57" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z57" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. После проверки платежного сообщения Центр дебетует позицию пользователя-отправителя денег на основании поступившего платежного сообщения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z58" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z58" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. При переводе денег с позиции пользователя-отправителя денег на позицию пользователя-бенефициара Центр обеспечивает отражение сумм денег по позиции пользователя-бенефициара и направление ему электронного сообщения с подтверждением о кредитовании его позиции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z59" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z59" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Платежное сообщение после его проверки и дебетования Центром позиции пользователя-отправителя денег считается безотзывным платежом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z60" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z60" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. При получении Центром от Национального Банка письма о временном приостановлении отдельных положений договора об участии, заключенного с пользователем, в случае, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил, Центр приостанавливает операции по позиции данного пользователя, за исключением операций по принятию (зачислению) сумм денег в пользу пользователя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z61" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z61" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. В течение операционного дня Центр осуществляет регулярную сверку за равенством суммы остатка по позиции системы в Центре сумме остатков по позициям пользователей системы. При неравенстве сумм Центр уведомляет Национальный Банк, приостанавливает переводы денег и выясняет причину несоответствия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр после устранения несоответствия сумм по позициям пользователей возобновляет операции в системе, после чего уведомляет Национальный Банк о возобновлении операций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="88"/>
+    <w:bookmarkStart w:name="z62" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. В системе проводятся переводы денег по результатам клиринга:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z158" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z158" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) межбанковских операций с использованием платежных карточек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z159" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z159" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в системе межбанковского клиринга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z160" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z160" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в системе массовых электронных платежей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z161" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z161" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в системе мгновенных платежей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4065,222 +4067,222 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="93"/>
+    <w:bookmarkStart w:name="z162" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. При переводах денег по операциям с финансовыми инструментами или при осуществлении компенсационного платежа по операциям репо центральный депозитарий в соответствии с принятыми им приказами пользователей на основании договора депозитарного обслуживания выполняет дебетовые переводы денег с позиции пользователя-отправителя денег на позицию центрального депозитария в системе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В соответствии с договором депозитарного обслуживания пользователь поручает центральному депозитарию формирование платежного сообщения на перевод денег с позиции пользователя в системе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для целей, предусмотренных настоящим пунктом, пользователь представляет в Центр письмо-подтверждение о представленном предварительном согласии пользователя на формирование центральным депозитарием в соответствии с договором депозитарного обслуживания платежного сообщения на перевод денег с позиции пользователя в системе. Копия письма-подтверждения представляется пользователем в центральный депозитарий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="94"/>
+    <w:bookmarkStart w:name="z63" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. В случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сводом правил</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> центрального депозитария, при которых осуществляется перевод ценных бумаг по счетам продавца и покупателя ценных бумаг, открытым в центральном депозитарии, после зачисления денег в системе с позиции пользователя-отправителя денег на позицию центрального депозитария центральным депозитарием осуществляется перевод ценных бумаг на счет покупателя ценных бумаг, открытый в центральном депозитарии, и кредитовый перевод денег с позиции центрального депозитария на позицию пользователя-бенефициара, выступающего продавцом ценных бумаг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случаях, предусмотренных сводом правил центрального депозитария, при которых не осуществляется перевод ценных бумаг, после зачисления денег в системе с позиции пользователя-отправителя денег на позицию центрального депозитария центральным депозитарием осуществляется кредитовый перевод денег с позиции центрального депозитария на позицию пользователя-бенефициара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="95"/>
+    <w:bookmarkStart w:name="z64" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. Очередь</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z65" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z65" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49 Платежные сообщения, находящиеся в очереди, обрабатываются в соответствии с кодами приоритетности. В пределах кодов приоритетности исполнение платежных сообщений из очереди производится в порядке их поступления в систему.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z66" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z66" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Коды приоритетности разрабатываются Центром по согласованию с Национальным Банком с учетом проведения пользователями платежей социальной направленности, участия пользователей в расчетах на рынке ценных бумаг и валютном рынке Республики Казахстан, обеспечения завершения переводов денег по результатам клиринга операций между банками, совершенных с использованием платежных карточек, в системе межбанковского клиринга, в системе массовых электронных платежей и в системе мгновенных платежей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4299,730 +4301,730 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="98"/>
+    <w:bookmarkStart w:name="z67" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Пользователи самостоятельно устанавливают очередность исполнения платежных сообщений в соответствии с кодами приоритетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z68" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z68" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Изменение приоритета платежного сообщения, находящегося в очереди, осуществляется пользователем-инициатором путем направления в систему информационного сообщения об изменении приоритета без отзыва платежного документа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z69" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z69" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. После каждой кредитовой записи по позиции пользователя Центр проверяет достаточность поступившей на позицию пользователя суммы денег для исполнения платежных сообщений, находящихся в его очереди.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z70" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z70" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. Отзыв платежных сообщений, находящихся в очереди </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пользователя-инициатора, осуществляется пользователем-инициатором путем направления в Центр информационного сообщения на аннулирование платежного сообщения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр в случае положительного результата обработки полученного информационного сообщения на аннулирование платежного сообщения отправляет пользователю-инициатору информационное сообщение с извещением о непроведении платежа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="102"/>
+    <w:bookmarkStart w:name="z71" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. По исходящим платежным сообщениям пользователя, находящимся в очереди в системе при закрытии операционного дня, Центром осуществляется взаимозачет (клиринг) при наличии встречных платежных сообщений на пользователя в системе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z72" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z72" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 9. Завершенность (окончательность) платежей и (или)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>переводов денег в системе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z73" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z73" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. Завершенность (окончательность) платежей и (или) переводов денег регулируется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о платежах и платежных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z74" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z74" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Пользователь-бенефициар при получении платежного сообщения и информационного сообщения с подтверждением о кредитовании его позиции принимает (зачисляет) сумму денег на соответствующий счет по назначению в течение операционного дня, но не позднее следующего своего операционного дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z75" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z75" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       58. При отказе в исполнении поступившего платежного сообщения (указания) по основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о платежах и платежных системах, пользователь-бенефициар возвращает поступившую сумму денег пользователю-отправителю денег не позднее следующего операционного дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Возврат суммы денег осуществляется путем составления платежного сообщения пользователем-бенефициаром в пользу пользователя-отправителя денег с указанием причины возврата денег.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="107"/>
+    <w:bookmarkStart w:name="z76" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 10. Прием в систему и изъятие денег из системы в течение</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>операционного дня</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z77" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z77" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. В течение операционного дня на основании представленного пользователем платежного указания Национальный Банк осуществляет переводы денег с корреспондентского счета пользователя в пределах имеющегося по нему остатка денег на счет системы в Национальном Банке, а также отправляет соответствующее информационное сообщение в Центр для дальнейшего отражения этих сумм Центром на позиции пользователя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z78" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z78" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. При образовании очереди платежных документов у пользователя в конце операционного дня (в течение тридцати минут до закрытия операционного дня) и наличии достаточной суммы денег на корреспондентском счете пользователя Национальный Банк осуществляет безакцептное изъятие денег с корреспондентского счета пользователя в Национальном Банке на позицию пользователя в Центре на основании договора корреспондентского счета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z79" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z79" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Национальный Банк после перевода денег пользователя с его корреспондентского счета на счет системы в Национальном Банке передает в Центр информационное сообщение, в котором содержится информация о переведенной сумме денег пользователя и его банковский идентификационный код.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z80" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z80" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Центр после получения информационного сообщения от Национального Банка выполняет записи по позициям пользователя и системы в Центре.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z81" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z81" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       63. При выявлении отсутствия или недостаточности суммы денег на корреспондентском счете пользователя, необходимой для выдачи ему наличных денег, исполнения </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>инкассовых распоряжений</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, а также для иных целей в соответствии с условиями договора корреспондентского счета, Национальный Банк на основании платежного указания пользователя или самостоятельно направляет в Центр информационное сообщение об изъятии денег пользователя из системы в сумме, необходимой для исполнения указания отправителя, на основании которого Центр уменьшает сумму на позиции пользователя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z82" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z82" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Центр на основании информационного сообщения, полученного от Национального Банка, выполняет записи по позициям пользователя и системы в Центре на необходимую сумму денег, после чего направляет в Национальный Банк информационное сообщение с подтверждением о выполненной операции с указанием суммы денег.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отсутствии запрошенной суммы денег на позиции пользователя Центр выполняет записи по позициям пользователя и системы в Центре на сумму, имеющуюся на позиции пользователя, с направлением в Национальный Банк информационного сообщения с подтверждением о выполненной операции с указанием суммы денег, имеющейся на позиции пользователя.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае отсутствия денег на позиции пользователя Центр передает в Национальный Банк информационное сообщение об отсутствии денег на позиции пользователя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="114"/>
+    <w:bookmarkStart w:name="z83" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Национальный Банк на основании подтверждения Центра осуществляет перевод денег со счета системы в Национальном Банке на корреспондентский счет пользователя для последующего перевода денег в соответствии с указанием отправителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z84" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z84" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 11. Осуществление трансграничных платежей и (или)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>переводов денег через систему</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z85" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z85" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Трансграничные платежи и (или) переводы денег через систему проводятся через пользователей-посредников.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z86" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z86" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Трансграничные платежи и (или) переводы денег через систему проводятся в тенге с использованием Процедур с дальнейшей конвертацией суммы платежа пользователем-посредником в указанную инициатором платежа и (или) перевода денег валюту платежа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z87" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z87" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Пользователи-посредники в рамках договорных отношений с Центром представляют согласие на прием и обработку трансграничных платежей и (или) переводов денег.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z88" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z88" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Через систему проводятся трансграничные платежи и (или) переводы денег:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z171" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z171" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) от отправителей денег, обсуживающихся у пользователей, бенефициарам, обслуживающимся в финансовых организациях-нерезидентах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z172" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z172" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в пользу бенефициаров, обсуживающихся у пользователей, от отправителей денег, обслуживающихся в финансовых организациях-нерезидентах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z173" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z173" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) от отправителей денег, обслуживающихся в финансовых организациях-нерезидентах, бенефициарам, обслуживающимся в финансовых организациях-нерезидентах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5041,186 +5043,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 30.06.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="123"/>
+    <w:bookmarkStart w:name="z89" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Пользователь-посредник представляет Центру предложение с условиями проведения трансграничных платежей и (или) переводов денег в порядке, установленном Процедурами (далее – предложение).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z90" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z90" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Действующие предложения пользователей-посредников направляются Центром пользователям по их запросам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z91" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z91" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Предложение пользователя-посредника не подлежит изменению до закрытия операционного дня системы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z92" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z92" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Отправитель денег (инициатор) при проведении трансграничного платежа и (или) перевода денег:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) подлежит ознакомлению пользователем со всеми предложениями пользователей-посредников, соответствующими условиям указания отправителя денег, и выбирает удовлетворяющий его вариант;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) представляет указание пользователю-отправителю денег на перевод денег в пользу бенефициара, обсуживающегося у финансовой организации-нерезидента, с указанием валюты платежа, в которой бенефициару осуществляется перевод денег.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="127"/>
+    <w:bookmarkStart w:name="z93" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Пользователь-посредник по трансграничному платежу и (или) переводу денег, направленному от пользователя-отправителя денег финансовой организации-нерезиденту, после приема и обработки платежного сообщения через систему:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) преобразует формат платежного сообщения в формат, используемый пользователем-посредником для обмена сообщениями с финансовой организацией-нерезидентом;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5231,70 +5233,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) конвертирует сумму платежа в тенге, указанную в платежном сообщений пользователя-отправителя денег, в сумму платежа в иностранной валюте в соответствии с условиями платежного сообщения и представленного им предложения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) направляет трансграничный платеж и (или) перевод денег финансовой организации-нерезиденту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="128"/>
+    <w:bookmarkStart w:name="z94" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Пользователь-посредник по трансграничному платежу и (или) переводу денег, направленному от финансовой организации-нерезидента пользователю-бенефициару, после приема и обработки платежного сообщения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) преобразует формат платежного сообщения, используемый пользователем-посредником для обмена сообщениями с финансовой организацией-нерезидентом, в формат, используемый в системе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5305,90 +5307,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) конвертирует сумму платежа в иностранной валюте в сумму платежа в тенге в соответствии с условиями платежного сообщения и представленного им предложения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) направляет трансграничный платеж и (или) перевод денег пользователю-бенефициару через систему.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="129"/>
+    <w:bookmarkStart w:name="z95" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Пользователь-посредник принимает риски изменения курса обмена валют в течение операционного дня системы и обеспечивает управление рисками и завершение трансграничного платежа и (или) перевода денег в соответствии с условиями представленного им предложения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z96" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z96" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. В целях управления рисками изменения курса обмена валют и для обеспечения завершения трансграничного платежа и (или) перевода денег по представленному им предложению пользователь-посредник применяет систему управления рисками, которая определяется во внутренних документах пользователя-посредника и содержит:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) процедуры выявления, измерения и мониторинга рисков;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5417,326 +5419,326 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) процедуры обеспечения информационной безопасности при преобразовании форматов обмениваемых сообщений;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) методы управления рисками, обеспечивающие завершение пользователем-посредником трансграничного платежа и (или) перевода денег по представленному предложению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="131"/>
+    <w:bookmarkStart w:name="z97" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Пользователь после получения статуса пользователь-посредник в течение двадцати рабочих дней доводит информацию об используемых методах управления рисками до сведения Национального Банка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z98" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z98" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Пользователи-посредники на постоянной основе проводят анализ используемых методов управления рисками и осуществляют их пересмотр при недейственности заявленных методов управления рисками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z99" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z99" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 12. Закрытие операционного дня</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z100" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z100" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Закрытие операционного дня осуществляется по установленному графиком времени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z101" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z101" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Центр до закрытия операционного дня осуществляет сверку суммы остатков по позициям пользователей сумме остатка по позиции системы в Центре и проверяет наличие неисполненных платежных сообщений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z102" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z102" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. При закрытии операционного дня Центр выполняет взаимозачет (клиринг) сумм платежных сообщений пользователей, находящихся в очереди, с учетом остатка денег пользователей в системе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z103" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z103" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. Центр уведомляет пользователя обо всех его неисполненных платежных документах путем отправки информационных сообщений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z104" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z104" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. Центр при закрытии операционного дня передает в Национальный Банк информационное сообщение о сальдо позициях пользователей и позиции системы в Центре.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z105" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z105" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85. Национальный Банк при закрытии операционного дня проверяет информацию на равенство сумм денег между позицией системы в Центре, счетом системы в Национальном Банке и общей суммой сальдо позиций пользователей в системе и на равенство сумм дебетовых и кредитовых оборотов позиций пользователей, после чего сообщает Центру о результатах выполненной проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z106" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z106" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86. При несовпадении сумм сальдо позиций и сальдо счета системы в Национальном Банке Центр и Национальный Банк принимают совместные меры по устранению расхождения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После сообщения о положительном результате проверки Центр переводит сумму остатка с позиции пользователя на позицию системы в Центре.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="141"/>
+    <w:bookmarkStart w:name="z107" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Национальный Банк после сверки данных переводит деньги в сумме сальдо позиции пользователя со счета системы в Национальном Банке на корреспондентский счет пользователя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z108" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z108" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88. При наличии у пользователя проблем по формированию, обмену с Центром платежными сообщениями и обработке платежных сообщений в течение операционного дня, Национальный Банк продлевает операционный день на основании заявления пользователя системы о продлении операционного дня (далее – заявление о продлении).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z109" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z109" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89. Решение о продлении операционного дня до одного часа принимает руководитель подразделения Национального Банка, ответственного за открытие и закрытие операционного дня (далее – уполномоченное подразделение). Решение о продлении операционного дня свыше одного часа принимает заместитель Председателя Национального Банка, курирующий уполномоченное подразделение (далее – заместитель Председателя).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5755,90 +5757,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 30.06.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="144"/>
+    <w:bookmarkStart w:name="z110" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90. Заявление о продлении составляется в произвольной форме с указанием наименования пользователя системы, причины продления и времени, на которое пользователь просит продлить операционный день системы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z111" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z111" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91. Для продления операционного дня системы до одного часа пользователь представляет заявление о продлении в уполномоченное подразделение (после предварительного устного согласования), для продления операционного дня системы свыше одного часа пользователь представляет заявление о продлении на имя заместителя Председателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5857,110 +5859,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="146"/>
+    <w:bookmarkStart w:name="z112" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92. Заявление о продлении передается на бумажном носителе либо электронным способом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z175" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z175" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление о продлении, переданное на бумажном носителе либо электронным способом, подписывается уполномоченными лицами пользователя. Список уполномоченных лиц, обладающих правом подписи заявления о продлении, устанавливается пользователем самостоятельно на основании утвержденного исполнительным органом внутреннего документа и доводится до сведения подразделения операционного учета вместе с образцами подписей уполномоченных лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z176" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z176" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При передаче заявления о продлении электронным способом пользователь системы направляет в Национальный Банк оригинал заявления о продлении на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5979,120 +5981,120 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 30.06.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="149"/>
+    <w:bookmarkStart w:name="z113" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. При продлении операционного дня на основании заявления о продлении пользователя и отсутствии в системе отправленного данным пользователем платежного сообщения с пользователя взимается плата в размере, установленном Национальным Банком, за исключением случая представления пользователем заявления на отказ от ранее представленного заявления о продлении до 19:00 часов текущего операционного дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z114" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z114" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 13. Предоставление информационных сообщений в</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>течение и в конце операционного дня</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z115" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z115" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94. В течение операционного дня по запросу пользователя Центр предоставляет ему информационное сообщение в виде выписки о состоянии позиции пользователя, содержащую информацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по платежным сообщениям, зарегистрированным в очереди пользователя;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6139,186 +6141,186 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) о входящем и текущем остатке денег пользователя в системе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По каждому платежному сообщению, проведенному или находящемуся в очереди, указывается пользователь-инициатор, уникальный идентификатор платежного документа, приоритет и время его поступления в систему.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="152"/>
+    <w:bookmarkStart w:name="z116" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95. В течение операционного дня Центр по запросу пользователя направляет ему информационные сообщения, содержащие информацию о непроведенных платежных сообщениях пользователя с указанием причины непроведения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z117" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z117" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96. При закрытии операционного дня Центр направляет пользователю окончательное информационное сообщение в виде выписки о состоянии позиции пользователя в системе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z118" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z118" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97. Если информационное сообщение в виде выписки о состоянии позиции пользователя в системе не содержит информации об электронном сообщении, переданном пользователем в Центр, пользователь уведомляет об этом Центр и совместно с Центром не позднее следующего операционного дня выясняет причину утери электронного сообщения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При несвоевременном получении электронных сообщений или их отсутствии пользователь уведомляет Центр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="155"/>
+    <w:bookmarkStart w:name="z119" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98. Ежедневно пользователь осуществляет мониторинг правильности отражения результата исполненных Центром платежных сообщений в информационном сообщении в виде выписки с его корреспондентского счета, представляемом Национальным Банком, путем сверки данных информационного сообщения в виде выписки с отправленными (поступившими) платежными сообщениями. При несовпадении сальдо информационного сообщения в виде выписки, полученного от Центра, с записью в информационном сообщении в виде выписки Национального Банка, отражающем результат исполненных Центром платежных сообщений, пользователь после выявления несовпадений в письменном виде извещает Центр и Национальный Банк и в течение следующего операционного дня совместно с ними производит сверку исполненных платежных сообщений пользователя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z120" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z120" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 14. Система управления рисками в системе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z121" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z121" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99. В целях выявления, измерения и мониторинга рисков ликвидности, кредитного и системного риска Национальный Банк и Центр осуществляют:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) надзор (оверсайт) за системой, в том числе, анализ и оценку функционирования системы на соответствие международным стандартам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6549,352 +6551,392 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил, и предоставление дополнительной ликвидности пользователям Национальным Банком путем заключения сделок по покупке ценных бумаг с обратной продажей на основании договора, заключаемого между Национальным Банком и пользователем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="158"/>
+    <w:bookmarkStart w:name="z122" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100. Для выявления, измерения, мониторинга и управления операционным риском используются следующие методы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z165" w:id="160"/>
+    <w:bookmarkStart w:name="z164" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) проведение Национальным Банком контроля и надзора за организацией и функционированием системы в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О Национальном Банке Республики Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z165" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осмотр пользователя на выполнение требований к организационным мерам и программно-техническим средствам, обеспечивающим доступ в платежные системы, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка от 31 августа 2016 года № 200 "Об утверждении Требований к организационным мерам и программно-техническим средствам, обеспечивающим доступ в платежные системы", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 14289;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z166" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z166" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) постоянный мониторинг и поддержание Центром беспрерывной работы программно-технического комплекса системы в соответствии с методами, определенными внутренними документами Центра по управлению операционным риском;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z167" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z167" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) поддержание в актуальном состоянии плана восстановления деятельности системы с учетом возможных сценариев остановки работы системы и тестирование Национальным Банком совместно с Центром данного плана с переводом работы системы с основного центра на резервный центр не менее двух раз в течение года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z168" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z168" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обеспечение работоспособности резервного центра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z169" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z169" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) перевод работы системы с основного центра на резервный центр при наличии сбоев или простоев в работе программно-технического комплекса системы, не подлежащих восстановлению в основном центре.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 100 - в редакции постановления Правления Национального Банка РК от 22.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="165"/>
+    <w:bookmarkStart w:name="z123" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101. Центром по согласованию с Национальным Банком разрабатывается документ по управлению операционным риском, в том числе в отношении рисков, которые создают пользователи и другие заинтересованные стороны для системы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z124" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z124" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102. Анализ используемых методов управления рисками проводится Национальным Банком совместно с Центром и пользователями не менее одного раза в течение двух лет. По результатам анализа принимается решение о сохранении или изменении методов управления рисками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z125" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z125" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       103. При нарушении пользователем требований Правил, условий договора об участии, договора об оказании услуг в системе, мер информационной безопасности, определенных Правилами и Центром, в том числе, при выявлении проведения пользователем </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>несанкционированных платежей</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и (или) переводов денег Национальный Банк применяет одну из следующих мер к пользователю:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) расторжение договора об участии либо исключение условий договора об участии из смешанного договора (договора корреспондентского счета) и (или) расторжение договора об оказании услуг в системе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7411,55 +7453,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>