--- v0 (2025-11-13)
+++ v1 (2026-01-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="09a8249" w14:textId="09a8249">
+    <w:p w14:paraId="d48d9c3" w14:textId="d48d9c3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,110 +112,130 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 202. Зарегистрировано в Министерстве юстиции Республики Казахстан 6 октября 2016 года № 14298.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z119" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с пунктом 8 статьи 42 Закона Республики Казахстан "О платежах и платежных системах" Правление Национального Банка Республики Казахстан </w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 26)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 25.08.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 53</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 31.08.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z120" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1004,52 +1024,72 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z8" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Настоящие Правила выпуска, использования и погашения электронных денег, а также требования к эмитентам электронных денег и системам электронных денег на территории Республики Казахстан (далее – Правила) разработаны в соответствии с пунктом 8 статьи 42 Закона Республики Казахстан "О платежах и платежных системах" (далее – Закон о платежах и платежных системах) и определяют порядок выпуска, использования и погашения электронных денег на территории Республики Казахстан, а также требования к эмитентам электронных денег (далее – эмитент) и системам электронных денег на территории Республики Казахстан.</w:t>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила выпуска, использования и погашения электронных денег, а также требования к эмитентам электронных денег и системам электронных денег на территории Республики Казахстан (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 26)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца второго части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", и определяют порядок выпуска, использования и погашения электронных денег на территории Республики Казахстан, а также требования к эмитентам электронных денег (далее – эмитент) и системам электронных денег на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z9" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Порядок выпуска, использования и погашения электронных денег на территории Республики Казахстан, а также требования к эмитентам и системам электронных денег на территории Республики Казахстан включают выпуск электронных денег, осуществление операций с использованием электронных денег, погашение электронных денег, требования к эмитентам и системам электронных денег на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
@@ -1094,51 +1134,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.04.2022); от 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 31.08.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 31.08.2025); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
@@ -1201,51 +1261,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В Правилах используются понятия, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона о платежах и платежных системах, а также следующие понятия:</w:t>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О платежах и платежных системах", а также следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z235" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инцидент информационной безопасности, включая нарушения, сбои в информационных системах (далее – инцидент информационной безопасности) – отдельно или серийно возникающие сбои в работе информационно-коммуникационной инфраструктуры или отдельных ее объектов, создающие угрозу их надлежащему функционированию и (или) условия для незаконного получения, копирования, распространения, модификации, уничтожения или блокирования электронных информационных ресурсов оператора системы электронных денег;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z236" w:id="17"/>
     <w:p>
@@ -1550,51 +1610,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции постановления Правления Национального Банка РК от 20.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.04.2022).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.04.2022); с изменением, внесенным постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z15" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2441,54 +2521,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Допускается реализация электронных денег, выпущенных эмитентом, за пределами Республики Казахстан на основе заключенных с агентами-нерезидентами Республики Казахстан договоров при соблюдении требований, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона о платежах и платежных системах и Правилами.</w:t>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О платежах и платежных системах" и Правилами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z49" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Подтверждением приобретения электронных денег у агента для физического лица служит документ, выданный агентом, свидетельствующий о получении им соответствующей суммы денег в обмен на реализуемые электронные деньги или иное подтверждение (информационное сообщение), однозначно указывающее факт реализации электронных денег физическому лицу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z50" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3467,130 +3609,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Эмитент обеспечивает возможность определения владельцев электронных денег-физических лиц в качестве идентифицированных и неидентифицированных при осуществлении ими операций с электронными деньгами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:bookmarkStart w:name="z82" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      28. Эмитент обеспечивает соблюдение установленных пунктом 5 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Закона о платежах и платежных системах ограничений по сумме приобретения электронных денег для неидентифицированных владельцев электронных денег, сумме хранения электронных денег на электронном кошельке и общей сумме использованных электронных денег посредством электронного кошелька.</w:t>
+      28. Эмитент обеспечивает соблюдение установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 42 и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 44 Закона Республики Казахстан "О платежах и платежных системах" ограничений по сумме приобретения электронных денег для неидентифицированных владельцев электронных денег, сумме хранения электронных денег на электронном кошельке и общей сумме использованных электронных денег посредством электронного кошелька.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 28 в редакции постановления Правления Национального Банка РК от 21.09.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 112</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 28 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3609,54 +3751,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Допускается установление эмитентом требований на виды и суммы операций, осуществляемых с использованием выпущенных им электронных денег, не противоречащих </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закону</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> о платежах и платежных системах.</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 29 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z84" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. В случае отказа владельца электронных денег от предмета гражданско-правовой сделки, приобретенного с использованием электронных денег, и принятием такого отказа индивидуальным предпринимателем или юридическим лицом осуществляется возврат электронных денег владельцу электронных денег-плательщику на его электронный кошелек либо возмещение ему суммы денег, эквивалентной сумме электронных денег. Способы, порядок и сроки осуществления такого платежа устанавливаются внутренними правилами системы электронных денег.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -4049,110 +4253,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электронные деньги считаются погашенными их эмитентом с момента зачисления соответствующей суммы денег, подлежащей передаче владельцу электронных денег-индивидуальному предпринимателю или юридическому лицу, на банковский счет владельца электронных денег-индивидуального предпринимателя или юридического лица.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:bookmarkStart w:name="z215" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      37. При принятии индивидуальным предпринимателем и (или) юридическим лицом электронных денег от владельца электронных денег в качестве платежа по гражданско-правовым сделкам, эмитент осуществляет их погашение в порядке и сроки, установленные пунктом 8 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона о платежах и платежных системах.</w:t>
+      37. При принятии индивидуальным предпринимателем и (или) юридическим лицом электронных денег от владельца электронных денег в качестве платежа по гражданско-правовым сделкам, эмитент осуществляет их погашение в порядке и сроки, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 44 Закона Республики Казахстан "О платежах и платежных системах".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 37 в редакции постановления Правления Национального Банка РК от 21.09.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 112</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 37 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4801,110 +5005,110 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>на территории Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
     <w:bookmarkStart w:name="z101" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      42. Эмитент принимает меры по обеспечению и внедрению в системе электронных денег организационных и процедурных мероприятий с целью выявления, а также предотвращения мошенничества и противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма в соответствии с требованиями </w:t>
+      42. Эмитент принимает меры по обеспечению и внедрению в системе электронных денег организационных и процедурных мероприятий с целью выявления, а также предотвращения мошенничества и противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма".</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 42 - в редакции постановления Правления Национального Банка РК от 17.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 84</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 42 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4923,54 +5127,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Эмитент обеспечивает соблюдение агентами требований, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> о платежах и платежных системах и Правилами.</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах" и Правилами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 43 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z103" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Эмитент обеспечивает соблюдение оператором возложенных на него функций, в том числе делегированных от своего имени, на основе договора, заключенного с оператором.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
     <w:bookmarkStart w:name="z104" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -11492,55 +11758,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>