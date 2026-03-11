--- v0 (2026-01-02)
+++ v1 (2026-03-11)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4271cb7" w14:textId="4271cb7">
+    <w:p w14:paraId="e30eb0e" w14:textId="e30eb0e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в некоторые нормативные правовые акты Республики Казахстан по вопросам регулирования банковской деятельности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление Правления Национального Банка Республики Казахстан от 8 августа 2016 года № 188. Зарегистрировано в Министерстве юстиции Республики Казахстан 29 сентября 2016 года № 14263.</w:t>
+        <w:t>Постановление Правления Национального Банка Республики Казахстан от 8 августа 2016 года № 188. Зарегистрировано в Министерстве юстиции Республики Казахстан 29 сентября 2016 года № 14263. Утратило силу постановлением Правления Национального Банка Республики Казахстан от 24 декабря 2025 года № 100.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратило силу постановлением Правления Национального Банка РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В целях совершенствования нормативных правовых актов Республики Казахстан, регулирующих деятельность банков второго уровня, и в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -374,51 +452,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Утратил силу постановлением Правления Национального Банка РК от 13.09.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 170</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 25.09.2017).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -628,163 +706,157 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5090"/>
-        <w:gridCol w:w="7210"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5090" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Председатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7210" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5090" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Национального Банка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7210" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Д. Акишев</w:t>
@@ -958,815 +1030,802 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="40"/>
-        <w:gridCol w:w="12260"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="40" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="12260" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none"/>
                 <w:left w:val="none"/>
                 <w:bottom w:val="none"/>
                 <w:right w:val="none"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="7639"/>
-              <w:gridCol w:w="4527"/>
+              <w:gridCol w:w="7780"/>
+              <w:gridCol w:w="4600"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7639" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4527" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Приложение 1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7639" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4527" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>к постановлению Правления</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7639" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4527" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Национального Банка</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7639" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4527" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Республики Казахстан</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7639" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4527" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>от 8 августа 2016 года № 188</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="40" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="12260" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none"/>
                 <w:left w:val="none"/>
                 <w:bottom w:val="none"/>
                 <w:right w:val="none"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="7639"/>
-              <w:gridCol w:w="4527"/>
+              <w:gridCol w:w="7780"/>
+              <w:gridCol w:w="4600"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7639" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4527" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Приложение 20-1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7639" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4527" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>к постановлению Правления</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7639" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4527" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Национального Банка</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7639" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4527" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Республики Казахстан</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7639" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4527" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>от 8 мая 2015 года № 75</w:t>
                   </w:r>
@@ -1977,10604 +2036,8021 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (в тысячах тенге)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1036"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="435"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z104" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="22"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование статей</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коэффициент учета в процентах</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="435" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма к расчету</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z105" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="23"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="435" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z106" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Высококачественные ликвидные активы первого уровня</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="24"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z107" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="25"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Наличные деньги </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z108" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="26"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Депозиты в Национальном Банке Республики Казахстан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z109" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="27"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...46 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Требования к Правительству Республики Казахстан, Национальному Банку Республики Казахстан, центральным правительствам иностранных государств и центральным банкам иностранных государств, к международным финансовым организациям, взвешиваемые по степени кредитного риска 0 (ноль) процентов, в том числе:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z110" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="28"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ценные бумаги, гарантированные Правительством Республики Казахстан, Национальным Банком Республики Казахстан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z111" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="29"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ценные бумаги, гарантированные центральными правительствами иностранных государств и центральными банками иностранных государств, имеющих суверенный рейтинг не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z112" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.3</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="30"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ценные бумаги, гарантированные международными финансовыми организациями, имеющими долговой рейтинг не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z113" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.4</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="31"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 займы, предоставленные Правительству Республики Казахстан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z114" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.5</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="32"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 займы, предоставленные Национальному Банку Республики Казахстан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z115" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.6</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="33"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 займы, предоставленные центральным правительствам стран, имеющих суверенный рейтинг не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z116" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.7</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="34"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 займы, предоставленные центральным банкам стран с суверенным рейтингом не ниже "АА-" агентства Standard &amp; Poor's или рейтингом аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z117" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.8</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 займы, предоставленные международным финансовым организациям с долговым рейтингом не ниже "АА-" агентства Standard &amp; Poor's или рейтингом аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z118" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.9</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="36"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вклады в центральных банках стран с суверенным рейтингом не ниже "АА-" агентства Standard &amp; Poor's или рейтингом аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z119" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.10</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="37"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вклады в международных финансовых организациях с долговым рейтингом не ниже "АА-" агентства Standard &amp; Poor's или рейтингом аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z120" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.11</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дебиторская задолженность Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z121" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.12</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="39"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 государственные ценные бумаги Республики Казахстан, выпущенные Правительством Республики Казахстан и Национальным Банком Республики Казахстан </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z122" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.13</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ценные бумаги, имеющие статус государственных, выпущенные центральными правительствами иностранных государств, суверенный рейтинг которых не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z123" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.14</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ценные бумаги, выпущенные международными финансовыми организациями, имеющими долговой рейтинг не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z124" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ценные бумаги центральных правительств иностранных государств и центральных банков иностранных государств, номинированные в валюте соответствующих стран, в случае взвешивания по степени кредитного риска выше 0 (нуля) процентов</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z125" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Высококачественные ликвидные активы второго уровня</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z126" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Требования к местным органам власти Республики Казахстан, в том числе ценные бумаги, выпущенные местными органами власти Республики Казахстан, взвешиваемые по степени кредитного риска 20 (двадцать) процентов, в том числе:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z127" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 займы, предоставленные местным органам власти Республики Казахстан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z128" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дебиторская задолженность местных органов власти Республики Казахстан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z129" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.3</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ценные бумаги, выпущенные местными органами власти Республики Казахстан</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z130" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="48"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Требования к центральным правительствам иностранных государств, центральным банкам иностранных государств, местным органам власти иностранных государств, международным финансовым организациям, взвешиваемые по степени кредитного риска 20 (двадцать) процентов, в том числе:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z131" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="49"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ценные бумаги, гарантированные центральными правительствами иностранных государств и центральными банками иностранных государств, имеющих суверенный рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z132" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ценные бумаги, гарантированные местными органами власти иностранных государств, имеющих суверенный рейтинг не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z133" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.3</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="51"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ценные бумаги, гарантированные международными финансовыми организациями, имеющими долговой рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z134" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.4</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="52"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 займы, предоставленные центральным правительствам стран, имеющих суверенный рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z135" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.5</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="53"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 займы, предоставленные центральным банкам стран, имеющих суверенный рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z136" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.6</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 займы, предоставленные международным финансовым организациям, имеющим долговой рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z137" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.7</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 займы, предоставленные местным органам власти стран, имеющих суверенный рейтинг не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z138" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.8</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="56"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вклады в центральных банках стран, имеющих суверенный рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z139" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.9</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="57"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вклады в международных финансовых организациях, имеющих долговой рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z140" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.10</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="58"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ценные бумаги, имеющие статус государственных, выпущенные центральными правительствами стран, имеющих суверенный рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z141" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.11</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="59"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ценные бумаги, выпущенные международными финансовыми организациями, имеющими долговой рейтинг от "А+" до "А-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z142" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.12</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ценные бумаги, выпущенные местными органами власти стран, суверенный рейтинг которых не ниже "АА-" агентства Standard &amp; Poor's или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z143" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="61"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ценные бумаги, выпущенные нефинансовыми организациями, имеющие долгосрочный рейтинг не ниже "АА-" агентства Standard &amp; Poor’s или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z144" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="62"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ипотечные ценные бумаги, не являющиеся обязательством банка, имеющие долгосрочный рейтинг не ниже "АА-" агентства Standard &amp; Poor’s или рейтинг аналогичного уровня одного из других рейтинговых агентств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z145" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Денежные оттоки по депозитам физических лиц</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="63"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z146" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="64"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стабильные депозиты</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z147" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="65"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Менее стабильные депозиты</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12596,1079 +10072,817 @@
               <w:t>
 Денежные оттоки по обязательствам перед юридическими лицами,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 субъектами малого предпринимательства, не обеспеченным активами банка</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z149" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="67"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вклады, размещенные нефинансовыми организациями, являющимися субъектами малого предпринимательства, полный объем которых не превышает в эквиваленте 1 (один) миллион долларов Соединенных Штатов Америки</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z150" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="68"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вклады, связанные с клиринговой, кастодиальной деятельностью, деятельностью по управлению ликвидностью</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z151" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="69"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Депозиты нефинансовых организаций, Правительства Республики Казахстан, Национального Банка Республики Казахстан, местных органов власти Республики Казахстан, международных финансовых организаций, центральных правительств иностранных государств, центральных банков иностранных государств, местных органов власти иностранных государств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z152" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="70"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательства перед иными юридическими лицами, в том числе обязательства по выпущенным ценным бумагам</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13690,1803 +10904,1365 @@
               <w:t>
 Денежные оттоки по обязательствам перед юридическими лицами,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 обеспеченным активами банка</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z154" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="72"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательства, обеспеченные высококачественными ликвидными активами первого уровня</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z155" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="73"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Обязательства перед Правительством Республики Казахстан и Национальным Банком Республики Казахстан </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z156" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="74"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательства, обеспеченные высококачественными ликвидными активами второго уровня</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z157" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="75"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательства перед местными органами власти Республики Казахстан, международными финансовыми организациями, взвешиваемые по степени кредитного риска не выше 20 (двадцати) процентов, обеспеченные активами, не являющимися высококачественными ликвидными активами первого и второго уровней</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z158" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="76"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные обеспеченные обязательства</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z159" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дополнительные денежные оттоки по условным и возможным обязательствам</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="77"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z160" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="78"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дополнительная потребность в ликвидности по условным обязательствам, сделкам с производными финансовыми инструментами и иным операциям в полном размере при снижении рейтинга банка на 1 (одну), 2 (две) либо 3 (три) ступени от текущего рейтинга банка</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z161" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="79"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Необходимость в дополнительной ликвидности при изменении рыночной оценки позиций по производным финансовым инструментам или иным операциям</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15495,7915 +12271,5992 @@
               </w:rPr>
               <w:t>
 Наибольший 30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тридцатидневный) нетто отток за предыдущие 12 (двенадцать) месяцев</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z162" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="80"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Необходимость в дополнительной ликвидности при переоценке обеспечения (за исключением высококачественных ликвидных активов первого уровня) по производным финансовым инструментам и иным операциям</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z163" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="81"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер превышения обеспечения, удерживаемого банком в связи с поддержанием позиции по производным финансовым инструментам, по которому предусмотрен отзыв в любое время</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z164" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="82"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Необходимость в дополнительной ликвидности по операциям, предусматривающим предоставление банком обеспечения, по требованию контрагента в соответствии с условиями договора в случае, если обеспечение не предоставлено</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z165" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="83"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Необходимость в дополнительной ликвидности, связанная с возможностью замены обеспечения на активы, не являющиеся высококачественными ликвидными активами</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z166" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="84"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отток по ценным бумагам, выпущенным банком, обеспеченным поступлением денег по активам, и имеющим срок погашения в течение календарного месяца, следующего за датой расчета коэффициента покрытия ликвидности (в том числе по ипотечным ценным бумагам)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z167" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="85"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отток по ценным бумагам, обеспеченным поступлением денег по активам и выпущенным дочерними специальными организациями банка, имеющим срок погашения в течение календарного месяца, следующего за датой расчета коэффициента покрытия ликвидности</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z168" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="86"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неиспользованная часть кредитных линий и линий ликвидности, предоставленных физическим лицам и субъектам малого предпринимательства</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z169" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="87"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неиспользованная часть кредитных линий, предоставленных нефинансовым организациям, Правительству Республики Казахстан, Национальному Банку Республики Казахстан, местным органам власти Республики Казахстан и международным финансовым организациям</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z170" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="88"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неиспользованная часть линий ликвидности, предоставленных нефинансовым организациям, Правительству Республики Казахстан, Национальному Банку Республики Казахстан, местным органам власти Республики Казахстан и международным финансовым организациям</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z171" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="89"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неиспользованная часть кредитных линий и линий ликвидности, предоставленных другим банкам</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z172" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="90"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неиспользованная часть кредитных линий, предоставленных финансовым организациям, не являющимся банками</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z173" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="91"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неиспользованная часть линий ликвидности, предоставленных иным финансовым организациям, не являющимся банками</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z174" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="92"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неиспользованная часть кредитных линий и линий ликвидности, предоставленных иным юридическим лицам (в том числе дочерними специальными организациями банка)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z175" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="93"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательства, связанные с финансированием экспорта и импорта товаров и услуг (по гарантиям и поручительствам, аккредитивам, связанным с проведением факторинговых и форфейтинговых операций)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z176" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="94"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательства по гарантиям и поручительствам, аккредитивам, не связанным с финансированием экспорта и импорта товаров и услуг</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z177" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="95"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные денежные оттоки по обязательствам, не включенные в строки 9-36.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z178" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Денежные притоки</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="96"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z179" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="97"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заемные операции, обеспеченные высококачественными ликвидными активами первого уровня</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z180" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="98"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заемные операции, обеспеченные высококачественными ликвидными активами второго уровня</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z181" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="99"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Займы, предоставленные для совершения купли-продажи ценных бумаг под обеспечение активов, не относящихся к высококачественным ликвидным активам (маржинальные сделки)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z182" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="100"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Заемные операции, обеспеченные иными активами </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z183" w:id="101"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="101"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредитные линии, линии ликвидности, предоставленные другими банками</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z184" w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="102"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вклады, связанные с клиринговой, кастодиальной деятельностью, деятельностью по управлению ликвидностью клиента в других финансовых организациях</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z185" w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="103"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Притоки по кредитам, за исключением займов с просроченной задолженностью по основному долгу и (или) начисленному вознаграждению, в том числе выданным:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...105 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z186" w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="104"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 физическим лицам и субъектам малого предпринимательства</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z187" w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="105"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нефинансовым организациям</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z188" w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.3</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="106"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 финансовым организациям</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z189" w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="107"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нетто притоки по производным финансовым инструментам</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z190" w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="108"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные денежные притоки от операций, по договорам которых ожидаются денежные притоки в течение календарного месяца, следующего за датой расчета коэффициента покрытия ликвидности</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z191" w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="109"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Высококачественные ликвидные активы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z192" w:id="110"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="110"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нетто отток денежных средств по операциям банка в течение календарного месяца, следующего за датой расчета коэффициента покрытия ликвидности</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z193" w:id="111"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="111"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8668" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коэффициент покрытия ликвидности (в процентном выражении)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2161" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -23625,289 +18478,283 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пояснение по заполнению формы, предназначенной для сбора административных данных приведено в приложении к настоящей форме</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="40"/>
-        <w:gridCol w:w="12260"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="40" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="12260" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none"/>
                 <w:left w:val="none"/>
                 <w:bottom w:val="none"/>
                 <w:right w:val="none"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="7645"/>
-              <w:gridCol w:w="4521"/>
+              <w:gridCol w:w="7780"/>
+              <w:gridCol w:w="4600"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7645" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4521" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Приложение к форме отчета</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7645" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4521" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>о расшифровке коэффициента</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7645" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4521" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>покрытия ликвидности</w:t>
                   </w:r>
@@ -24249,1010 +19096,997 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. При заполнении Формы в графе 4 указываются суммы по наименованиям статей в графе 2 за календарный месяц, следующий за отчетной датой, с применением коэффициентов учета установленных в графе 3.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="40"/>
-        <w:gridCol w:w="12260"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="40" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="12260" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none"/>
                 <w:left w:val="none"/>
                 <w:bottom w:val="none"/>
                 <w:right w:val="none"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="7639"/>
-              <w:gridCol w:w="4527"/>
+              <w:gridCol w:w="7780"/>
+              <w:gridCol w:w="4600"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7639" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4527" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Приложение 2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7639" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4527" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>к постановлению Правления</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7639" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4527" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Национального Банка</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7639" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4527" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Республики Казахстан</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7639" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4527" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>от 8 августа 2016 года № 188</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="40" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="12260" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none"/>
                 <w:left w:val="none"/>
                 <w:bottom w:val="none"/>
                 <w:right w:val="none"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="7642"/>
-              <w:gridCol w:w="4524"/>
+              <w:gridCol w:w="7780"/>
+              <w:gridCol w:w="4600"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7642" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4524" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Приложение 13</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7642" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4524" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">к Нормативным значениям и </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7642" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4524" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>методике расчетов</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7642" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4524" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>пруденциальных нормативов и</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7642" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4524" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>иных обязательных к</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7642" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4524" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">соблюдению норм и лимитов </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7642" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4524" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">размера капитала банка на </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7642" w:type="dxa"/>
+                  <w:tcW w:w="7780" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4524" w:type="dxa"/>
+                  <w:tcW w:w="4600" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">определенную дату </w:t>
                   </w:r>
@@ -25273,762 +20107,583 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица денежных оттоков и притоков банка</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="810"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3468"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z220" w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="133"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование статей</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коэффициент оттока (притока) в процентах</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z221" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Денежные оттоки по депозитам физических лиц</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="134"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z222" w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="135"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стабильные депозиты</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z223" w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="136"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Менее стабильные депозиты</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26050,923 +20705,689 @@
               <w:t>
 Денежные оттоки по обязательствам перед юридическими лицами,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 субъектами малого предпринимательства, не обеспеченным активами банка</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z225" w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="138"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вклады, размещенные нефинансовыми организациями, являющимися субъектами малого предпринимательства, полный объем которых не превышает в эквиваленте 1 (один) миллион долларов Соединенных Штатов Америки</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z226" w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="139"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вклады, связанные с клиринговой, кастодиальной деятельностью, деятельностью по управлению ликвидностью</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z227" w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="140"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Депозиты нефинансовых организаций, Правительства Республики Казахстан, Национального Банка, местных органов власти Республики Казахстан, международных финансовых организаций, центральных правительств иностранных государств, центральных банков иностранных государств, местных органов власти иностранных государств</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z228" w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="141"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательства перед иными юридическими лицами, в том числе обязательства по выпущенным ценным бумагам</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26988,7417 +21409,5538 @@
               <w:t>
 Денежные оттоки по обязательствам перед юридическими лицами,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 обеспеченным активами банка</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z230" w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="143"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательства, обеспеченные высококачественными ликвидными активами первого уровня</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z231" w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="144"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательства перед Правительством Республики Казахстан и Национальным Банком</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z232" w:id="145"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="145"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательства, обеспеченные высококачественными ликвидными активами второго уровня</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z233" w:id="146"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="146"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательства перед местными органами власти Республики Казахстан, международными финансовыми организациями, взвешиваемые по степени кредитного риска не выше 20 (двадцати) процентов, обеспеченные активами, не являющимися высококачественными ликвидными активами первого и второго уровней</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z234" w:id="147"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="147"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные обеспеченные обязательства</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z235" w:id="148"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дополнительные денежные оттоки по условным и возможным обязательствам</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="148"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z236" w:id="149"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="149"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дополнительная потребность в ликвидности по условным обязательствам, сделкам с производными финансовыми инструментами и иным операциям в полном размере при снижении рейтинга банка на 1 (одну), 2 (две) либо 3 (три) ступени от текущего рейтинга банка</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z237" w:id="150"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="150"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Необходимость в дополнительной ликвидности при изменении рыночной оценки позиций по производным финансовым инструментам или иным операциям </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наибольший 30 (тридцатидневный) нетто отток за предыдущие 12 (двенадцать) месяцев</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z238" w:id="151"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="151"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Необходимость в дополнительной ликвидности при переоценке обеспечения (за исключением высококачественных ликвидных активов первого уровня) по производным финансовым инструментам и иным операциям</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z239" w:id="152"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="152"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер превышения обеспечения, удерживаемого банком в связи с поддержанием позиции по производным финансовым инструментам, по которому предусмотрен отзыв в любое время</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z240" w:id="153"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="153"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Необходимость в дополнительной ликвидности по операциям, предусматривающим предоставление банком обеспечения, по требованию контрагента в соответствии с условиями договора, в случае если обеспечение не предоставлено</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z241" w:id="154"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="154"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Необходимость в дополнительной ликвидности связанная с возможностью замены обеспечения на активы, не являющиеся высококачественными ликвидными активами</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z242" w:id="155"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="155"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отток по ценным бумагам, выпущенным банком, обеспеченным поступлением денег по активам, и имеющим срок погашения в течение календарного месяца, следующего за датой расчета коэффициента покрытия ликвидности (в том числе по ипотечным ценным бумагам)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z243" w:id="156"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="156"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отток по ценным бумагам, обеспеченным поступлением денег по активам и выпущенным дочерними специальными организациями банка (с учетом производных финансовых инструментов, предусматривающих право держателя на предъявление требования на досрочный выкуп в полном или частичном размере), имеющим срок погашения в течение календарного месяца, следующего за датой расчета коэффициента покрытия ликвидности</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z244" w:id="157"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="157"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неиспользованная часть кредитных линий и линий ликвидности, предоставленных физическим лицам и субъектам малого предпринимательства</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z245" w:id="158"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="158"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неиспользованная часть кредитных линий, предоставленных нефинансовым организациям, Правительству Республики Казахстан, Национальному Банку, местным органам власти Республики Казахстан и международным финансовым организациям</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z246" w:id="159"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="159"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неиспользованная часть линий ликвидности, предоставленных нефинансовым организациям, Правительству Республики Казахстан, Национальному Банку, местным органам власти Республики Казахстан и международным финансовым организациям</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z247" w:id="160"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="160"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неиспользованная часть кредитных линий и линий ликвидности, предоставленных другим банкам</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z248" w:id="161"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="161"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неиспользованная часть кредитных линий, предоставленных финансовым организациям, не являющимся банками</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z249" w:id="162"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="162"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неиспользованная часть линий ликвидности, предоставленных иным финансовым организациям, не являющимся банками</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z250" w:id="163"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="163"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неиспользованная часть кредитных линий и линий ликвидности, предоставленных иным юридическим лицам (в том числе дочерними специальными организациями банка)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z251" w:id="164"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="164"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательства, связанные с финансированием экспорта и импорта товаров и услуг (по гарантиям и поручительствам, аккредитивам, связанным с проведением факторинговых и форфейтинговых операций)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z252" w:id="165"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="165"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательства, по гарантиям и поручительствам, аккредитивам, не связанным с финансированием экспорта и импорта товаров и услуг</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z253" w:id="166"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="166"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные денежные оттоки по обязательствам, не включенные в строки 1-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z254" w:id="167"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Денежные притоки</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="167"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z255" w:id="168"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="168"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заемные операции, обеспеченные высококачественными ликвидными активами первого уровня</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z256" w:id="169"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="169"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заемные операции, обеспеченные высококачественными ликвидными активами второго уровня</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z257" w:id="170"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="170"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Займы, предоставленные для совершения купли-продажи ценных бумаг под обеспечение активов, не относящихся к высококачественным ликвидным активам (маржинальные сделки)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z258" w:id="171"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="171"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Заемные операции, обеспеченные иными активами </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z259" w:id="172"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="172"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредитные линии, линии ликвидности, предоставленные другими банками</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z260" w:id="173"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="173"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вклады, связанные с клиринговой, кастодиальной деятельностью, деятельностью по управлению ликвидностью клиента в других финансовых организациях</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z261" w:id="174"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="174"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Притоки по кредитам, за исключением займов с просроченной задолженностью по основному долгу и (или) начисленному вознаграждению, в том числе выданным:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...66 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8022" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 физическим лицам и субъектам малого предпринимательства</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8022" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нефинансовым организациям</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8022" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 финансовым организациям</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z265" w:id="175"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="175"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нетто притоки по производным финансовым инструментам</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z266" w:id="176"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="176"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="8022" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Иные денежные притоки от операций, по договорам которых ожидаются денежные притоки в течение календарного месяца, следующего за датой расчета коэффициента покрытия ликвидности </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...32 lines deleted...]
-            <w:tcW w:w="3468" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...27 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -34421,63 +26963,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -34799,35 +27363,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>