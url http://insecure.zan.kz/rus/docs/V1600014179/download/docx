--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="60a0e65" w14:textId="60a0e65">
+    <w:p w14:paraId="556b8b4" w14:textId="556b8b4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3193,312 +3193,392 @@
         <w:t>
       7) не продлевать срок строительства в случае несоблюдения Уполномоченной компанией плана мероприятий по устранению отставания строительно-монтажных работ (далее – СМР);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:bookmarkStart w:name="z150" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) осуществлять иные полномочия, не противоречащие целям и задачам, определенным Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z161" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) запрашивать финансовую отчетность Застройщика и Уполномоченной компании на последний отчетный период (квартал, полугодие, год), с расшифровкой статей финансовой отчетности Застройщика и Уполномоченной компании, подписанную руководителем/главным бухгалтером Застройщика и Уполномоченной компании и заверенную печатью (при наличии) c приложением действующих договоров займа/финансовой помощи Уполномоченной компании и Застройщика с графиками погашений и указанием целевого предназначения, консолидированную финансовую отчетность юридического лица, являющегося акционером/участником Застройщика или финансовой отчетности аффилированных лиц Застройщика, и (или) Уполномоченной компании, и (или) генерального подрядчика, выписки с банковского счета Застройщика и Уполномоченной компании за период с начала строительства (при внесении изменений в проектную часть строительства либо условия предоставления гарантии Единого оператора, а также ухудшении финансового состояния Застройщика и (или) Уполномоченной);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z162" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) запрашивать договоры на оказание услуг по проведению технического и финансового аудитов с независимыми организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z163" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) запрашивать данные по аффилированным лицам Застройщика и Уполномоченной компании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 21 с изменением, внесенным приказом Министра промышленности и строительства РК от 25.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 с изменениями, внесенными приказами Министра промышленности и строительства РК от 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="72"/>
+    <w:bookmarkStart w:name="z71" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Единый оператор обязуется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z151" w:id="73"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z151" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организовать мероприятия по завершению строительства многоквартирного жилого дома или комплекса индивидуальных жилых домов при наступлении гарантийного случая;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z152" w:id="74"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z152" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в соответствии с гражданским законодательством Республики Казахстан заключить договор с инжиниринговой компанией соответствующей требованиям, установленным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 21 Закона, для оказания инжиниринговой услуги в сфере долевого участия в жилищном строительстве для обеспечения контроля за ходом строительства, соблюдения государственных нормативов в области архитектуры, градостроительства и строительства, а также целевого использования денег в соответствии с проектно-сметной документацией, а по объекту, по которому уполномоченной компанией строительство начато (ведется) на момент подачи заявки на заключение договора о предоставлении гарантии, заключить трехстороннее соглашение к заключенному между уполномоченной компанией и инжиниринговой компанией договору;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z153" w:id="75"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z153" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) извещать местный исполнительный орган о фактах нарушения застройщиком, уполномоченной компанией и инжиниринговой компанией требований законодательства Республики Казахстан о долевом участии в жилищном строительстве не позднее одного рабочего дня с момента выявления нарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z154" w:id="76"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z154" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) размещать информацию о ходе строительства многоквартирного жилого дома или комплекса индивидуальных жилых домов, в том числе отчеты инжиниринговой компании, на собственном интернет-ресурсе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z155" w:id="77"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z155" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ежемесячно публиковать реестр договоров о предоставлении гарантии на собственном интернет-ресурсе на казахском и русском языках в порядке, определенном внутренними документами Единого оператора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z156" w:id="78"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z156" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) не допускать совершений коррупционных правонарушений, за исполнение своих функций в виде принятия любого вознаграждения, денег, ценных бумаг, иного имущества, права на имущество, выгод имущественного и не имущественного характера для себя или других лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z157" w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z157" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) размещать на своем интернет-ресурсе документы, определяющие процесс выдачи гарантии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z158" w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z158" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) проводить оценку сметной документации на этапе проверки документов по проекту строительства многоквартирного жилого дома или комплекса индивидуальных жилых домов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3517,168 +3597,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="81"/>
+    <w:bookmarkStart w:name="z79" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. Права и обязанности Застройщика, Уполномоченной компании</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z80" w:id="82"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z80" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Застройщик и Уполномоченная компания вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z81" w:id="83"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z81" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) получать своевременную информацию о ходе выполнения обязательств Единого оператора по настоящему Договору;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z82" w:id="84"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z82" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при необходимости погашения задолженности Уполномоченной компании – возмещения Единому оператору вложенных средств – получить подтверждение независимой аудиторской организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z83" w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z83" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Уполномоченная компания вправе заключать сделки и принимать иные обязательства, связанные только с реализацией Проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z84" w:id="86"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z84" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Уполномоченная компания вправе погашать часть основного долга по банковскому займу путем перечисления суммы, не превышающей совокупную сумму оплаченных строительно-монтажных работ по строительству многоквартирного жилого дома или комплекса индивидуальных жилых домов, и фактического остатка денег на банковском счете уполномоченной компании за вычетом проектной стоимости.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3697,70 +3777,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="87"/>
+    <w:bookmarkStart w:name="z85" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Застройщик и Уполномоченная компания обязаны предоставлять Единому оператору посредством информационных систем финансовую отчетность, в соответствии с требованиями законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности: Застройщик – ежегодно с аудиторским заключением, Уполномоченная компания – ежеквартально, в течение действия настоящего Договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3779,528 +3859,828 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="88"/>
+    <w:bookmarkStart w:name="z86" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Застройщик и Уполномоченная компания обязаны не допускать совершений коррупционных правонарушений в виде предоставления любого вознаграждения, денег, ценных бумаг, иного имущества, права на имущество, выгод имущественного и не имущественного характера лицу, уполномоченному на выполнение определенных функций и обязанностей по настоящему Договору.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z87" w:id="89"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z87" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Уполномоченная компания обязана:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z88" w:id="90"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z88" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обслуживаться в одном банке с Застройщиком и подрядчиком (генеральным подрядчиком);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z89" w:id="91"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z89" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) предоставлять информацию по запросу Единого оператора по строительству Проекта, в том числе о ходе строительства, заключенных договорах долевого участия в жилищном строительстве и иную информацию, необходимую для осуществления функций, определенных настоящим Договором и Законом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z90" w:id="92"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z90" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при изменении юридического адреса и (или) адреса место нахождения, наименования и (или) исполнительного органа, в течение трех рабочих дней письменно уведомить Единый оператор о новых сведениях с предоставлением подтверждающих документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z91" w:id="93"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z91" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) письменно согласовывать планируемые изменения и дополнения в проектно-сметную документацию с Единым оператором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z92" w:id="94"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z92" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) информировать Единого оператора о внесенных изменениях и дополнениях в проект в течение пяти рабочих дней со дня получения положительного заключения комплексной вневедомственной экспертизы на измененную проектно-сметную документацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z93" w:id="95"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z93" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) незамедлительно сообщать Единому оператору о любых обстоятельствах, влекущих (могущих повлечь) прекращение действия гарантии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z94" w:id="96"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z94" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) письменно информировать дольщиков об ответственности за исполнение обязательства Единым оператором с получением согласия дольщика на гарантию со стороны Единого оператора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z95" w:id="97"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z95" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) заключать договоры долевого участия в жилищном строительстве согласно типовой форме, утвержденной уполномоченным органом в сфере долевого участия в жилищном строительстве в соответствии с подпунктом 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z96" w:id="98"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z96" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) в случае отставания СМР по Проекту сроком на 30 (тридцать) календарных дней от утвержденного графика производства работ, в течение5 (пяти) календарных дней разработать и согласовать с Единым оператором план мероприятий по устранению отставания СМР;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z97" w:id="99"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z97" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) устранить отставание СМР по Проекту в строгом соответствии с планом мероприятий по устранению отставания СМР, разработанного и согласованного согласно требованиям подпункта 8) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) обеспечить учет денег по банковскому счету в разрезе собственных денег, внесенных в соответствии с требованиями Закона, денег, полученных в оплату долей, в том числе в разрезе поступлений от каждого дольщика, а также заемных средств (при наличии), предоставленных в целях финансирования строительства многоквартирного жилого дома или комплекса индивидуальных жилых домов, и соблюдать целевое расходование денег в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 20 Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="100"/>
+    <w:bookmarkStart w:name="z159" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11-1) открыть не более одного текущего счета в национальной валюте только в одном банке второго уровня;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z160" w:id="101"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z160" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11-2) открыть текущий счет в иностранной валюте в банке второго уровня с кредитным рейтингом не ниже "B+", присвоенным одним из рейтинговых агентств. При наличии рейтингов от нескольких рейтинговых агентств применяется наименьший.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z164" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) в срок не позднее 10 (десяти) рабочих дней после подписания настоящего Договора предоставить инжиниринговой компании дополнительную авторизацию (согласование) всех платежных документов с банковского счета Уполномоченной компании для надлежащего контроля за целевым использованием денег в соответствии с требованиями Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z165" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) в срок не позднее 10 (десяти) рабочих дней после подписания настоящего Договора предоставить письменное согласие банку на предоставление Единому оператору выписок о движении денег по банковскому счету Уполномоченной компании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z166" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) осуществлять реализацию долей в многоквартирном жилом доме или комплексе индивидуальных жилых домов при условии наличия проектно-сметной документации на строительство инженерных сетей, в том числе наружных, систем и оборудований, благоустройство и озеленение в пределах территорий, отведенных под строительство многоквартирного жилого дома или комплекса индивидуальных жилых домов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z167" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) при реализации доли в многоквартирном жилом доме или в комплексе индивидуальных жилых домов контрагентам застройщика и (или) уполномоченной компании в счет исполнения обязательств, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 3 Закона, обеспечивать отражение информации о таких сделках в Единой информационной системе долевого участия в жилищном строительстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z168" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) заключать с третьим(-ми) лицом(-ми) договора о финансовой помощи/займа (в том числе банковского займа), финансового лизинга/предоставление гарантии, поручительства/своего имущества в залог только после получения предварительного письменного согласия Единого оператора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z169" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) при изменении условий предоставления гарантии на завершение строительства подписывать соответствующие дополнительные соглашения к договорам долевого участия и вносить соответствующие данные в единой информационной системе долевого участия в жилищном строительстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z170" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) ежеквартально предоставлять данные по аффилированным лицам (связанным сторонам);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z171" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) реализовывать единицу площади доли в многоквартирном жилом доме или комплексе индивидуальных жилых домов не ниже стоимости, определяемой соотношением проектной стоимости к общей площади многоквартирного жилого дома или комплекса индивидуальных жилых домов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z172" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20) при реализации единицы площади доли в многоквартирном жилом доме или комплексе индивидуальных жилых домов ниже цены, указанной в заявленном плане продаж, а также при реализации доли в многоквартирном жилом доме или комплекса индивидуальных жилых домов, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 3 Закона, уведомлять Единого оператора в срок не позднее 3 (трех) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z173" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) для мониторинга строительства обеспечить подключение электроэнергии и интернета, для установки на Проекте камер видеонаблюдения Единого оператора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z174" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) обращаться к Единому оператору с вопросом о продлении сроков строительства с полным пакетом документов не менее чем за 15 (пятнадцать) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z175" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) предоставить Единому оператору доступ к 1С Бухгалтерии при обращении с вопросом о продлении сроков строительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 27 с изменением, внесенным приказом Министра промышленности и строительства РК от 25.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 27 с изменениями, внесенными приказами Министра промышленности и строительства РК от 25.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 315</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 445</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="102"/>
+    <w:bookmarkStart w:name="z99" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 9. Ответственность Сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z100" w:id="103"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z100" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. За неисполнение или ненадлежащее исполнение обязательств, принятых по Договору, Стороны несут ответственность в порядке, установленном настоящим Договором и законодательством Республики Казахстан. В случае нарушения условий настоящего Договора, Стороны несут ответственность в соответствии с действующим законодательством Республики Казахстан и условиями настоящего Договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z101" w:id="104"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z101" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Убытки, причиненные одной из Сторон неисполнением или ненадлежащим исполнением своих обязательств по настоящему Договору, взыскиваются в полной сумме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z102" w:id="105"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z102" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. В случае несвоевременного подписания договора о порядке погашения задолженности перед Единым оператором и (или) несвоевременной оплаты, Застройщик, Уполномоченная компания уплачивают пеню на сумму выплат в размере базовой ставки Национального Банка Республики Казахстан, от суммы, подлежащей возмещению, за каждый день просрочки, включая день выплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4319,70 +4699,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="106"/>
+    <w:bookmarkStart w:name="z103" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Средства Единого оператора, вложенные в завершение строительства многоквартирного жилого дома или комплекса индивидуальных жилых домов при наступлении гарантийного случая, подлежат возмещению (возврату) Уполномоченной компанией, после завершения строительства многоквартирного жилого дома и/или комплекса индивидуальных жилых домов, из средств, вырученных от продажи жилых или нежилых помещений, а также из денег после реализации залога Застройщика - доли участия в уставном капитале Уполномоченной компании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4401,70 +4781,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="107"/>
+    <w:bookmarkStart w:name="z104" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. В случае недостаточности средств Уполномоченной компании для возмещения средств (затрат) Единого оператора по завершению строительства многоквартирного жилого дома или комплекса индивидуальных жилых домов, обязанность по их возмещению несет Застройщик по субсидиарной ответственности путем заключения договора о порядке погашения задолженности перед Единым оператором после подтверждения их обоснованности заключением независимой аудиторской компании. Средства Единого оператора, затраченные на закупку услуг независимой аудиторской компании, должны быть возмещены Уполномоченной компанией/Застройщиком в полном объеме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4483,70 +4863,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="108"/>
+    <w:bookmarkStart w:name="z105" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. В случае недостаточности средств Застройщика для возмещения средств (затрат) Единого оператора по завершению строительства многоквартирного жилого дома или комплекса индивидуальных жилых домов по договору о порядке погашения задолженности, Единый оператор инициирует процедуру банкротства Застройщика в соответствии с законодательством Республики Казахстан о реабилитации и банкротстве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4565,424 +4945,424 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="109"/>
+    <w:bookmarkStart w:name="z106" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 10. Обстоятельства непреодолимой силы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z107" w:id="110"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z107" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Стороны Договора освобождаются от ответственности за частичное или полное неисполнение обязательств по Договору, если надлежащее исполнение явилось невозможным вследствии обстоятельств непреодолимой силы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z108" w:id="111"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z108" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Непреодолимой силой являются, включая, но не ограничиваясь следующие обстоятельства: стихийные бедствия, военные действия, акты органов государственной власти и управления, препятствующие или запрещающие исполнение для одной из Сторон условий настоящего Договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z109" w:id="112"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z109" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Сторона, в случае возникновения обстоятельств, влекущих невозможность исполнения обязательств по настоящему Договору, обязана не позднее трех рабочих дней после возникновения этого события, письменно известить другую Сторону с предоставлением подтверждающих документов, заверенных уполномоченным органом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z110" w:id="113"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z110" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. В случае, если обстоятельства непреодолимой силы будут длиться более 30 (тридцати) календарных дней, любая из сторон вправе расторгнуть настоящий Договор. При этом Стороны в течение 30 (тридцати) календарных дней с момента расторжения настоящего Договора обязаны произвести взаиморасчеты по фактически выполненным работам и произведенной оплате.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z111" w:id="114"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z111" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 11. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z112" w:id="115"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z112" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Все изменения и (или) дополнения к настоящему Договору действительны только в том случае, если они совершены в письменной форме, подписаны уполномоченными представителями Сторон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z113" w:id="116"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z113" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Гарантия прекращается в случае внесения изменений в Проект, влекущих увеличение ответственности или иные неблагоприятные последствия для Единого оператора без его предварительного письменного согласия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z114" w:id="117"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z114" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. В случае принятия Единого оператора дополнительной ответственности по гарантии, Сторонами подписывается дополнительное соглашение к настоящему Договору.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z115" w:id="118"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z115" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Все споры и разногласия между Сторонами, возникающие из настоящего Договора или связанные с ним, разрешаются путем переговоров, а при не достижении соглашения – судами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z116" w:id="119"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z116" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Во всем остальном, что прямо не предусмотрено настоящим Договором, Стороны руководствуются действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z117" w:id="120"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z117" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Настоящий Договор является основанием для заключения Уполномоченной компанией договоров о долевом участии в жилищном строительстве с дольщиками с целью привлечения денег дольщиков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z118" w:id="121"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z118" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 12. Срок действия Договора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z119" w:id="122"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z119" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Договор вступает в силу с даты уплаты Уполномоченной компанией гарантийного взноса и действует до полного и надлежащего исполнения Сторонами всех обязательств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z120" w:id="123"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z120" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Договор составлен на казахском и русском языках, в трех экземплярах, имеющих одинаковую юридическую силу. По одному экземпляру для каждой из Сторон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z121" w:id="124"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z121" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Корреспонденция, отправляемая Сторонами в рамках настоящего Договора, предоставляется в письменной форме (на фирменном бланке, подписанная уполномоченными лицами, и по необходимости в электронной форме) и рассматривается в течение 15 (пятнадцати) рабочих дней с момента получения Сторонами корреспонденции, за исключением уведомлений, для рассмотрения которых предусмотрен особый порядок в соответствии с настоящим Договором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z122" w:id="125"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z122" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Корреспонденция считается должным образом полученной, с даты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z123" w:id="126"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z123" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отметки канцелярии/делопроизводителя Стороны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z124" w:id="127"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z124" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получения уведомления о получении или через 5 (пять) рабочих дней после сдачи на почту/курьеру в конверте, адресованном соответствующей Стороне по нижеуказанному адресу, когда она отправлена по почте либо курьерской связью:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для Единого оператора:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5191,188 +5571,188 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефакс: ____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электронная почта: _______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="128"/>
+    <w:bookmarkStart w:name="z125" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. В случае изменения адресов и реквизитов любой из Сторон, указанных в главе 13 настоящего Договора, соответствующая Сторона письменно извещает другую Сторону. При отсутствии такого извещения корреспонденция, направленная по адресам и реквизитам, указанным в настоящем Договоре, считается надлежащим образом полученной.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z126" w:id="129"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z126" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Стороны могут направлять корреспонденцию, носящую информативный характер, посредством факсимильной связи и/или электронной почты другой Стороне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z127" w:id="130"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z127" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом Сторона-отправитель обязана подтвердить направление корреспонденции другой Стороне. Подтверждение считается осуществленным надлежащим образом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z128" w:id="131"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z128" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       посредством факсимильной связи – путем приложения текста корреспонденции с отметкой принимающей Стороны о получении, либо наличия соответствующей выписки факсимильного аппарата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z129" w:id="132"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z129" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по электронной почте – после получения уведомления о прочтении либо направления ответного сообщения о получении электронного письма.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z130" w:id="133"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z130" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 13. Юридические адреса и банковские реквизиты Сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z131" w:id="134"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z131" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Уполномоченная компания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование, бизнес-идентификационный номер (далее – БИН)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>