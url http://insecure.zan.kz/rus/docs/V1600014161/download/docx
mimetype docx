--- v0 (2025-10-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="60ca4a8" w14:textId="60ca4a8">
+    <w:p w14:paraId="66dbd52" w14:textId="66dbd52">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -7872,90 +7872,192 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="113"/>
+    <w:bookmarkStart w:name="z262" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      81-1. После внесения изменений в конструкцию, транспортное средство предоставляется в аккредитованную испытательную лабораторию для оценки соответствия требованиям Технического регламента Таможенного союза "О безопасности колесных автомототранспортных средств", утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>решением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссии Таможенного союза от 9 декабря 2011 года № 877, а также Национального стандарта Республики Казахстан СТ РК 1418-2018 "Автомототранспортные средства. Внесение изменений в конструкцию. Общие положения и технические требования" и оформления соответствующего протокола проверки безопасности конструкции транспортного средства после внесения изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 81-1 в соответствии с приказом Министра внутренних дел РК от 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z115" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       82. Конструкция и техническое состояние транспортного средства, находящегося в эксплуатации после внесения изменений осуществляется выдача владельцу свидетельства о соответствии транспортного средства с внесенными  в конструкцию изменениями требованиям безопасности (приложение 18 к ТР ТС 018/2011) в течении сорока восьми часов в рабочие дни с момента поступления документов в органы внутренних дел с занесением сведений в журнал выдачи свидетельств о соответствии транспортного средства с внесенными  в его конструкцию изменениями требованиям безопасности согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Инструкции, а также допускается выдача свидетельства о соответствии транспортного средства с внесенными  в конструкцию изменениями требованиям безопасности через веб-портал "электронного правительства "www.egov.kz" и (или) иные информационные системы. При этом, под руководителем территориального подразделения в сфере обеспечения безопасности дорожного движения при выдаче свидетельства о соответствии транспортного средства с внесенными в конструкцию изменениями требованиям безопасности следует понимать начальника управления и (или) отдела, отделения и их заместителей, а также начальника отдела (отделения) дорожной и технической инспекции и его заместителя или их временно заменяющих должностных лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7974,408 +8076,344 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="114"/>
-[...35 lines deleted...]
-      документ, подтверждающий право владения, или пользования и (или) распоряжения транспортным средством;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Для оформления свидетельства о соответствии транспортного средства с внесенными в конструкцию изменениями требованиям безопасности владелец (представитель владельца) транспортного средства представляет в административную полицию следующие документы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z110" w:id="116"/>
-[...15 lines deleted...]
-      документ, идентифицирующий транспортное средство (паспорт транспортного средства), а также документ, подтверждающий государственную регистрацию транспортного средства (свидетельство о регистрации транспортного средства);</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      свидетельство о регистрации транспортного средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      решение территориального подразделения органа государственного управления в сфере безопасности дорожного движения о возможности внесения изменений в конструкцию транспортного средства; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случаях не предусмотренных приложением 9 к ТР ТС 018/2011, заключения о возможности и порядке внесения изменений в конструкцию транспортного средства (предварительная техническая экспертиза или технические условия на внесение изменений в конструкцию транспортного средства, разработанные изготовителем базового транспортного средства или производителем работ по внесению изменений в конструкцию транспортного средства, утвержденные изготовителем базового транспортного средства и согласованные с органом государственного управления в сфере безопасности дорожного движения);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      протокол проверки безопасности конструкции транспортного средства после внесения изменений в его конструкцию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностическую карту технического осмотра, оформленную по результатам проверки технического состояния транспортного средства с внесенными в конструкцию изменениями, требованиям технических регламентов, стандартов в сфере обеспечения безопасности дорожного движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 83 в редакции приказа Министра внутренних дел РК от 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83-1. В номенклатурном деле по переоборудованию автотранспортных средств хранится вся документация, указанная в пункте 83 Инструкции или их копии, за исключением случаев при предоставлении услуги через веб-портал "электронного правительства" www.egov.kz и (или) иные информационные системы. Сроки хранения номенклатурного дела по переоборудованию автотранспортных средств, утверждены пунктом 829 приказа Министра внутренних дел Республики Казахстан от 12 октября 2016 года № 977 "Об утверждении Перечня документов, образующихся в деятельности органов внутренних дел, Национальной гвардии Республики Казахстан, уголовно-исполнительной системы, по чрезвычайным ситуациям, учреждений и организаций системы Министерства внутренних дел Республики Казахстан, с указанием сроков хранения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z111" w:id="117"/>
-[...112 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 83 в редакции приказа Министра внутренних дел РК от 20.06.2018 </w:t>
+        <w:t xml:space="preserve">      Сноска. Инструкция дополнена пунктом 83-1 в соответствии с приказом Министра внутренних дел РК от 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 459</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра внутренних дел РК от 07.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 863</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="120"/>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z117" w:id="121"/>
+    <w:bookmarkStart w:name="z117" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       84. Контроль за осуществлением государственного контроля и надзора за соблюдением регламентов, нормативов и стандартов в сфере обеспечения безопасности дорожного движения проводится вышестоящими органами по отношению к нижестоящим посредством проведения не реже одного раза в год проверок территориальных подразделений уполномоченного органа, в ходе которых уделяется: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) соблюдению законодательства при государственном контроле и надзоре за соблюдением регламентов, нормативов и стандартов в сфере дорожной деятельности и совершенствовании организации дорожного движения; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8386,51 +8424,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) выполнению требований настоящей Инструкции при осуществлении государственного контроля и надзора за соблюдением регламентов, нормативов и стандартов в сфере дорожной деятельности и совершенствовании организации дорожного движения; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) достоверности представляемых в отчетах сведений о результатах деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="122"/>
+    <w:bookmarkStart w:name="z118" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       85. При проведении конкурсной комиссии на обслуживание регулярных внутриобластных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8445,91 +8483,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> автомобильным транспортом сотрудник отдела дорожной и технической инспекции при проверке представляемых на конкурс транспортных средств определяет соответствие требованиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>техническим регламентам</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и стандартам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z119" w:id="123"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z119" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86. Не допускается привлечение сотрудников дорожной и технической инспекции к выполнению задач, не предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z168" w:id="124"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z168" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Территориальные подразделения по факту проведения проверок со стороны надзорных и иных органов в трехдневный срок информируют МВД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8774,68 +8812,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z120" w:id="125"/>
+    <w:bookmarkStart w:name="z120" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт обследования автомобильной дороги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "__"_______20__ г. Город (район)___________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9585,70 +9623,70 @@
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="126"/>
+    <w:bookmarkStart w:name="z121" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1.Состояние земляного полотна, дорожной одежды и покрытия проезжей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       части, обочин, тротуаров, пешеходных и велосипедных дорожек</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9850,70 +9888,70 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="127"/>
+    <w:bookmarkStart w:name="z122" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Обеспечение видимости на кривых в плане и продольном профиле,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пересечениях и примыканиях</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10143,70 +10181,70 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="128"/>
+    <w:bookmarkStart w:name="z123" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Состояние и оборудование остановок маршрутных транспортных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       средств </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10436,70 +10474,70 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="129"/>
+    <w:bookmarkStart w:name="z124" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Состояние искусственных дорожных сооружений (мостов,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       путепроводов, эстакад, тоннелей, виадуков, водопропускных труб)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10747,67 +10785,1203 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="130"/>
+    <w:bookmarkStart w:name="z125" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Обозначение и оборудования пешеходных переходов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ограждение мест производства работ на проезжей части,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация и состояния их объездов</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z127" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Искусственное освещение на остановках общественного транспорта</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Элементы обустройства автомобильных дорог (состояние дорожных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      знаков, разметки и т.д.)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z129" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Соответствие режимов работы светофорных объектов </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -10825,51 +11999,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+9.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11022,88 +12196,70 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z126" w:id="131"/>
-[...15 lines deleted...]
-      6. Ограждение мест производства работ на проезжей части,</w:t>
+    <w:bookmarkStart w:name="z130" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Состояние стоянок и площадок отдыха</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11118,51 +12274,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
+10.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11315,67 +12471,67 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="132"/>
-[...15 lines deleted...]
-      7. Искусственное освещение на остановках общественного транспорта</w:t>
+    <w:bookmarkStart w:name="z131" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Состояние люков смотровых колодцев и решеток дождеприемников</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -11393,51 +12549,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
+11.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11590,88 +12746,70 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="133"/>
-[...15 lines deleted...]
-      8. Элементы обустройства автомобильных дорог (состояние дорожных</w:t>
+    <w:bookmarkStart w:name="z132" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Состояние наружного освещения улично-дорожной сети</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11686,51 +12824,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
+12.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11883,70 +13021,88 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z129" w:id="134"/>
-[...15 lines deleted...]
-      9. Соответствие режимов работы светофорных объектов </w:t>
+    <w:bookmarkStart w:name="z133" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Состояние оборудованных стоянок около культурных, торговых и</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      спортивных центров, административных зданий в населенных пунктах</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11961,51 +13117,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
+13.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12158,70 +13314,88 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="135"/>
-[...15 lines deleted...]
-      10. Состояние стоянок и площадок отдыха</w:t>
+    <w:bookmarkStart w:name="z134" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Состояние оборудования и обустройства маршрутов транспорта</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      общего пользования</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12236,51 +13410,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
+14.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12433,70 +13607,88 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="136"/>
-[...15 lines deleted...]
-      11. Состояние люков смотровых колодцев и решеток дождеприемников</w:t>
+    <w:bookmarkStart w:name="z135" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Состояние проезжей части в местах пересечения с трамвайными</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      путями</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12511,1204 +13703,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
-[...1152 lines deleted...]
-              <w:t>
 15.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13968,80 +14006,80 @@
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z169" w:id="141"/>
+          <w:bookmarkStart w:name="z169" w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1-1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="141"/>
+          <w:bookmarkEnd w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14141,70 +14179,70 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 757</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z175" w:id="142"/>
+          <w:bookmarkStart w:name="z175" w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приложение 1-1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="142"/>
+          <w:bookmarkEnd w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14456,543 +14494,543 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z184" w:id="143"/>
+    <w:bookmarkStart w:name="z184" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                Акт целевого обследования </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z185" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "__"_______20__ г. Город (район)___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z186" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Должностное лицо в присутствии представителя организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z187" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z188" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                   (должность, звание, фамилия, имя и отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z185" w:id="144"/>
-[...15 lines deleted...]
-      "__"_______20__ г. Город (район)___________________</w:t>
+    <w:bookmarkStart w:name="z189" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z186" w:id="145"/>
-[...15 lines deleted...]
-      Должностное лицо в присутствии представителя организации</w:t>
+    <w:bookmarkStart w:name="z190" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      произвели обследования автомобильной дороги и искусственных дорожных сооружений на нем (них)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z187" w:id="146"/>
+    <w:bookmarkStart w:name="z191" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z188" w:id="147"/>
-[...15 lines deleted...]
-                   (должность, звание, фамилия, имя и отчество (при его наличии))</w:t>
+    <w:bookmarkStart w:name="z192" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                   (наименование автомобильной дороги)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z189" w:id="148"/>
+    <w:bookmarkStart w:name="z193" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      километр (далее - км) ___ + ___ - ___ км ___ + ___ (договор от "___"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z194" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________ 20 __ г. №_______________) и установили следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z195" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заказчик: _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z196" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             (орган управления автомобильной дорогой, адрес,   контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z197" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-[...78 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z194" w:id="153"/>
-[...15 lines deleted...]
-      _____________ 20 __ г. №_______________) и установили следующее:</w:t>
+    <w:bookmarkStart w:name="z198" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подрядчик (эксплуатирующая организация, юридическое лицо)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z195" w:id="154"/>
-[...15 lines deleted...]
-      Заказчик: _____________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z199" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z196" w:id="155"/>
-[...15 lines deleted...]
-             (орган управления автомобильной дорогой, адрес,   контактный телефон)</w:t>
+    <w:bookmarkStart w:name="z200" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                         (наименование, адрес, контактный телефон)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z197" w:id="156"/>
-[...15 lines deleted...]
-      ______________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z201" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Территория обслуживания</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z198" w:id="157"/>
-[...15 lines deleted...]
-      Подрядчик (эксплуатирующая организация, юридическое лицо)</w:t>
+    <w:bookmarkStart w:name="z202" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z199" w:id="158"/>
-[...15 lines deleted...]
-      _______________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z203" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                               (участок автомобильной дороги)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z200" w:id="159"/>
-[...15 lines deleted...]
-                         (наименование, адрес, контактный телефон)</w:t>
+    <w:bookmarkStart w:name="z204" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Установлено:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z201" w:id="160"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="163"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z205" w:id="164"/>
+          <w:bookmarkStart w:name="z205" w:id="160"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="164"/>
+          <w:bookmarkEnd w:id="160"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -15249,80 +15287,80 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z218" w:id="165"/>
+          <w:bookmarkStart w:name="z218" w:id="161"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="165"/>
+          <w:bookmarkEnd w:id="161"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15462,80 +15500,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z225" w:id="166"/>
+          <w:bookmarkStart w:name="z225" w:id="162"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="166"/>
+          <w:bookmarkEnd w:id="162"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15661,64 +15699,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z232" w:id="167"/>
+      <w:bookmarkStart w:name="z232" w:id="163"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное лицо _______________________/_________________________________/</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (должность, подпись,             Ф.И.О. (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -15853,80 +15891,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и соблюдения регламентов,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нормативов и стандартов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z258" w:id="168"/>
+    <w:bookmarkStart w:name="z258" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предписание уполномоченного органа по обеспечению безопасности дорожного движения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>по ________________ области (городу)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа Министра внутренних дел РК от 29.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16045,110 +16083,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О дорожном движении" необходимо:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z259" w:id="169"/>
+    <w:bookmarkStart w:name="z259" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Принять меры к устранению указанных в акте обследования автомобильных дорог (железнодорожных переездов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z260" w:id="170"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z260" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. О результатах рассмотрения настоящего предписания и принятых мерах уведомить уполномоченный орган по обеспечению безопасности дорожного движения по __________________области (городу) до "__"________20__г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z261" w:id="171"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z261" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Неисполнение или ненадлежащее исполнение настоящего предписания влечет ответственность, предусмотренную законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное лицо уполномоченного органа по обеспечению безопасности дорожного движения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16317,331 +16355,395 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу Министра</w:t>
+              <w:t>к Инструкции по организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>внутренних дел</w:t>
+              <w:t>деятельности подразделений</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>административной полиции</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 22 июля 2016 года № 757</w:t>
+              <w:t>в области дорожной безопасности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и соблюдения регламентов,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нормативов и стандартов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
+      Сноска. Правый верхний угол приложения 3 – в редакции приказа Министра внутренних дел РК от 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
       Сноска. Приложение 3 в редакции приказа Министра внутренних дел РК от 07.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 863</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z233" w:id="172"/>
+    <w:bookmarkStart w:name="z233" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     Акт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z234" w:id="173"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z234" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "____"_________20_ г. Город (район)_____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z235" w:id="174"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z235" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комплексным обследованием железнодорожного переезда установлено:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z236" w:id="175"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z236" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Местонахождение переезда ____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z237" w:id="176"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z237" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
                          наименование автомобильной и железной дорог) </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z238" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Владелец: ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z239" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                               (их наименование, адрес, телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z240" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Категория и вид переезда ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z241" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Количество поездов/сут. _____________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z238" w:id="177"/>
-[...15 lines deleted...]
-      Владелец: ___________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z242" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Количество автомобилей/сут. _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z239" w:id="178"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="181"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16977,64 +17079,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z255" w:id="182"/>
+      <w:bookmarkStart w:name="z255" w:id="178"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное лицо _______________________/_________________________________/</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (должность, подпись,       Ф.И.О. (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -17169,68 +17271,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и соблюдения регламентов,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нормативов и стандартов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z141" w:id="183"/>
+    <w:bookmarkStart w:name="z141" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "___"________20__г. Город (район)____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21871,92 +21973,92 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z142" w:id="184"/>
+    <w:bookmarkStart w:name="z142" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>учета недостатков в состоянии улиц и дорог, повреждений</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>технических средств регулирования дорожным движением</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22842,68 +22944,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 6 в редакции приказа Министра внутренних дел РК от 20.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 310</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="185"/>
+    <w:bookmarkStart w:name="z143" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета предписаний на работы по установке (снятию и восстановлению) технических средств регулирования дорожного движения и выявленных недостатков по обеспечению безопасности дорожного движения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -23747,68 +23849,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и соблюдения регламентов,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нормативов и стандартов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z144" w:id="186"/>
+    <w:bookmarkStart w:name="z144" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> КАРТОЧКА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 7 исключено приказом Министра внутренних дел РК от 07.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24029,92 +24131,92 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z145" w:id="187"/>
+    <w:bookmarkStart w:name="z145" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЖУРНАЛ ВЫДАЧИ СВИДЕТЕЛЬСТВ О СООТВЕТСТВИИ ТРАНСПОРТНОГО</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>СРЕДСТВА С ВНЕСЕННЫМИ В ЕГО КОНСТРУКЦИЮ ИЗМЕНЕНИЯМИ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ТРЕБОВАНИЯМ БЕЗОПАСНОСТИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -25523,55 +25625,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>