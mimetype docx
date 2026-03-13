--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f472f02" w14:textId="f472f02">
+    <w:p w14:paraId="82fc829" w14:textId="82fc829">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -138,95 +138,135 @@
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О государственной статистике", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 34)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения об Агентстве по стратегическому планированию и реформам Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 5 октября 2020 года № 427 и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 20)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан, утвержденного приказом Председателя Агентства по стратегическому планированию и реформам Республики Казахстан от 23 октября 2020 года № 9-нқ, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 28.01.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 3</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -744,87 +784,59 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none"/>
                 <w:left w:val="none"/>
                 <w:bottom w:val="none"/>
                 <w:right w:val="none"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="7780"/>
               <w:gridCol w:w="4600"/>
@@ -1235,15796 +1247,16114 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Методика по формированию показателей статистики транспорта</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Методика – в редакции приказа и.о. Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 28.01.2022 </w:t>
+      Сноска. Методика – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 22.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 3</w:t>
+        <w:t>№ 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z22" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Методика по формированию показателей статистики транспорта (далее – Методика) относится к статистической методологии, формируемой в соответствии с международными стандартами и утверждаемой в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственной статистике".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z24" w:id="8"/>
+    <w:bookmarkStart w:name="z23" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Методика включает определение показателей работы транспортной системы по видам транспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z24" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Информационной базой для формирования данных по статистике транспорта являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z25" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Методика по формированию показателей статистики транспорта (далее - Методика) относится к статистической методологии, формируемой в соответствии с международными стандартами и утверждаемой в соответствии с </w:t>
-[...59 lines deleted...]
-      3. Информационной базой для формирования данных по статистике транспорта являются:</w:t>
+      1) первичные статистические данные общегосударственных статистических наблюдений; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z27" w:id="11"/>
-[...15 lines deleted...]
-      1) первичные статистические данные общегосударственных статистических наблюдений;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) административные данные административных источников.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z28" w:id="12"/>
-[...15 lines deleted...]
-      2) административные данные административных источников.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Объектами статистического наблюдения являются: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z29" w:id="13"/>
+    <w:bookmarkStart w:name="z28" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) перевозки грузов и пассажиров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z29" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подвижной состав (флот, суда, вагоны, автомобили) и его использование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z30" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) транспортная инфраструктура (пути, причалы, протяженность транспортных путей, магистральные трубопроводы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z31" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) финансовые результаты перевозочной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z32" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Формирование статистики железнодорожного транспорта</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="15"/>
+        <w:t xml:space="preserve"> Глава 2. Формирование показателей статистики железнодорожного транспорта</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z33" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Единицей статистического наблюдения на железнодорожном транспорте общего пользования является железная дорога, отделение железной дороги, станция, предприятие железнодорожного транспорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...58 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z35" w:id="19"/>
-[...15 lines deleted...]
-      2) отправкой считается отдельная партия груза, приватных (собственных) и арендованных вагонов в порожнем состоянии, багажа, грузобагажа отправленная из одного пункта в другой и оформленная перевозочными документами;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Учет объемов перевозок осуществляется следующим образом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z36" w:id="20"/>
+    <w:bookmarkStart w:name="z35" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) перевозки грузов на железнодорожном транспорте учитываются по отправлению (вывоз) и по прибытию (ввоз) грузов в международном сообщении, включая транзит по территории Республики Казахстан, по отправлению грузов во внутриреспубликанском сообщении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z36" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) отправкой считается отдельная партия груза, приватных (собственных) и арендованных вагонов без учета вагонов в порожнем состоянии, багажа, грузобагажа отправленная из одного пункта в другой и оформленная перевозочными документами; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) количество перевезенных грузов в тоннах определяется исходя из массы, указанной в перевозочных документах, включая массу тары грузов, а также всех приспособлений и оборудования, применяемых при перевозках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z38" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) грузооборот на железнодорожном транспорте отражается с учетом пробега приватных (собственных) и арендованных вагонов в порожнем состоянии, рассчитывается как сумма произведений массы каждой отправки в тоннах на расстояние перевозки, измеряется в тонно-километрах;</w:t>
+      4) грузооборот на железнодорожном транспорте отражает объем перевозочной работы по доставке грузов с учетом расстояния перевозки и определяется как сумма произведений массы каждой отправки в тоннах на расстояние перевозки, измеряется в тонно-километрах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z39" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) перевозка пассажиров включает сумму отправленных, транзитных и прибывших пассажиров. Единицей наблюдения в статистике перевозок пассажиров является пассажиро-поездка. Объектом учета количества пассажиров является каждая поездка одного пассажира между двумя пунктами в одном направлении. Отправление пассажиров определяется по числу билетов, проданных и выданных бесплатно в данном отчетном периоде с учетом приходящихся на этот период пассажиро-поездок, совершенных по групповым билетам, грузовым документам, по абонементным билетам;</w:t>
+      5) перевозка пассажиров включает сумму отправленных и прибывших пассажиров в международном сообщении, отправленных пассажиров во внутриреспубликанском и пригородном сообщениях. Единицей наблюдения в статистике перевозок пассажиров является пассажиро-поездка. Объектом учета количества пассажиров является каждая поездка одного пассажира между двумя пунктами в одном направлении. Отправление пассажиров определяется по числу билетов, проданных и выданных бесплатно в данном отчетном периоде с учетом приходящихся на этот период пассажиро-поездок, совершенных по групповым билетам, по абонементным и другим документам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z40" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) пассажирооборот на железнодорожном транспорте характеризует объем выполненной работы по перевозкам пассажиров отделения дороги, железной дороги и сети в пассажиро-километрах, рассчитываемых умножением количества перевезенных пассажиров на расстояние перевозки, принятое к учету;</w:t>
+      6) пассажирооборот на железнодорожном транспорте характеризует объем выполненной работы по перевозкам пассажиров отделения дороги, железной дороги и сети в пассажиро-километрах, рассчитываемых умножением количества перевезенных пассажиров на расстояние перевозки, принятое к учету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z41" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8) доходы от грузовых перевозок складываются из провозной платы, платы за порожний пробег приватных (собственных) и арендованных вагонов, дополнительных сборов, расчетов за грузовые перевозки между железнодорожными администрациями;</w:t>
+        <w:t xml:space="preserve">
+      7) доходы от грузовых перевозок складываются из провозной платы, платы за порожний пробег приватных (собственных) и арендованных вагонов, дополнительных сборов, расчетов за грузовые перевозки между железнодорожными администрациями; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z42" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9) доходы от перевозки багажа определяются по суммам провозной платы и дополнительных сборов, указанных в корешках багажных квитанций;</w:t>
+        <w:t xml:space="preserve">
+      8) доходы от перевозки багажа определяются по суммам провозной платы и дополнительных сборов, указанных в корешках багажных квитанций; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z43" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) доходы от перевозки пассажиров включают суммы провозной платы и различные доплаты за скорость, спальное место, проезд в купейном и мягком вагоне. В доходы от перевозок пассажиров включаются дотации и субсидии за оказанные услуги по перевозке пассажиров.</w:t>
+      9) доходы от перевозки пассажиров включают суммы провозной платы и различные доплаты за скорость, спальное место, проезд в купейном и мягком вагоне и прочие. В доходы от перевозок пассажиров включаются дотации и субсидии за оказанные услуги по перевозке пассажиров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z44" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) в доходы от вспомогательной транспортной деятельности на железнодорожном транспорте включаются:</w:t>
+      10) показатели железнодорожного транспорта в разрезе областей и городов республиканского значения формируются из автоматизированных систем учета Национального оператора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z45" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      услуги железнодорожного транспорта маневровые и буксировочные;</w:t>
+      11) в доходы от вспомогательной транспортной деятельности на железнодорожном транспорте включаются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z46" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      услуги вспомогательные для железнодорожного транспорта прочие (услуги железнодорожных вокзалов и станций, услуги по техническому обслуживанию и мелкому ремонту подвижного железнодорожного состава);</w:t>
+      услуги железнодорожного транспорта маневровые и буксировочные;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z47" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      услуг по транспортной обработке грузов (услуги по обработке контейнеров, погрузка и разгрузка грузов и багажа, закрепление и выгрузка груза (стивидорные работы);</w:t>
+      услуги вспомогательные для железнодорожного транспорта прочие (услуги железнодорожных вокзалов и станций, услуги по техническому обслуживанию и мелкому ремонту подвижного железнодорожного состава, услуги по эксплуатации подъездных путей необщего пользования (тупики), услуги, оказываемые перевозчикам по предоставлению магистральной железнодорожной сети для пропуска и движения поездов);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z48" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      услуг по организации перевозок грузов (экспедиция груза, подготовка транспортной документации и путевых листов, услуги таможенных агентов).</w:t>
+      услуги по транспортной обработке грузов (услуги по обработке контейнеров, погрузка и разгрузка грузов и багажа, закрепление и выгрузка груза (стивидорные работы));</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z49" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Инфраструктура железнодорожного транспорта включает магистральные железнодорожные пути, подразделяемые на главные, второстепенные и запасные железнодорожные пути.</w:t>
+      услуги по организации перевозок грузов (экспедиция груза, подготовка транспортной документации и путевых листов, услуги таможенных агентов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z50" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9. Подвижной состав охватывает локомотивы, автомотрисы, грузовые и пассажирские вагоны.</w:t>
+        <w:t xml:space="preserve">
+      7. Инфраструктура железнодорожного транспорта включает магистральные железнодорожные пути, подразделяемые на главные, второстепенные и запасные железнодорожные пути. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z51" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Формирование статистики внутреннего водного транспорта</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Подвижной состав включает локомотивы, автомотрисы, грузовые и пассажирские вагоны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z52" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      10. Объектами статистического наблюдения на внутреннем водном транспорте являются перевозки грузов и пассажиров, наличие флота, речных и озерных причалов, протяженность внутренних водных судоходных путей, перегрузочные работы, показатели использования речных и озерных судов, финансовые результаты от перевозочной деятельности и деятельности, связанной с осуществлением транспортного процесса на внутреннем водном транспорте.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Формирование показателей статистики внутреннего водного транспорта</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z53" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Единицами наблюдения на внутреннем водном транспорте являются предприятия внутреннего водного транспорта (порты, пароходства, судоходные компании) и предприятия других отраслей экономики, осуществляющие перевозочную, транспортно-экспедиторскую деятельность на внутреннем водном транспорте на коммерческой основе.</w:t>
+      9. Единицами наблюдения на внутреннем водном транспорте являются предприятия внутреннего водного транспорта (порты, пароходства, судоходные компании) и предприятия других отраслей экономики, осуществляющие перевозочную, транспортно-экспедиторскую деятельность на внутреннем водном транспорте на коммерческой основе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z54" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Информационной базой для формирования данных по статистике внутреннего водного транспорта являются первичные статистические данные общегосударственных статистических наблюдений месячной и годовой периодичности.</w:t>
+      10. Учет объемов перевозок осуществляется следующим образом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z55" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13. Учет объемов перевозок осуществляется следующим образом:</w:t>
+        <w:t xml:space="preserve">
+      1) перевозки грузов учитываются по отправлению. Отправкой считается отдельная партия груза, отправленная из одного пункта в другой и оформленная перевозочными документами; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z56" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) перевозки грузов учитываются по отправлению. Отправкой считается отдельная партия груза, отправленная из одного пункта в другой и оформленная перевозочными документами;</w:t>
+      2) количество отправленных грузов в тоннах определяется исходя из веса, указанного в перевозочных документах, включая вес тары, всех приспособлений и оборудования, применяемых при перевозках. В перевозках грузов учитываются и перевозки грузов на паромах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z57" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) количество отправленных грузов в тоннах определяется исходя из веса, указанного в перевозочных документах, включая вес тары, всех приспособлений и оборудования, применяемых при перевозках. В перевозках грузов учитываются и перевозки грузов на паромах;</w:t>
+      3) объем погруженных и выгруженных грузов в суда (из судов) на собственных причалах предприятий, организаций их силами и средствами учитывается по собственным и арендованным судам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z58" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) объем погруженных и выгруженных грузов в суда (из судов) на собственных причалах предприятий, организаций их силами и средствами учитывается по собственным и арендованным судам;</w:t>
+      4) во внутреннем водном транспорте учитываются перевозки грузов в контейнерах. Вес грузов в любых контейнерах, грузов в пакетах, поддонах, пучках, связках учитывается с весом контейнера брутто или с учетом веса средств пакетирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z59" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) во внутреннем водном транспорте учитываются перевозки грузов в контейнерах. Вес грузов в любых контейнерах, грузов в пакетах, поддонах, пучках, связках учитывается с весом контейнера брутто или с учетом веса средств пакетирования;</w:t>
+      5) во внутреннем водном транспорте учитываются перевозки опасных грузов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z60" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) во внутреннем водном транспорте учитываются перевозки опасных грузов;</w:t>
+      6) в объем погрузочно-разгрузочных работ включают объемы выполненных портовых и кооперированных работ. К портовым относятся перегрузочные работы, выполненные портом при перевозке грузов внутренним водным транспортом. К кооперированным относятся работы, связанные с перегрузкой средствами порта грузов, перевозимых другими видами транспорта Казахстана и всеми видами транспорта других стран;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z61" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) в объем погрузочно-разгрузочных работ включают объемы выполненных портовых и кооперированных работ. К портовым относятся перегрузочные работы, выполненные портом при перевозке грузов внутренним водным транспортом. К кооперированным относятся работы, связанные с перегрузкой средствами порта грузов, перевозимых другими видами транспорта Казахстана и всеми видами транспорта других стран;</w:t>
+      7) грузооборот внутреннего водного транспорта определяется путем умножения веса отправки груза в тоннах на расстояние перевозки и суммированием полученных результатов по всем отправкам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z62" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) грузооборот внутреннего водного транспорта определяется путем перемножения веса отправки груза в тоннах на расстояние перевозки и суммированием полученных результатов по всем отправкам;</w:t>
+      8) в перевозки пассажиров на внутреннем водном транспорте включаются все отправленные пассажиры, оформленные соответствующими проездными документами (платными и льготными пассажирскими билетами, документами групповых перевозок – воинских, экскурсионных и пассажиры в собственных (арендованных) судах для перевозки пассажиров и судах смешанного назначения, а также осуществляющие перевозки на паромах);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z63" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) в перевозки пассажиров на внутреннем водном транспорте включаются все отправленные пассажиры, оформленные соответствующими проездными документами (платными и льготными пассажирскими билетами, документами групповых перевозок – воинских, экскурсионных и пассажиры, осуществляющие перевозки на паромах);</w:t>
+      9) пассажирооборот внутреннего водного транспорта определяется по каждой поездке, исходя из количества пассажиров и расстояния перевозки каждого пассажира от пункта отправления до пункта назначения путем умножения количества отправленных пассажиров на расстояние перевозки каждого пассажира и суммированием полученных результатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z64" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) пассажирооборот внутреннего водного транспорта определяется по каждой поездке, исходя из количества пассажиров и расстояния перевозки каждого пассажира от пункта отправления до пункта назначения путем перемножения количества отправленных пассажиров на расстояние перевозки каждого пассажира и суммированием полученных результатов;</w:t>
+      10) доходы от перевозочной деятельности включают, начисленные отчитывающемуся предприятию, за выполненные по перевозочным документам перевозки грузов и пассажиров по действующим видам тарифов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z65" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) доходы от перевозочной деятельности включают, начисленные отчитывающемуся предприятию, за выполненные по перевозочным документам перевозки грузов и пассажиров по действующим видам тарифов;</w:t>
+      11) в доходы от вспомогательной транспортной деятельности на внутреннем водном транспорте включаются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z66" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) в доходы от вспомогательной транспортной деятельности на внутреннем водном транспорте включаются:</w:t>
+      услуги по эксплуатации внутренних водных путей, кроме обработки грузов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z67" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      услуги по эксплуатации внутренних водных путей, кроме обработки грузов;</w:t>
+      услуги лоцманские и услуги по постановке судов к причалу во внутренних водах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z68" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      услуги лоцманские и услуги по постановке судов к причалу во внутренних водах;</w:t>
+      услуги по спасению и подъему затонувших судов во внутренних водах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z69" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      услуги по спасению и подъему затонувших судов во внутренних водах;</w:t>
+      услуги по транспортной обработке грузов (услуги по обработке контейнеров, погрузка и разгрузка грузов и багажа, закрепление и выгрузка груза (стивидорные работы));</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z70" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      услуг по транспортной обработке грузов (услуги по обработке контейнеров, погрузка и разгрузка грузов и багажа, закрепление и выгрузка груза (стивидорные работы);</w:t>
+      услуги прочей вспомогательной транспортной деятельности (услуги терминалов (речные порты, пристани), услуги шлюзов, каналов, услуги навигационные, деятельность маяков);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z71" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      услуги прочей вспомогательной транспортной деятельности (услуги терминалов (речные порты, пристани), услуги шлюзов, каналов, услуги навигационные, деятельность маяков);</w:t>
+      услуги по организации перевозок грузов (экспедиция груза, подготовка транспортной документации и путевых листов, услуги таможенных агентов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z72" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в услуги по организации перевозок грузов (экспедиция груза, подготовка транспортной документации и путевых листов, услуги таможенных агентов).</w:t>
+      11. Протяженность эксплуатируемых внутренних водных судоходных путей сообщения измеряется по осевой линии обслуживаемых судовых ходов (фарватеров), определяется как сумма протяженности рек, озер, каналов, транспортных путей, водохранилищ и Аральского моря, по которым производится движение судов и буксировка плотов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z73" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      14. Протяженность эксплуатируемых внутренних водных судоходных путей сообщения измеряется по осевой линии обслуживаемых судовых ходов (фарватеров), определяется как сумма протяженности рек, озер, каналов, транспортных путей, водохранилищ и Аральского моря, по которым производится движение судов и буксировка плотов.</w:t>
+        <w:t xml:space="preserve">
+      Внутренние водные судоходные пути по естественному судоходному пути подразделяются на естественные или искусственно созданные пути сообщения. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z74" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Внутренние водные судоходные пути по естественному судоходному пути подразделяются на естественные или искусственно созданные пути сообщения.</w:t>
+      К естественным водным судоходным путям относятся судоходные природные пути.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z75" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      К естественным водным судоходным путям относятся судоходные природные пути.</w:t>
+      К искусственным водным судоходным путям относятся каналы, водохранилища и реки, режим стока и уровней которых значительно изменен возведенными на них гидротехническими сооружениями, построенными для регулирования стока и создающими подпор на всем протяжении реки или на отдельных ее участках.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z76" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      К искусственным водным судоходным путям относятся каналы, водохранилища и реки, режим стока и уровней которых значительно изменен возведенными на них гидротехническими сооружениями, построенными для регулирования стока и создающими подпор на всем протяжении реки или на отдельных ее участках.</w:t>
+      Внутренние водные судоходные пути по обеспеченности установленных габаритов судового хода подразделяются на:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z77" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Внутренние водные судоходные пути по обеспеченности установленных габаритов судового хода подразделяются на:</w:t>
+      судоходные пути с гарантированными глубинами, к ним относятся пути, обеспечивающие в течение всей навигации или части ее установленные габариты судового хода;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z78" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      судоходные пути с гарантированными глубинами, к ним относятся пути, обеспечивающие в течение всей навигации или части ее установленные габариты судового хода;</w:t>
+      судоходные пути с негарантированными глубинами, к ним относятся пути, обеспечивающие в течение всей навигации или части ее неустановленные габариты судового хода.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z79" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      судоходные пути с негарантированными глубинами, к ним относятся пути, обеспечивающие в течение всей навигации или части ее неустановленные габариты судового хода.</w:t>
+      Внутренние водные судоходные пути по наличию установок береговых и плавучих сигнальных устройств подразделяются на:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z80" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Внутренние водные судоходные пути по наличию установок береговых и плавучих сигнальных устройств подразделяются на:</w:t>
+      пути с освещаемыми и светоотражающими знаками, к ним относятся пути, на которых установлены береговые и плавучие сигнальные устройства с освещением, светоотражающими знаками, обеспечивающие безопасность судоходства в ночное время;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z81" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      пути с освещаемыми и светоотражающими знаками, к ним относятся пути, на которых установлены береговые и плавучие сигнальные устройства с освещением, светоотражающими знаками, обеспечивающие безопасность судоходства в ночное время;</w:t>
+      пути с прочими знаками судоходной обстановки и без знаков судоходной обстановки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z82" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      пути с прочими знаками судоходной обстановки и без знаков судоходной обстановки.</w:t>
+      12. Транспортные суда внутреннего водного транспорта включают самоходные и несамоходные суда, предназначенные для перевозок грузов и пассажиров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkStart w:name="z83" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      15. Учет использования судов в эксплуатации ведется по следующим показателям: по количеству судов, по их мощности, грузоподъемности, пассажировместимости.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Формирование показателей статистики морского транспорта</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z84" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      К транспортным судам относятся самоходные и несамоходные суда, предназначенные для перевозок грузов и пассажиров.</w:t>
+      13. Единицами наблюдения на морском транспорте являются предприятия морского транспорта (порты, пароходства, судоходные компании) и предприятия других отраслей экономики, осуществляющие перевозочную, транспортно-экспедиторскую и другую деятельность на морском транспорте на коммерческой основе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:bookmarkStart w:name="z85" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Глава 4. Формирование статистики морского транспорта</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Учет объемов перевозок осуществляется следующим образом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkStart w:name="z86" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Объектами статистического наблюдения на морском транспорте являются перевозки грузов и пассажиров, наличие флота, морских причалов, перегрузочные работы, показатели использования морских судов, финансовые результаты от перевозочной деятельности и деятельности, связанной с осуществлением транспортного процесса на морском транспорте.</w:t>
+      1) морская перевозка включает любую перевозку грузов и (или) пассажиров с использованием торговых судов, совершающих рейсы полностью или частично в море. Включаются перевозки без захода в другой порт (перевозки грузов на установки, расположенные в прибрежных водах, либо для сброса отходов в море или транспортировка грузов, извлекаемых со дна моря и выгружаемых в портах);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:bookmarkStart w:name="z87" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      17. Единицами наблюдения на морском транспорте являются предприятия морского транспорта (порты, пароходства, судоходные компании) и предприятия других отраслей экономики, осуществляющие перевозочную, транспортно-экспедиторскую и другую деятельность на морском транспорте на коммерческой основе.</w:t>
+        <w:t xml:space="preserve">
+      2) исключается прием бункерного топлива и запасов на суда в порту, но включаются операции по доставке бункерного топлива на суда прибрежных зон. Включаются перевозки грузов мореходными судами по рекам и морям. Перевозки грузов на судах внутреннего плавания исключаются (они относятся к перевозкам по внутренним водным путям). Исключаются внутренние перевозки грузов между различными бассейнами или доками одного и того же порта; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z88" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Информационной базой для формирования данных по статистике морского транспорта являются первичные статистические данные общегосударственных статистических наблюдений месячной и годовой периодичности.</w:t>
+      3) коммерческая морская перевозка включает морскую перевозку, производимую в коммерческих целях либо за плату (по найму и за вознаграждение), либо за собственный счет предприятия в рамках более широкой экономической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:bookmarkStart w:name="z89" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Учет объемов перевозок осуществляется следующим образом:</w:t>
+      4) перевозки грузов учитываются по отправлению. Отправкой считается отдельная партия груза, отправленная из одного пункта в другой и оформленная перевозочными документами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:bookmarkStart w:name="z90" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) морская перевозка включает любую перевозку грузов и (или) пассажиров с использованием торговых судов, совершающих рейсы полностью или частично в море. Включаются перевозки без захода в другой порт (перевозки грузов на установки, расположенные в прибрежных водах, либо для сброса отходов в море или транспортировка грузов, извлекаемых со дна моря и выгружаемых в портах);</w:t>
+      5) количество отправленных грузов в тоннах определяется исходя из веса, указанного в перевозочных документах, включая вес тары, всех приспособлений и оборудования, применяемых при перевозках. В перевозках грузов учитываются и перевозки грузов на паромах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:bookmarkStart w:name="z91" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) исключается прием бункерного топлива и запасов на суда в порту, но включаются операции по доставке бункерного топлива на суда прибрежных зон. Включаются перевозки грузов мореходными судами по рекам и морям. Перевозки грузов на судах внутреннего плавания исключаются (они относятся к перевозкам по внутренним водным путям). Исключаются внутренние перевозки грузов между различными бассейнами или доками одного и того же порта;</w:t>
+        <w:t xml:space="preserve">
+      6) грузооборот морского транспорта определяется путем умножения веса отправки груза в тоннах на расстояние перевозки и суммированием полученных результатов по всем отправкам; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:bookmarkStart w:name="z92" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) коммерческая морская перевозка включает морскую перевозку, производимую в коммерческих целях либо за плату (по найму и за вознаграждение), либо за собственный счет предприятия в рамках более широкой экономической деятельности;</w:t>
+      7) в перевозки пассажиров на морском транспорте включаются все отправленные пассажиры, оформленные соответствующими проездными документами (платными и льготными пассажирскими билетами, документами групповых перевозок – воинских, экскурсионных) в собственных (арендованных) судах для перевозки пассажиров и судах смешанного назначения и пассажиры, осуществляющие перевозки на паромах. Исключаются члены экипажа морского судна;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:bookmarkStart w:name="z93" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) перевозки грузов учитываются по отправлению. Отправкой считается отдельная партия груза, отправленная из одного пункта в другой и оформленная перевозочными документами;</w:t>
+      8) пассажирооборот морского транспорта определяется по каждой поездке, исходя из количества пассажиров и расстояния перевозки каждого пассажира от пункта отправления до пункта назначения путем умножения количества отправленных пассажиров на расстояние перевозки каждого пассажира и суммированием полученных результатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:bookmarkStart w:name="z94" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) количество отправленных грузов в тоннах определяется исходя из веса, указанного в перевозочных документах, включая вес тары, всех приспособлений и оборудования, применяемых при перевозках. В перевозках грузов учитываются и перевозки грузов на паромах;</w:t>
+      9) доходы от перевозочной деятельности включают, начисленные отчитывающемуся предприятию, за выполненные по перевозочным документам перевозки грузов и пассажиров по действующим видам тарифов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:bookmarkStart w:name="z95" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) грузооборот морского транспорта определяется путем перемножения веса отправки груза в тоннах на расстояние перевозки и суммированием полученных результатов по всем отправкам;</w:t>
+      10) в доходы от вспомогательной транспортной деятельности на морском транспорте включаются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:bookmarkStart w:name="z96" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) в перевозки пассажиров на морском транспорте включаются все отправленные пассажиры, оформленные соответствующими проездными документами (платными и льготными пассажирскими билетами, документами групповых перевозок – воинских, экскурсионных) и пассажиры, осуществляющие перевозки на паромах. Исключаются члены экипажа морского судна;</w:t>
+      услуги по эксплуатации портов и водных путей, кроме обработки грузов, в морских и прибрежных водах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:bookmarkStart w:name="z97" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) пассажирооборот морского транспорта определяется по каждой поездке, исходя из количества пассажиров и расстояния перевозки каждого пассажира от пункта отправления до пункта назначения путем перемножения количества отправленных пассажиров на расстояние перевозки каждого пассажира и суммированием полученных результатов;</w:t>
+      услуги лоцманские и услуги по постановке судов к причалу в морских и прибрежных водах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:bookmarkStart w:name="z98" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) доходы от перевозочной деятельности включают, начисленные отчитывающемуся предприятию, за выполненные по перевозочным документам перевозки грузов и пассажиров по действующим видам тарифов;</w:t>
+      услуги по спасению и подъему затонувших судов в морских и прибрежных водах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:bookmarkStart w:name="z99" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) в доходы от вспомогательной транспортной деятельности на морском транспорте включаются:</w:t>
+      услуги по транспортной обработке грузов (услуги по обработке контейнеров, погрузка и разгрузка грузов и багажа, закрепление и выгрузка груза (стивидорные работы));</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z100" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      услуги по эксплуатации портов и водных путей, кроме обработки грузов, в морских и прибрежных водах;</w:t>
+      услуги прочей вспомогательной транспортной деятельности (услуги терминалов (морские порты, пристани), услуги шлюзов, каналов, услуги, связанные с навигацией, деятельность маяков);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:bookmarkStart w:name="z101" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      услуги лоцманские и услуги по постановке судов к причалу в морских и прибрежных водах;</w:t>
+      услуги по организации перевозок грузов (экспедиция груза, подготовка транспортной документации и путевых листов, услуги таможенных агентов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:bookmarkStart w:name="z102" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      услуги по спасению и подъему затонувших судов в морских и прибрежных водах;</w:t>
+      15. Транспортные грузовые суда торгового флота, подразделяемые по роду перевозимых грузов на сухогрузные и наливные, по типу двигателя на грузовые самоходные, несамоходные и буксиры.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:bookmarkStart w:name="z103" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      услуг по транспортной обработке грузов (услуги по обработке контейнеров, погрузка и разгрузка грузов и багажа, закрепление и выгрузка груза (стивидорные работы);</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Формирование показателей статистики автомобильного и городского рельсового транспорта</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:bookmarkStart w:name="z104" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      услуги прочей вспомогательной транспортной деятельности (услуги терминалов (морские порты, пристани), услуги шлюзов, каналов, услуги, связанные с навигацией, деятельность маяков);</w:t>
+        <w:t xml:space="preserve">
+      16. Единицей статистического наблюдения на автомобильном и городском рельсовом транспорте являются юридические лица, эксплуатирующие автотранспортные средства, осуществляющие перевозку трамваями, троллейбусами, метрополитеном, легкорельсовым транспортом и прочими видами транспорта (фуникулеры, воздушно-канатные дороги, являющиеся частью системы городского и пригородного транспорта), индивидуальные предприниматели, осуществляющие коммерческие перевозки грузов и пассажиров. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:bookmarkStart w:name="z105" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      услуги по организации перевозок грузов (экспедиция груза, подготовка транспортной документации и путевых листов, услуги таможенных агентов).</w:t>
+      17. Учет объемов перевозок осуществляется следующим образом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:bookmarkStart w:name="z106" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Учету подлежат грузовые суда торгового флота, подразделяемые по роду перевозимых грузов на сухогрузные и наливные, по типу двигателя на грузовые самоходные, несамоходные и буксиры.</w:t>
+      1) перевозки пассажиров автобусами исчисляются как сумма всех пассажиров, перевезенных автобусами в городском, пригородном, междугородном и международном сообщениях, независимо от применяемого тарифа, включая пассажиров, пользующихся правом бесплатного проезда или проездными документами, оплаченными предприятиями (организациями). При применении автоматизированной системы контроля проезда по магнитным билетам или бесконтактным смарт-картам число перевезенных пассажиров определяется по данным этой системы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
     <w:bookmarkStart w:name="z107" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Глава 5. Формирование статистики автомобильного и городского электрического транспорта</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) перевозки пассажиров такси определяются умножением их платного пробега в автомобиле-километрах на среднее число пассажиров в легковом такси и делением результата на среднее расстояние перевозки пассажира. Среднее расстояние перевозки пассажира в легковом такси принимается равным среднему расстоянию перевозки пассажира автобусом в пригородном сообщении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:bookmarkStart w:name="z108" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Объектами статистического наблюдения на автомобильном транспорте являются перевозки грузов и пассажиров, подвижной состав, его использование, финансовые результаты транспортной работы.</w:t>
+      3) перевозки пассажиров трамваями, троллейбусами, метро, легкорельсовым транспортом включают число пассажиров с платным проездом и пользующихся правом бесплатного проезда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:bookmarkStart w:name="z109" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Единицей статистического наблюдения на автомобильном и городском электрическом транспорте являются юридические лица, эксплуатирующие автотранспортные средства, осуществляющие перевозку трамваями, троллейбусами, метрополитеном и прочими видами транспорта (фуникулеры, воздушно-канатные дороги, являющиеся частью системы городского и пригородного транспорта), индивидуальные предприниматели, осуществляющие коммерческие перевозки грузов и пассажиров.</w:t>
+      4) пассажирооборот автобусов определяется умножением количества перевезенных пассажиров на среднее расстояние поездки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
     <w:bookmarkStart w:name="z110" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Информационной базой для формирования данных по статистике автомобильного и городского электрического транспорта являются первичные статистические данные общегосударственных статистических наблюдений месячной, квартальной и годовой периодичности:</w:t>
+      5) пассажирооборот такси определяется умножением платного пробега легкового такси на среднее число перевезенных пассажиров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
     <w:bookmarkStart w:name="z111" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) статистические наблюдения юридических лиц ежемесячной и годовой периодичности;</w:t>
+        <w:t xml:space="preserve">
+      6) пассажирооборот трамваев, троллейбусов, метро, легкорельсового транспорта определяется умножением количества перевезенных пассажиров на среднее расстояние поездки пассажира; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:bookmarkStart w:name="z112" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) статистические наблюдения индивидуальных предпринимателей квартальной периодичности;</w:t>
+      7) перевозки автомобильным грузовым транспортом включают суммарные объемы, выполненные грузовыми автомобилями, пикапами и фургонами на шасси легковых автомобилей и автоприцепами. Учет перевезенных грузов осуществляется по моменту прибытия. Объем перевезенных грузов указывается по фактическому весу перевезенных грузов с учетом веса тары, веса контейнеров за каждую поездку (заезд);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:bookmarkStart w:name="z113" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) административные данные государственных органов о парке транспортных средств, протяженности автомобильных дорог, дорожно-транспортных происшествиях.</w:t>
+      8) грузооборот на автомобильном транспорте определяется умножением веса перевезенного груза (включая груз, перевезенный на автоприцепах) за каждую поездку на расстояние поездки с последующим суммированием произведений по всем поездкам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:bookmarkStart w:name="z114" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Учет объемов перевозок осуществляется следующим образом:</w:t>
+      9) в доходы от перевозок пассажиров автобусами во всех сообщениях включается общая сумма фактической выручки от продажи всех видов проездных билетов (как по отдельным пассажирам, так и по предприятиям и организациям) и выручка от перевозок пассажиров заказными автобусами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:bookmarkStart w:name="z115" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) перевозки пассажиров автобусами исчисляются как сумма всех пассажиров, перевезенных автобусами в городском, пригородном, междугородном и международном сообщениях, независимо от применяемого тарифа, включая пассажиров, пользующихся правом бесплатного проезда или проездными документами, оплаченными предприятиями (организациями);</w:t>
+      10) в доходы от перевозок пассажиров легковыми такси, кроме выручки, полученной от перевозок пассажиров легковыми такси (с учетом доходов от предварительных заказов такси по телефону) включаются доходы, поступившие по безналичному расчету от перевозки почты и периодической печати предприятия связи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
     <w:bookmarkStart w:name="z116" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) перевозки пассажиров такси определяются умножением их платного пробега в автомобиле-километрах на среднее число пассажиров в легковом такси и делением результата на среднее расстояние перевозки пассажира. Среднее расстояние перевозки пассажира в легковом такси принимается равным среднему расстоянию перевозки пассажира автобусом в пригородном сообщении;</w:t>
+      11) в доходы от перевозок пассажиров трамваями, троллейбусами, метро, легкорельсового транспорта включается общая сумма фактической выручки от продажи всех видов проездных документов отдельным гражданам, предприятиям и организациям. В городах, где работа городского пассажирского транспорта организована на основе экономических взаимоотношений между органами исполнительной власти и соответствующих транспортных предприятий в доходах отражается выручка, полученная предприятиями за фактически выполненную работу по перевозкам пассажиров по расчетному тарифу (за 100 место-километров).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:bookmarkStart w:name="z117" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) перевозки пассажиров трамваями, троллейбусами, метро включают число пассажиров с платным проездом и пользующихся правом бесплатного проезда;</w:t>
+      Примечание:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
     <w:bookmarkStart w:name="z118" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) пассажирооборот автобусов определяется умножением количества перевезенных пассажиров на среднее расстояние поездки;</w:t>
+      Среднее число пассажиров в легковом такси принимается равным двум пассажирам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
     <w:bookmarkStart w:name="z119" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) пассажирооборот такси определяется умножением платного пробега легкового такси на среднее число перевезенных пассажиров;</w:t>
+      Среднее расстояние поездки пассажира исчисляется на основании разового (1 раз в пять лет) непосредственного обследования пассажиропотоков в данном городе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:bookmarkStart w:name="z120" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) пассажирооборот трамваев, троллейбусов, метро определяется умножением количества перевезенных пассажиров на среднее расстояние поездки пассажира;</w:t>
+        <w:t xml:space="preserve">
+      В доходы от перевозок пассажиров включаются дотации и субсидии за оказанные услуги по перевозке пассажиров; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
     <w:bookmarkStart w:name="z121" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) перевозки автомобильным грузовым транспортом включают суммарные объемы, выполненные грузовыми автомобилями, пикапами и фургонами на шасси легковых автомобилей и автоприцепами. Учет перевезенных грузов осуществляется по моменту прибытия. Объем перевезенных грузов указывается по фактическому весу перевезенных грузов с учетом веса тары, веса контейнеров за каждую ездку (заезд);</w:t>
+      12) в доходы от вспомогательной транспортной деятельности на автомобильном транспорте включаются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
     <w:bookmarkStart w:name="z122" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) грузооборот на автомобильном транспорте определяется умножением веса перевезенного груза (включая груз, перевезенный на автоприцепах) за каждую ездку на расстояние ездки с последующим суммированием произведений по всем ездкам;</w:t>
+      услуги по транспортной обработке грузов и хранению (погрузка и разгрузка грузов и багажа, закрепление и выгрузка груза (стивидорные работы), складские услуги для всех видов товаров, хранение товаров во внешнеторговых зонах);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
     <w:bookmarkStart w:name="z123" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) в доходы от перевозок пассажиров автобусами во всех сообщениях включается общая сумма фактической выручки от продажи всех видов проездных билетов (как по отдельным пассажирам, так и по предприятиям и организациям) и выручка от перевозок пассажиров заказными автобусами;</w:t>
+      прочей вспомогательной транспортной деятельности (услуг терминалов (автобусные вокзалы и станции), услуги по эксплуатации автомобильных дорог, услуги по хранению транспортных средств, принадлежащих гражданам);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
     <w:bookmarkStart w:name="z124" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      10) в доходы от перевозок пассажиров легковыми такси, кроме выручки, полученной от перевозок пассажиров легковыми такси (с учетом доходов от предварительных заказов такси по телефону) включаются доходы, поступившие по безналичному расчету от перевозки почты и периодической печати предприятия связи;</w:t>
+        <w:t xml:space="preserve">
+      услуги по организации перевозок грузов (экспедиция груза, подготовка транспортной документации и путевых листов, услуги таможенных агентов). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
     <w:bookmarkStart w:name="z125" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) в доходы от перевозок пассажиров трамваями, троллейбусами, метро включается общая сумма фактической выручки от продажи всех видов проездных документов отдельным гражданам, предприятиям и организациям. В городах, где работа городского пассажирского транспорта организована на основе экономических взаимоотношений между органами исполнительной власти и соответствующих транспортных предприятий в доходах отражается выручка, полученная предприятиями за фактически выполненную работу по перевозкам пассажиров по расчетному тарифу (за 100 место-километров).</w:t>
+      18. Формирование данных по статистике автомобильного транспорта по показателям перевозка грузов (грузооборот), перевозка пассажиров (пассажирооборот) осуществляется путем суммирования соответствующих объемов отраслевых показателей, полученных по результатам статистических наблюдений юридических лиц и индивидуальных предпринимателей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
     <w:bookmarkStart w:name="z126" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание:</w:t>
+      Формирование ежемесячных данных по статистике автомобильного транспорта осуществляется следующим образом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
     <w:bookmarkStart w:name="z127" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Среднее число пассажиров в легковом такси принимается равным двум пассажирам.</w:t>
+      Объемы перевозок грузов (грузооборота), перевозок пассажиров (пассажирооборота) юридических лиц формируются на основе ежемесячного статистического наблюдения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
     <w:bookmarkStart w:name="z128" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Среднее расстояние поездки пассажира исчисляется на основании разового (1 раз в пять лет) непосредственного обследования пассажиропотоков в данном городе;</w:t>
+      Объемы перевозок грузов (грузооборота), перевозок пассажиров (пассажирооборота) индивидуальных предпринимателей формируются на основе ежеквартального выборочного статистического наблюдения. Ежемесячные статистические данные индивидуальных предпринимателей составляют 1/3 часть объемов, полученных в квартальном обследовании.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:bookmarkStart w:name="z129" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) в доходы от вспомогательной транспортной деятельности на автомобильном транспорте включаются:</w:t>
+      Доходы от перевозки грузов, пассажиров формируются путем суммирования доходов ежемесячного обследования юридических лиц и 1/3 доходов квартального обследования индивидуальных предпринимателей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
     <w:bookmarkStart w:name="z130" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      услуг по транспортной обработке грузов и хранению (погрузка и разгрузка грузов и багажа, закрепление и выгрузка груза (стивидорные работы), складские услуги для всех видов товаров, хранение товаров во внешнеторговых зонах);</w:t>
+        <w:t xml:space="preserve">
+      Формирование годовых данных по статистике автомобильного транспорта осуществляется следующим образом: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:bookmarkStart w:name="z131" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      прочей вспомогательной транспортной деятельности (услуг терминалов (автобусные вокзалы и станции), услуг по эксплуатации автомобильных дорог, услуг по хранению транспортных средств, принадлежащих гражданам);</w:t>
+      Объемы перевозок грузов (грузооборота), перевозок пассажиров (пассажирооборота) юридических лиц формируются на основе годового статистического наблюдения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:bookmarkStart w:name="z132" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      услуг по организации перевозок грузов (экспедиция груза, подготовка транспортной документации и путевых листов, услуги таможенных агентов).</w:t>
+      Объемы перевозок грузов (грузооборота), перевозок пассажиров (пассажирооборота) индивидуальных предпринимателей формируются на основе ежеквартального выборочного статистического наблюдения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
     <w:bookmarkStart w:name="z133" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Формирование данных по статистике автомобильного транспорта по показателям перевозка грузов (грузооборот), перевозка пассажиров (пассажирооборот) осуществляется путем суммирования соответствующих объемов отраслевых показателей, полученных по результатам статистических наблюдений юридических лиц и индивидуальных предпринимателей.</w:t>
+      Доходы от перевозки грузов, пассажиров формируются путем суммирования доходов годового обследования юридических лиц и доходов квартального обследования индивидуальных предпринимателей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
     <w:bookmarkStart w:name="z134" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Формирование ежемесячных данных по статистике автомобильного транспорта осуществляется следующим образом:</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Формирование показателей статистики трубопроводного транспорта</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
     <w:bookmarkStart w:name="z135" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Объемы перевозок грузов (грузооборота), перевозок пассажиров (пассажирооборота) юридических лиц формируются на основе ежемесячного статистического наблюдения.</w:t>
+      19. Единицей статистического наблюдения являются предприятия, осуществляющие эксплуатацию магистральных трубопроводов, включая транспортировку газов, жидкостей, воды, жидких растворов и других грузов по трубопроводам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
     <w:bookmarkStart w:name="z136" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Объемы перевозок грузов (грузооборота), перевозок пассажиров (пассажирооборота) индивидуальных предпринимателей формируются на основе ежеквартального выборочного статистического наблюдения. Ежемесячные статистические данные индивидуальных предпринимателей составляют 1/3 часть объемов, полученных в квартальном обследовании.</w:t>
+      20. Учет объемов перевозок осуществляется следующим образом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
     <w:bookmarkStart w:name="z137" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Доходы от перевозки грузов, пассажиров формируются путем суммирования доходов ежемесячного обследования юридических лиц и 1/3 доходов квартального обследования индивидуальных предпринимателей.</w:t>
+      1) для трубопроводного транспорта под объемом перевозки грузов подразумевается перекачка нефти (нефтепродуктов, газа), транспортирование грузов по трубопроводам – первоначальное отправление груза, принятого предприятиями трубопроводного транспорта, для доставки из районов добычи (производства) или из-за границы в пункты потребления (перевалочные базы, предприятия по переработке, газораспределительные станции, пункты налива в вагоны-цистерны, танкерные суда, автомобили-цистерны). Определяется в момент закачки груза в трубопровод по показаниям расходомеров и счетчиков. Перекачка природного газа учитывается в единицах объема и переводится в единицы массы (веса) по следующему соотношению: 1 кубический метр = 0,8 килограмм или 1000 кубический метр газа = 0,8 тонн или 1 тонна = 1250 кубических метров. Транспортировка воды учитывается в единицах объема и переводится в единицы массы (веса) по следующему соотношению: 1 кубический метр = 1000 килограмм воды или 1 тонна воды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
     <w:bookmarkStart w:name="z138" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Формирование годовых данных по статистике автомобильного транспорта осуществляется следующим образом:</w:t>
+      2) грузооборот трубопроводного транспорта – объем работы по перемещению нефти, нефтепродуктов, газа и воды по магистральным трубопроводам. Определяется как сумма произведений объемов перекачки нефти (нефтепродуктов, газа, воды) в тоннах на расстояние перекачки от входного коллектора головной насосной станции до входного коллектора завода, наливного пункта, нефтебазы, газораспределительной системы. Определяется по всем трубопроводам в целом и в отдельности по нефтепроводам, продуктопроводам (по видам нефтепродуктов), газопроводам и водоводам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
     <w:bookmarkStart w:name="z139" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Объемы перевозок грузов (грузооборота), перевозок пассажиров (пассажирооборота) юридических лиц формируются на основе годового статистического наблюдения.</w:t>
+      3) доходы от транспортирования нефти и нефтепродуктов определяются тарифной платой за перекачку, перевалку и налив этих грузов. На газопроводном транспорте доходы определяются путем умножения тарифа по транспортировке 1000 кубических метров газа на объем транспортировки. Доходы от транспортировки воды по магистральному трубопроводу определяются путем умножения тарифа по транспортировке 1000 кубических метров воды на объем транспортировки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
     <w:bookmarkStart w:name="z140" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Объемы перевозок грузов (грузооборота), перевозок пассажиров (пассажирооборота) индивидуальных предпринимателей формируются на основе ежеквартального выборочного статистического наблюдения.</w:t>
+      4) показатели трубопроводного транспорта по регионам формируются респондентом самостоятельно на основе данных из систем учета объемов транспортных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
     <w:bookmarkStart w:name="z141" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Доходы от перевозки грузов, пассажиров формируются путем суммирования доходов годового обследования юридических лиц и доходов квартального обследования индивидуальных предпринимателей.</w:t>
+      5) в доходы от вспомогательной транспортной деятельности на трубопроводном транспорте включаются услуги вспомогательные по транспортированию по трубопроводам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
     <w:bookmarkStart w:name="z142" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Работа автомобильного транспорта характеризуется следующими показателями:</w:t>
+      21. Протяженность магистральных трубопроводов исчисляется следующим образом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
     <w:bookmarkStart w:name="z143" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) общая грузоподъемность автомобилей определяется суммированием произведений, полученных от умножения списочного числа грузовых автомобилей каждой марки на их грузоподъемность по паспорту завода-изготовителя;</w:t>
+      1) нефтепроводов и нефтепродуктопроводов – суммированием протяжений магистральных отрезков трубопроводов для перекачки нефти и нефтепродуктов, расположенных на территории страны. Измеряется в километрах одиночного протяжения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:bookmarkStart w:name="z144" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) общая пассажировместимость автобусов определяется суммированием произведений, полученных от умножения списочного числа автобусов каждой марки на их вместимость по числу мест для сидения;</w:t>
+      2) газопроводов – суммированием линейных протяжений участков отдельных ниток газопроводов, поставляющих газ от насосной станции распределительным и промышленным предприятиям страны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:bookmarkStart w:name="z145" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) коэффициент использования парка автомобилей определяется как отношение автомобиле-дней пребывания подвижного состава в работе к автомобиле-дням пребывания его в хозяйстве:</w:t>
+      Примечание:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
     <w:bookmarkStart w:name="z146" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Протяженность газопроводов не охватывает протяженность газораспределительной сети, поставляющей газ бытовым потребителям. Измеряется в километрах одиночного протяжения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z147" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) водовода – суммированием линейных протяжений участков отдельных ниток водовода, с учетом всех поворотов, подъемов и спусков от источника (реки, водохранилища, скважины) до потребителей (населенных пунктов, промышленных объектов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z148" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. Формирование показателей статистики воздушного транспорта</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z149" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Единицами статистического наблюдения являются предприятия воздушного транспорта, выполняющие регулярные и нерегулярные перевозки, а также предприятия, осуществляющие регулирование, управление и контроль за использованием воздушного пространства и обеспечением безопасности воздушного движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z150" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Учет объемов перевозок осуществляется следующим образом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z151" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) количество перевезенных пассажиров на воздушном транспорте исчисляется суммированием числа всех пассажиров, перевезенных в отчетном периоде самолетами транспортной авиации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z152" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пассажирооборот на воздушном транспорте определяется суммированием произведений числа перевезенных пассажиров на каждом участке полета на соответствующее этому участку эксплуатационное расстояние;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z153" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) на воздушном транспорте количество перевезенных грузов исчисляется суммированием веса всех грузов, почты и платного багажа, перевезенных в отчетном периоде самолетами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z154" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) грузооборот воздушного транспорта определяется суммированием произведений количества тонн груза и почты, перевезенных на каждом участке полета на соответствующее этому участку эксплуатационное расстояние;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z155" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) доходы от транспортной авиации включают поступления от пассажирских, почтовых и грузовых перевозок по международным воздушным линиям, линиям внутреннего сообщения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z156" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) показатели воздушного транспорта по регионам формируются респондентом самостоятельно на основе данных из систем учета объемов транспортных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z157" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) в доходы от вспомогательной транспортной деятельности на воздушном транспорте включаются: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z158" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      услуги аэропортов, кроме обработки грузов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z159" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наземное обслуживание воздушных судов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z160" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      временное складирование багажа в аэропортах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z161" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      услуги по пожаротушению и противопожарным мерам в аэропортах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z162" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      буксировка воздушных судов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z163" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      услуги ангаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z164" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      услуги по управлению воздушным движением; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z165" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      услуги касс по продаже авиабилетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z166" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      услуги по транспортной обработке грузов (погрузка и разгрузка грузов и багажа, закрепление и выгрузка груза (стивидорные работы));</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z167" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      услуги по организации перевозок грузов (экспедиция груза, подготовка транспортной документации и путевых листов, услуги таможенных агентов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z168" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Полеты на воздушном транспорте подразделяются на регулярные и нерегулярные:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z169" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) к регулярным перевозчикам на воздушном транспорте относятся авиапредприятия, осуществляющие перевозки пассажиров, грузов и почты на регулярной и договорной основе; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z170" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) к регулярным авиаперевозкам (по расписанию) относятся полеты, запланированные и выполняемые в соответствии с опубликованным расписанием за плату, или достаточно частые полеты, считающиеся систематически выполняемой серией полетов, места, забронированные непосредственно в любом агентстве и дополнительные полеты, вызванные перегрузкой регулярных рейсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z171" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) к нерегулярным перевозчикам на воздушном транспорте относятся предприятия, осуществляющие коммерческие перевозки грузов и пассажиров только на нерегулярной договорной основе: чартерные (заказные) полеты, спецрейсы, туристические маршруты ("инклюзив тур"), не отраженные в регулярных перевозках; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z172" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) к нерегулярным (чартерным) авиаперевозкам относятся и блок-чартерные перевозки (перевозки, при которых вся емкость воздушного судна зафрахтована для чартерных перевозок на основе полетов, указанных в расписании как регулярные, но осуществляемые как чартерные полеты по тем же самым или похожим маршрутам и расписаниям). Для определения показателей перевозок используются данные, указанные в "Задании на полет" каждого рейса и в соответствующих сопроводительных перевозочных документах. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z173" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Сведения о перевозках, осуществляемых в рамках соглашений о совместном использовании кодов, пуловых соглашений, блок-чартерных перевозок, соглашений о блокировании мест, а также на условиях совместно обслуживаемых рейсов и аренды воздушных судов, представляются авиаперевозчиком, фактически выполняющим полеты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z174" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данные учитываются по каждому рейсу, выполненному воздушными судами, включенными в Сертификат эксплуатанта данного перевозчика, независимо от коммерческой схемы их выполнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z175" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. Регулярность полетов воздушных судов характеризуется отношением количества прибытий, выполненных без опоздания по сравнению с расписанием, к количеству прибытий, предусмотренных расписанием. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z176" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Работа воздушного транспорта характеризуется следующими показателями:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z177" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коэффициент использования пассажирских кресел определяется делением фактического пассажирооборота на предельный пассажирооборот, исходя из количества пассажирских кресел, установленных на данном типе самолета, эксплуатируемого по маршруту движения (за исключением рейсов, имеющих почтовый лимит):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z178" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ип</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>/П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z179" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      где: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z180" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ип</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - коэффициент использования пассажирских кресел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z181" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фактический пассажирооборот;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z182" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – предельный пассажирооборот.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z183" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) коэффициент использования грузоподъемности самолетов определяется делением фактических тонно-километров на нормативные тонно-километры:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z184" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>иг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = Г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>/Г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z185" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z186" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>иг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент использования грузоподъемности самолетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z187" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фактический грузооборот;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z188" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – нормативный грузооборот;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z189" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) самолето-километры авиаперевозок определяются суммированием произведений, полученных в результате умножения числа выполненных этапов полета на всех типах воздушных судов на протяженность соответствующего этапа соответственно по каждому виду перевозки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z190" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) налет часов - общее количество часов нахождения воздушного судна в полете с момента начала движения его по взлетной полосе при взлете и до момента торможения и перехода на рулежную дорожку после завершения полета. Фактический налет на 1 списочный самолет - отношение общего коммерческого налета часов на данном типе воздушного судна к среднесписочному числу воздушных судов данного типа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z191" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выполненные пассажирские тонно-километры определяются умножением выполненного пассажирооборота на коэффициент 0,09, применяемый, исходя из среднего веса пассажира с ручной кладью, принят равным 90 кг:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z192" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>пткм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ВП*0,09, (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z193" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z194" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>пткм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – выполненные пассажирские тонно-километры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z195" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ВП – выполненный пассажирооборот;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z196" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      0,09 – средний вес пассажира с ручной кладью, принятый равным 90 кг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z197" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) располагаемые кресло-километры определяются суммированием произведений, предлагаемых к продаже кресел на каждом этапе полета на протяженность соответствующего этапа по каждому виду перевозки. При расчетах располагаемых кресло-километров (предельного пассажирооборота) не учитываются кресла, фактически предоставленные для перевозки пассажиров из-за дополнительного топлива или другого груза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z198" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) выполненные тонно-километры определяются суммированием произведений количества перевезенных грузов (соответственно почты) в тоннах на каждом этапе полета на протяженность этапа. Количество перевезенных грузов, почты на этапе полета равно количеству грузов, почты, находящихся на борту воздушного судна на данном этапе полета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z199" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) располагаемые тонно-километры определяются суммирование произведений располагаемой коммерческой загрузки в тоннах на каждом этапе полета на протяженность соответствующего этапа по каждому виду перевозки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z200" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 8. Формирование показателей статистики дорожно-транспортных происшествий</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z201" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Формирование статистики дорожно-транспортных происшествий (далее – ДТП) осуществляется по данным административного источника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z202" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29. Основными показателями статистики ДТП являются: число происшествий, число погибших и раненых. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z203" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ДТП подразделяются на следующие виды происшествий: столкновения транспортных средств, наезд на пешехода, наезд на препятствие, наезд на стоящие транспортные средства, наезд на животных, наезд на велосипедистов, вследствие опрокидывания, вследствие падения пассажира. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z204" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Учитываются ДТП по месту совершения происшествия: в населенных пунктах, на дорогах международного, республиканского значения и на дорогах областного, районного значения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z205" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Учитываются ДТП по причинам: превышение скорости, при проезде пешеходных переходов, выезд на полосу встречного движения, переход пешеходами проезжей части в неустановленном месте происшествия, совершенные в состоянии алкогольного и наркотического опьянения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z206" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Учитываются ДТП во временном промежутке: по времени года, по неделям, по месяцам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z207" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Учитываются ДТП с учетом освещенности и погодных условий. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z208" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Количество пострадавших (погибших и раненых) учитывается по возрастной и половой принадлежности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z209" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Для публикации используются следующие расчетные показатели:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z210" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) число ДТП на 100000 человек населения определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z211" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДТП = (Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>отч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>. год</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ср</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>. год</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) * 100000, (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z212" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z213" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДТП – число ДТП на 100000 человек населения, единиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z214" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>отч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>. год</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – число ДТП за отчетный год, единиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z215" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ср</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>. год</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – среднегодовая численность населения, человек;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z216" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) частота совершения происшествий во времени определяется по следующим формулам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z217" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ч = 24 часа / (П / 365 дней), (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z218" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z219" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ч – частота совершения происшествий в часах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z220" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      П – число происшествий, единиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z221" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М = 60 минут / (П / 365 дней / 24 часа), (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z222" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      где: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z223" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М – частота совершения происшествий в минутах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z224" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      П – число происшествий, единиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z225" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 9. Выборочное обследование грузовых и пассажирских перевозок индивидуальных предпринимателей на автомобильном транспорте</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z226" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Обследование деятельности индивидуальных предпринимателей выборочным методом осуществляется по общегосударственным статистическим наблюдениям в соответствии с Методикой по проведению выборочных обследований предприятий органами статистики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z227" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основными показателями являются перевозки грузов, грузооборот, перевозки пассажиров, пассажирооборот, доходы от перевозки грузов, пассажиров и количество автотранспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z228" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Единицами обследования являются индивидуальные предприниматели, использующие грузовые автомобили, автобусы и легковые автомобили (такси) для перевозки грузов и пассажиров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z229" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      32. В качестве генеральной совокупности для обследования используется Статистический бизнес регистр, содержащий перечень данных об индивидуальных предпринимателях. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z230" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Выборочная совокупность индивидуальных предпринимателей формируется из числа предпринимателей, основным и вторичным видом деятельности которых, является осуществление перевозок грузов и пассажиров автомобильным транспортом на коммерческой основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z231" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В рамках выборочного обследования перевозочной деятельности индивидуальными предпринимателями рассматриваются перевозки, выполняемые на коммерческой основе, поскольку они учитываются в статистике транспорта. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z232" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обследование проводится последовательно в течение отчетного года в соответствии с утвержденным графиком проведения статистических наблюдений. Преимущества такого подхода заключаются в адекватном отображении действительного положения дел с перевозками грузов и пассажиров в течение всего года, включая периоды значительного снижения и возрастания объемов перевозок, длительных простоев из-за праздничных дней или неблагоприятных погодных условий. Каждый индивидуальный предприниматель, попавший в выборочную совокупность, обследуется один раз в год в течение одной недели.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z233" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Размер и состав выборочной совокупности определяются исходя из описания генеральной совокупности, требований к репрезентативности и допустимой ошибки выборки. Процесс включает стратификацию генеральной совокупности, расчет размеров выборки по стратам, формирование выборочной совокупности и, при необходимости, взвешивание данных. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z234" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Стратификация осуществляется по следующим признакам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z235" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      территория регистрации индивидуального предпринимателя, согласно Классификатора административно-территориальных объектов (КАТО); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z236" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      основной и вторичный виды деятельности, согласно кодам Общего классификатора видов экономической деятельности (ОКЭД) 49.4, 49.31.1, 49.31.9, 49.32.0, 49.39.0.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z237" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Формирование сводных данных осуществляется по итогам за квартал путем распространения полученных по результатам обследования данных на генеральную совокупность органами статистики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z238" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 10. Расчет валового выпуска услуг отрасли "Транспорт и складирование"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z239" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      36. Валовой выпуск услуг транспорта представляет собой стоимость транспортных услуг, оказанных всеми производителями услуг, к которым относятся юридические лица и индивидуальные предприниматели, осуществляющие транспортную деятельность любой организационно-правовой формы и любой формы собственности, специализирующиеся на оказании транспортных услуг, включается стоимость услуг, формируемых в сфере ненаблюдаемой экономики. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z240" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав валового выпуска включаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z241" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) объем услуг транспорта (доход) от перевозки грузов и пассажиров, от вспомогательной транспортной деятельности, формируемый на основе данных общегосударственных статистических наблюдений предприятий с основным и вторичным видом деятельности "Транспорт и складирование" и индивидуальных предпринимателей, оказывающих услуги по перевозке грузов и пассажиров автомобильным транспортом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z242" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) объем услуг транспорта, формируемый в сфере ненаблюдаемой экономики (далее – ННЭ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z243" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Валовой выпуск услуг транспорта рассчитывается суммированием средств (доходов), получаемых в качестве оплаты за грузовые и пассажирские перевозки и оказанные услуги по складированию грузов, вспомогательной транспортной деятельности и производится по видам деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z244" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      железнодорожный транспорт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z245" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      автомобильный транспорт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z246" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      городской рельсовый транспорт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z247" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      трубопроводный транспорт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z248" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внутренний водный транспорт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z249" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      морской и прибрежный транспорт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z250" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      воздушный транспорт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z251" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      складирование грузов и вспомогательная транспортная деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z252" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Валовой выпуск услуг транспорта исчисляется по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z253" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ип</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>нпо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>+ V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>нфд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z254" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z255" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – валовой выпуск услуг транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z256" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – валовой выпуск малых, средних и крупных предприятий транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z257" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ип</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – валовой выпуск услуг индивидуальных предпринимателей на автомобильном транспорте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z258" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>нпо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – объем предприятий сферы услуг транспорта, не представивших отчеты по общегосударственным статистическим обследованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z259" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>нфд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - объем неформальной транспортной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z260" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      37. Валовой выпуск в сфере ННЭ по секции "Транспорт и складирование" включает деятельность предприятий неформального сектора (предприятия домашних хозяйств, осуществляющих рыночное производство товаров и оказание услуг, и не имеющих статуса юридического лица), а также оценку неучтенных объемов по зарегистрированным юридическим лицам, не представившим сведения в органы государственной статистики. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z261" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Процедура расчета объемов предприятий сферы услуг транспорта, не представивших отчеты, рассчитывается по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z262" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>нпо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = X</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ij</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * U</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ij</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (8)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z263" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z264" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>нпо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - объем предприятий сферы услуг транспорта, не представивших отчеты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z265" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I - индикатор вида деятельности,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z266" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      J - индикатор размера предприятия,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z267" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      X - средняя величина агрегата на одно предприятие;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z268" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      U - количество предприятий, не представивших отчеты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z269" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Валовой выпуск в неформальном секторе формируется по итогам обследований домашних хозяйств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z270" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Расчет объема валового выпуска услуг транспорта производится на ежемесячной, ежеквартальной и годовой основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z271" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Валовой выпуск услуг транспорта ежемесячно (квартально) рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z272" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5803900" cy="558800"/>
+            <wp:extent cx="7810500" cy="1193800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5803900" cy="558800"/>
+                      <a:ext cx="7810500" cy="1193800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="131"/>
+    <w:bookmarkStart w:name="z273" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z152" w:id="136"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z274" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5803900" cy="406400"/>
+            <wp:extent cx="381000" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5803900" cy="406400"/>
+                      <a:ext cx="381000" cy="330200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – валовой выпуск услуг транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="137"/>
-[...1085 lines deleted...]
-    <w:bookmarkStart w:name="z205" w:id="189"/>
+    <w:bookmarkStart w:name="z275" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5778500" cy="457200"/>
+            <wp:extent cx="558800" cy="444500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5778500" cy="457200"/>
+                      <a:ext cx="558800" cy="444500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – доходы от перевозки грузов предприятий железнодорожного транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z206" w:id="190"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z211" w:id="195"/>
+    <w:bookmarkStart w:name="z276" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5753100" cy="381000"/>
+            <wp:extent cx="571500" cy="457200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5753100" cy="381000"/>
+                      <a:ext cx="571500" cy="457200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – доходы от перевозки пассажиров предприятий железнодорожного транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z212" w:id="196"/>
-[...199 lines deleted...]
-    <w:bookmarkStart w:name="z219" w:id="203"/>
+    <w:bookmarkStart w:name="z277" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5753100" cy="368300"/>
+            <wp:extent cx="1422400" cy="469900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5753100" cy="368300"/>
+                      <a:ext cx="1422400" cy="469900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – доходы от аренды транспортных средств с водителем предприятий железнодорожного транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z220" w:id="204"/>
-[...377 lines deleted...]
-    <w:bookmarkStart w:name="z238" w:id="222"/>
+    <w:bookmarkStart w:name="z278" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkEnd w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5727700" cy="381000"/>
+            <wp:extent cx="800100" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5727700" cy="381000"/>
+                      <a:ext cx="800100" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – доходы от перевозки грузов предприятий автомобильного транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z239" w:id="223"/>
-[...149 lines deleted...]
-    <w:bookmarkStart w:name="z244" w:id="228"/>
+    <w:bookmarkStart w:name="z279" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5765800" cy="406400"/>
+            <wp:extent cx="800100" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5765800" cy="406400"/>
+                      <a:ext cx="800100" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – доходы от перевозки пассажиров предприятий автомобильного транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z245" w:id="229"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z248" w:id="232"/>
+    <w:bookmarkStart w:name="z280" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5740400" cy="368300"/>
+            <wp:extent cx="1447800" cy="444500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5740400" cy="368300"/>
+                      <a:ext cx="1447800" cy="444500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – доходы от аренды транспортных средств с водителем предприятий автомобильного транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z249" w:id="233"/>
-[...634 lines deleted...]
-    <w:bookmarkEnd w:id="264"/>
     <w:bookmarkStart w:name="z281" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6299200" cy="393700"/>
+            <wp:extent cx="850900" cy="520700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6299200" cy="393700"/>
+                      <a:ext cx="850900" cy="520700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – доходы от транспортировки грузов предприятий трубопроводного транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z282" w:id="266"/>
-    <w:p>
-[...258 lines deleted...]
-    <w:bookmarkStart w:name="z290" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkEnd w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7607300" cy="355600"/>
+            <wp:extent cx="711200" cy="457200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7607300" cy="355600"/>
+                      <a:ext cx="711200" cy="457200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – доходы от перевозки грузов предприятий воздушного транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z291" w:id="275"/>
-[...199 lines deleted...]
-    <w:bookmarkStart w:name="z300" w:id="284"/>
+    <w:bookmarkStart w:name="z283" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5715000" cy="660400"/>
+            <wp:extent cx="723900" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5715000" cy="660400"/>
+                      <a:ext cx="723900" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(11)</w:t>
+        <w:t xml:space="preserve"> – доходы от перевозки пассажиров предприятий воздушного транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z301" w:id="285"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z303" w:id="287"/>
+    <w:bookmarkStart w:name="z284" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkEnd w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="469900" cy="381000"/>
+            <wp:extent cx="1435100" cy="444500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="469900" cy="381000"/>
+                      <a:ext cx="1435100" cy="444500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции предприятий железнодорожного транспорта;</w:t>
+        <w:t xml:space="preserve"> – доходы от аренды транспортных средств с водителем предприятий воздушного транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z304" w:id="288"/>
+    <w:bookmarkStart w:name="z285" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkEnd w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="558800" cy="393700"/>
+            <wp:extent cx="977900" cy="469900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="558800" cy="393700"/>
+                      <a:ext cx="977900" cy="469900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции предприятий автомобильного транспорта;</w:t>
+        <w:t xml:space="preserve"> – доходы от перевозки грузов предприятий внутреннего водного транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z305" w:id="289"/>
+    <w:bookmarkStart w:name="z286" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkEnd w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="508000" cy="406400"/>
+            <wp:extent cx="977900" cy="469900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="508000" cy="406400"/>
+                      <a:ext cx="977900" cy="469900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции индивидуальных предпринимателей автомобильного транспорта;</w:t>
+        <w:t xml:space="preserve"> – доходы от перевозки пассажиров предприятий внутреннего водного транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z306" w:id="290"/>
+    <w:bookmarkStart w:name="z287" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkEnd w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="546100" cy="342900"/>
+            <wp:extent cx="1435100" cy="419100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="546100" cy="342900"/>
+                      <a:ext cx="1435100" cy="419100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции предприятий трубопроводного транспорта;</w:t>
+        <w:t xml:space="preserve"> – доходы от аренды транспортных средств с водителем предприятий внутреннего водного транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z307" w:id="291"/>
+    <w:bookmarkStart w:name="z288" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkEnd w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="495300" cy="381000"/>
+            <wp:extent cx="749300" cy="482600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="495300" cy="381000"/>
+                      <a:ext cx="749300" cy="482600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции предприятий воздушного транспорта;</w:t>
+        <w:t xml:space="preserve"> – доходы от перевозки грузов предприятий морского транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z308" w:id="292"/>
+    <w:bookmarkStart w:name="z289" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkEnd w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="596900" cy="368300"/>
+            <wp:extent cx="762000" cy="444500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="596900" cy="368300"/>
+                      <a:ext cx="762000" cy="444500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции предприятий внутреннего водного транспорта;</w:t>
+        <w:t xml:space="preserve"> – доходы от перевозки пассажиров предприятий морского транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z309" w:id="293"/>
+    <w:bookmarkStart w:name="z290" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkEnd w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="520700" cy="355600"/>
+            <wp:extent cx="1371600" cy="469900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="520700" cy="355600"/>
+                      <a:ext cx="1371600" cy="469900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции предприятий морского транспорта;</w:t>
+        <w:t xml:space="preserve"> – доходы от аренды транспортных средств с водителем предприятий морского транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z310" w:id="294"/>
+    <w:bookmarkStart w:name="z291" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkEnd w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="762000" cy="381000"/>
+            <wp:extent cx="1270000" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="762000" cy="381000"/>
+                      <a:ext cx="1270000" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции предприятий по складированию грузов, вспомогательной транспортной деятельности;</w:t>
+        <w:t xml:space="preserve"> – валовой выпуск услуг предприятий по складированию грузов, вспомогательной транспортной деятельности;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z311" w:id="295"/>
+    <w:bookmarkStart w:name="z292" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>нпо</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – объем предприятий сферы услуг транспорта, не представивших отчеты;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z312" w:id="296"/>
+        <w:t xml:space="preserve"> – валовой выпуск предприятий сферы услуг транспорта, не представивших отчеты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z293" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>нфд</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - объем неформальной транспортной деятельности.</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z314" w:id="298"/>
+        <w:t xml:space="preserve"> - валовой выпуск неформальной транспортной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z294" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Валовой выпуск услуг транспорта на годовой основе рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z295" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkEnd w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="571500"/>
+            <wp:extent cx="7810500" cy="1143000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="571500"/>
+                      <a:ext cx="7810500" cy="1143000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z315" w:id="299"/>
+    <w:bookmarkStart w:name="z296" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z317" w:id="301"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z297" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="457200" cy="355600"/>
+            <wp:extent cx="381000" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="457200" cy="355600"/>
+                      <a:ext cx="381000" cy="330200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции предприятий железнодорожного транспорта;</w:t>
+        <w:t xml:space="preserve"> – валовой выпуск услуг транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z318" w:id="302"/>
+    <w:bookmarkStart w:name="z298" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkEnd w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="508000" cy="330200"/>
+            <wp:extent cx="558800" cy="444500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="508000" cy="330200"/>
+                      <a:ext cx="558800" cy="444500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции предприятий автомобильного транспорта;</w:t>
+        <w:t xml:space="preserve"> – доходы от перевозки грузов предприятий железнодорожного транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z319" w:id="303"/>
+    <w:bookmarkStart w:name="z299" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkEnd w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="508000" cy="368300"/>
+            <wp:extent cx="571500" cy="457200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId26"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="508000" cy="368300"/>
+                      <a:ext cx="571500" cy="457200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции индивидуальных предпринимателей автомобильного транспорта;</w:t>
+        <w:t xml:space="preserve"> – доходы от перевозки пассажиров предприятий железнодорожного транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z320" w:id="304"/>
+    <w:bookmarkStart w:name="z300" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="533400" cy="368300"/>
+            <wp:extent cx="1422400" cy="469900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="533400" cy="368300"/>
+                      <a:ext cx="1422400" cy="469900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции предприятий трубопроводного транспорта;</w:t>
+        <w:t xml:space="preserve"> – доходы от аренды транспортных средств с водителем предприятий железнодорожного транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z321" w:id="305"/>
+    <w:bookmarkStart w:name="z301" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="546100" cy="355600"/>
+            <wp:extent cx="800100" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId28"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="546100" cy="355600"/>
+                      <a:ext cx="800100" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции предприятий воздушного транспорта;</w:t>
+        <w:t xml:space="preserve"> – доходы от перевозки грузов предприятий автомобильного транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z322" w:id="306"/>
+    <w:bookmarkStart w:name="z302" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkEnd w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="609600" cy="355600"/>
+            <wp:extent cx="800100" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId29"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="609600" cy="355600"/>
+                      <a:ext cx="800100" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции предприятий внутреннего водного транспорта;</w:t>
+        <w:t xml:space="preserve"> – доходы от перевозки пассажиров предприятий автомобильного транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z323" w:id="307"/>
+    <w:bookmarkStart w:name="z303" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkEnd w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="533400" cy="355600"/>
+            <wp:extent cx="1447800" cy="444500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId30"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="533400" cy="355600"/>
+                      <a:ext cx="1447800" cy="444500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции предприятий морского транспорта;</w:t>
+        <w:t xml:space="preserve"> – доходы от аренды транспортных средств с водителем предприятий автомобильного транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z324" w:id="308"/>
+    <w:bookmarkStart w:name="z304" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkEnd w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="812800" cy="355600"/>
+            <wp:extent cx="850900" cy="520700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId31"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="812800" cy="355600"/>
+                      <a:ext cx="850900" cy="520700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– валовой выпуск продукции предприятий по складированию грузов, вспомогательной транспортной деятельности;</w:t>
+        <w:t xml:space="preserve"> – доходы от транспортировки грузов предприятий трубопроводного транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z325" w:id="309"/>
-[...197 lines deleted...]
-    <w:bookmarkStart w:name="z335" w:id="319"/>
+    <w:bookmarkStart w:name="z305" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkEnd w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6807200" cy="736600"/>
+            <wp:extent cx="711200" cy="457200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId32"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6807200" cy="736600"/>
+                      <a:ext cx="711200" cy="457200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – доходы от перевозки грузов предприятий воздушного транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z336" w:id="320"/>
+    <w:bookmarkStart w:name="z306" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkEnd w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6654800" cy="749300"/>
+            <wp:extent cx="723900" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId33"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6654800" cy="749300"/>
+                      <a:ext cx="723900" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – доходы от перевозки пассажиров предприятий воздушного транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z337" w:id="321"/>
-[...399 lines deleted...]
-    <w:bookmarkStart w:name="z345" w:id="329"/>
+    <w:bookmarkStart w:name="z307" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6756400" cy="838200"/>
+            <wp:extent cx="1435100" cy="444500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId34"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6756400" cy="838200"/>
+                      <a:ext cx="1435100" cy="444500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – доходы от аренды транспортных средств с водителем предприятий воздушного транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z346" w:id="330"/>
+    <w:bookmarkStart w:name="z308" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkEnd w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6845300" cy="914400"/>
+            <wp:extent cx="977900" cy="469900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId35"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6845300" cy="914400"/>
+                      <a:ext cx="977900" cy="469900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – доходы от перевозки грузов предприятий внутреннего водного транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z347" w:id="331"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z348" w:id="332"/>
+    <w:bookmarkStart w:name="z309" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkEnd w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="508000" cy="355600"/>
+            <wp:extent cx="977900" cy="469900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId36"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="508000" cy="355600"/>
+                      <a:ext cx="977900" cy="469900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- доля доходов грузовых перевозок каждого вида транспорта;</w:t>
+        <w:t xml:space="preserve"> – доходы от перевозки пассажиров предприятий внутреннего водного транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z349" w:id="333"/>
+    <w:bookmarkStart w:name="z310" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkEnd w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="508000" cy="393700"/>
+            <wp:extent cx="1435100" cy="419100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId37"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="508000" cy="393700"/>
+                      <a:ext cx="1435100" cy="419100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- доля доходов пассажирских перевозок каждого вида транспорта;</w:t>
+        <w:t xml:space="preserve"> – доходы от аренды транспортных средств с водителем предприятий внутреннего водного транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z350" w:id="334"/>
+    <w:bookmarkStart w:name="z311" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkEnd w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="584200" cy="406400"/>
+            <wp:extent cx="749300" cy="482600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId38"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="584200" cy="406400"/>
+                      <a:ext cx="749300" cy="482600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- доходы по грузовым перевозкам каждого вида транспорта за соответствующий период предыдущего года;</w:t>
+        <w:t xml:space="preserve"> – доходы от перевозки грузов предприятий морского транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z351" w:id="335"/>
+    <w:bookmarkStart w:name="z312" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkEnd w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="546100" cy="406400"/>
+            <wp:extent cx="762000" cy="444500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId39"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="546100" cy="406400"/>
+                      <a:ext cx="762000" cy="444500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- доходы по пассажирским перевозкам каждого вида транспорта за соответствующий период предыдущего года;</w:t>
+        <w:t xml:space="preserve"> – доходы от перевозки пассажиров предприятий морского транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z352" w:id="336"/>
+    <w:bookmarkStart w:name="z313" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkEnd w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="774700" cy="508000"/>
+            <wp:extent cx="1371600" cy="469900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId40"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="774700" cy="508000"/>
+                      <a:ext cx="1371600" cy="469900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- доходы по грузовым перевозкам по всем видам транспорта за соответствующий период предыдущего года;</w:t>
+        <w:t xml:space="preserve"> – доходы от аренды транспортных средств с водителем предприятий морского транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z353" w:id="337"/>
+    <w:bookmarkStart w:name="z314" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkEnd w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="774700" cy="508000"/>
+            <wp:extent cx="1270000" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId41"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="774700" cy="508000"/>
+                      <a:ext cx="1270000" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- доходы по пассажирским перевозкам по всем видам транспорта за соответствующий период предыдущего года.</w:t>
+        <w:t xml:space="preserve"> – валовой выпуск услуг предприятий по складированию грузов, вспомогательной транспортной деятельности;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z354" w:id="338"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z355" w:id="339"/>
+    <w:bookmarkStart w:name="z315" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>нпо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – валовой выпуск предприятий сферы услуг транспорта, не представивших отчеты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z316" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>нфд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - валовой выпуск неформальной транспортной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z317" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 11. Расчет индекса физического объема отрасли "Транспорт и складирование"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z318" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Индекс физического объема по отрасли "Транспорт и складирование" характеризует изменение объемов грузовых и пассажирских перевозок в отчетном периоде по сравнению с базисным и исчисляется на основе средневзвешенного темпа роста доходов от перевозки грузов и пассажиров с учетом дефлятора (изменения тарифов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z319" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. При расчете используются доли доходов базисного периода:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z320" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - доля доходов грузовых (пассажирских) перевозок каждого отдельного вида транспорта в общей сумме доходов от республиканских грузоперевозок (пассажироперевозок); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z321" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - доля доходов грузовых и пассажирских перевозок в общих доходах от перевозок в республике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z322" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При расчете индекса физического объема по республике сначала взвешиваются по доле d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> темпы роста по доходам от перевозки грузов и пассажиров по каждому виду транспорта, затем они суммируются и взвешиваются по доле d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Индекс физического объема по республике исчисляется путем суммирования взвешенных в два этапа темпов по доходам от перевозки грузов и пассажиров. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z323" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Расчет индекса физического объема осуществляется в следующей последовательности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z324" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) объемы доходов от грузо- и пассажироперевозок приводятся в сопоставимые цены путем дефлятирования доходов текущего года индексами цен соответствующих периодов (отношение объемов указанных показателей отчетного периода к базисному с учетом изменения цены). При этом используются индексы цен по видам транспорта, по грузовым и пассажирским перевозкам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z325" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkEnd w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7480300" cy="635000"/>
+            <wp:extent cx="4521200" cy="482600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId42"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7480300" cy="635000"/>
+                      <a:ext cx="4521200" cy="482600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(11)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z356" w:id="340"/>
+    <w:bookmarkStart w:name="z326" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z327" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ф.o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - индекс физического объема доходов по перевозке грузов отдельного вида транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z328" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>г.i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- доход от перевозки грузов отдельного вида транспорта в отчетном периоде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z329" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      D0г.i - доход от перевозки грузов отдельного вида транспорта в базисном периоде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z330" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Iгц - индекс цен на перевозку грузов отдельного вида транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z331" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkEnd w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7391400" cy="571500"/>
+            <wp:extent cx="4521200" cy="469900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId43"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7391400" cy="571500"/>
+                      <a:ext cx="4521200" cy="469900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(12)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z357" w:id="341"/>
+    <w:bookmarkStart w:name="z332" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z358" w:id="342"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z333" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ф.o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - индекс физического объема доходов по перевозке пассажиров отдельного вида транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z334" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>n.i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- доход от перевозки пассажиров отдельного вида транспорта в отчетном периоде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z335" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>n.i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - доход от перевозки пассажиров отдельного вида транспорта в базисном периоде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z336" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - индекс цен на перевозку пассажиров отдельного вида транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z337" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определяется доля доходов грузовых перевозок каждого вида транспорта в республиканских грузоперевозках и доля доходов пассажирских перевозок каждого вида транспорта в республиканских пассажироперевозках:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z338" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkEnd w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="584200" cy="444500"/>
+            <wp:extent cx="3175000" cy="762000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId44"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="584200" cy="444500"/>
+                      <a:ext cx="3175000" cy="762000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- взвешенные индексы физического объема доходов от перевозок грузов по доле доходов грузовых перевозок каждого вида транспорта в республиканских грузовых перевозках;</w:t>
+        <w:t>(13)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z359" w:id="343"/>
+    <w:bookmarkStart w:name="z339" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z340" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkEnd w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="571500" cy="406400"/>
+            <wp:extent cx="698500" cy="457200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId45"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="571500" cy="406400"/>
+                      <a:ext cx="698500" cy="457200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- взвешенные индексы физического объема доходов от перевозок пассажиров по доле доходов пассажирских перевозок каждого вида транспорта в республиканских пассажирских перевозках;</w:t>
+        <w:t xml:space="preserve"> - доля доходов грузовых перевозок каждого вида транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z360" w:id="344"/>
+    <w:bookmarkStart w:name="z341" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkEnd w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="508000" cy="419100"/>
+            <wp:extent cx="723900" cy="444500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId46"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="508000" cy="419100"/>
+                      <a:ext cx="723900" cy="444500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- доля доходов грузовых перевозок каждого вида транспорта;</w:t>
+        <w:t xml:space="preserve"> - доходы по грузовым перевозкам каждого вида транспорта за соответствующий период предыдущего года;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z361" w:id="345"/>
+    <w:bookmarkStart w:name="z342" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkEnd w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="520700" cy="406400"/>
+            <wp:extent cx="1003300" cy="419100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId47"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="520700" cy="406400"/>
+                      <a:ext cx="1003300" cy="419100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- доля доходов пассажирских перевозок каждого вида транспорта;</w:t>
+        <w:t xml:space="preserve"> - доходы по грузовым перевозкам по всем видам транспорта за соответствующий период предыдущего года;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z362" w:id="346"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z365" w:id="349"/>
+    <w:bookmarkStart w:name="z343" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkEnd w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6680200" cy="584200"/>
+            <wp:extent cx="3213100" cy="698500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId48"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6680200" cy="584200"/>
+                      <a:ext cx="3213100" cy="698500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(14)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z366" w:id="350"/>
+    <w:bookmarkStart w:name="z344" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z345" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkEnd w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6769100" cy="596900"/>
+            <wp:extent cx="762000" cy="431800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId49"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6769100" cy="596900"/>
+                      <a:ext cx="762000" cy="431800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - доля доходов пассажирских перевозок каждого вида транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z367" w:id="351"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z370" w:id="354"/>
+    <w:bookmarkStart w:name="z346" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkEnd w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="889000" cy="596900"/>
+            <wp:extent cx="723900" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId50"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="889000" cy="596900"/>
+                      <a:ext cx="723900" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- сумма взвешенных индексов физического объема доходов от перевозок грузов;</w:t>
+        <w:t xml:space="preserve"> - доходы по пассажирским перевозкам каждого вида транспорта за соответствующий период предыдущего года;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z371" w:id="355"/>
+    <w:bookmarkStart w:name="z347" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkEnd w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="876300" cy="558800"/>
+            <wp:extent cx="1079500" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId51"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="876300" cy="558800"/>
+                      <a:ext cx="1079500" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- сумма взвешенных индексов физического объема доходов от перевозок грузов.</w:t>
+        <w:t xml:space="preserve"> - доходы по пассажирским перевозкам по всем видам транспорта за соответствующий период предыдущего года;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z372" w:id="356"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z373" w:id="357"/>
+    <w:bookmarkStart w:name="z348" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) исчисляются взвешенные индексы физического объема доходов от перевозок грузов и пассажиров по доле доходов грузовых (пассажирских) перевозок каждого вида транспорта в республиканских грузовых (пассажирских) перевозках, по доле d1:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z349" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkEnd w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6756400" cy="673100"/>
+            <wp:extent cx="3771900" cy="457200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId52"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6756400" cy="673100"/>
+                      <a:ext cx="3771900" cy="457200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (15)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z374" w:id="358"/>
+    <w:bookmarkStart w:name="z350" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z351" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkEnd w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6769100" cy="800100"/>
+            <wp:extent cx="736600" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId53"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6769100" cy="800100"/>
+                      <a:ext cx="736600" cy="330200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - взвешенные индексы физического объема доходов от перевозок грузов по доле доходов грузовых перевозок каждого вида транспорта в республиканских грузовых перевозках;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z375" w:id="359"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z376" w:id="360"/>
+    <w:bookmarkStart w:name="z352" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkEnd w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="469900" cy="393700"/>
+            <wp:extent cx="673100" cy="457200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId54"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="469900" cy="393700"/>
+                      <a:ext cx="673100" cy="457200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- доля доходов грузовых перевозок по республике;</w:t>
+        <w:t xml:space="preserve"> - доля доходов грузовых перевозок каждого вида транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z377" w:id="361"/>
+    <w:bookmarkStart w:name="z353" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkEnd w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="533400" cy="368300"/>
+            <wp:extent cx="546100" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId55"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="533400" cy="368300"/>
+                      <a:ext cx="546100" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- доля доходов пассажирских перевозок по республике;</w:t>
+        <w:t xml:space="preserve"> - индекс физического объема доходов по перевозке грузов отдельного вида транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z378" w:id="362"/>
+    <w:bookmarkStart w:name="z354" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkEnd w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="495300" cy="393700"/>
+            <wp:extent cx="3784600" cy="482600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId56"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="495300" cy="393700"/>
+                      <a:ext cx="3784600" cy="482600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- доходы по грузовым перевозкам по республике за соответствующий период предыдущего года;</w:t>
+        <w:t xml:space="preserve"> (16)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z379" w:id="363"/>
+    <w:bookmarkStart w:name="z355" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z356" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkEnd w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="533400" cy="342900"/>
+            <wp:extent cx="736600" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId57"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="533400" cy="342900"/>
+                      <a:ext cx="736600" cy="330200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- доходы по пассажирским перевозкам по республике за соответствующий период предыдущего года;</w:t>
+        <w:t xml:space="preserve"> - взвешенные индексы физического объема доходов от перевозок пассажиров по доле доходов пассажирских перевозок каждого вида транспорта в республиканских пассажирских перевозках;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z380" w:id="364"/>
+    <w:bookmarkStart w:name="z357" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkEnd w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="330200" cy="355600"/>
+            <wp:extent cx="711200" cy="431800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId58"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="330200" cy="355600"/>
+                      <a:ext cx="711200" cy="431800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- доходы по грузовым и пассажирским перевозкам по республике за соответствующий период предыдущего года.</w:t>
+        <w:t xml:space="preserve"> - доля доходов пассажирских перевозок каждого вида транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z381" w:id="365"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z382" w:id="366"/>
+    <w:bookmarkStart w:name="z358" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkEnd w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6769100" cy="546100"/>
+            <wp:extent cx="558800" cy="355600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId59"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6769100" cy="546100"/>
+                      <a:ext cx="558800" cy="355600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - индекс физического объема доходов по перевозке пассажиров отдельного вида транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z383" w:id="367"/>
+    <w:bookmarkStart w:name="z359" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) определяются индексы физического объема доходов грузовых и пассажирских перевозок в отдельности: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z360" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkEnd w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6769100" cy="546100"/>
+            <wp:extent cx="2286000" cy="482600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId60"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6769100" cy="546100"/>
+                      <a:ext cx="2286000" cy="482600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (17)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z384" w:id="368"/>
+    <w:bookmarkStart w:name="z361" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z385" w:id="369"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z362" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkEnd w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="431800" cy="355600"/>
+            <wp:extent cx="546100" cy="342900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId61"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="431800" cy="355600"/>
+                      <a:ext cx="546100" cy="342900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- доля доходов грузовых перевозок по республике;</w:t>
+        <w:t xml:space="preserve"> - индекс физического объема доходов по перевозке грузов отдельного вида транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z386" w:id="370"/>
+    <w:bookmarkStart w:name="z363" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkEnd w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="457200" cy="393700"/>
+            <wp:extent cx="1092200" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId62"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="457200" cy="393700"/>
+                      <a:ext cx="1092200" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- доля доходов пассажирских перевозок по республике;</w:t>
+        <w:t xml:space="preserve"> - сумма взвешенных индексов физического объема доходов от перевозок грузов;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z387" w:id="371"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z389" w:id="373"/>
+    <w:bookmarkStart w:name="z364" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkEnd w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="558800" cy="406400"/>
+            <wp:extent cx="2235200" cy="558800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId63"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="558800" cy="406400"/>
+                      <a:ext cx="2235200" cy="558800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- взвешенные индексы физического объема доходов от перевозок грузов;</w:t>
+        <w:t>. (18)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z390" w:id="374"/>
+    <w:bookmarkStart w:name="z365" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z366" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkEnd w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="571500" cy="431800"/>
+            <wp:extent cx="584200" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId64"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="571500" cy="431800"/>
+                      <a:ext cx="584200" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- взвешенные индексы физического объема доходов от перевозок пассажиров.</w:t>
+        <w:t xml:space="preserve"> - индекс физического объема доходов по перевозке пассажиров отдельного вида транспорта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z391" w:id="375"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z392" w:id="376"/>
+    <w:bookmarkStart w:name="z367" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkEnd w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6807200" cy="457200"/>
+            <wp:extent cx="1066800" cy="419100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId65"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6807200" cy="457200"/>
+                      <a:ext cx="1066800" cy="419100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - сумма взвешенных индексов физического объема доходов от перевозок пассажиров;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z393" w:id="377"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z394" w:id="378"/>
+    <w:bookmarkStart w:name="z368" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) определяется доля доходов грузовых перевозок по всем видам транспорта в общих доходах от перевозок грузов и пассажиров и доля доходов пассажирских перевозок по всем видам транспорта в общих доходах от перевозок грузов и пассажиров:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z369" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkEnd w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="774700" cy="469900"/>
+            <wp:extent cx="3771900" cy="520700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId66"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="774700" cy="469900"/>
+                      <a:ext cx="3771900" cy="520700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- индекс физического объема по республике;</w:t>
+        <w:t>(19)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z395" w:id="379"/>
+    <w:bookmarkStart w:name="z370" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z371" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkEnd w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="546100" cy="406400"/>
+            <wp:extent cx="647700" cy="457200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId67"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="546100" cy="406400"/>
+                      <a:ext cx="647700" cy="457200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- взвешенные индексы физического объема доходов от перевозок грузов;</w:t>
+        <w:t xml:space="preserve"> - доля доходов грузовых перевозок по республике;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z396" w:id="380"/>
+    <w:bookmarkStart w:name="z372" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkEnd w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="571500" cy="355600"/>
+            <wp:extent cx="685800" cy="482600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId68"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="571500" cy="355600"/>
+                      <a:ext cx="685800" cy="482600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>- взвешенные индексы физического объема доходов от перевозок пассажиров.</w:t>
+        <w:t xml:space="preserve"> - доходы по грузовым перевозкам по республике за соответствующий период предыдущего года;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z397" w:id="381"/>
-[...337 lines deleted...]
-    <w:bookmarkStart w:name="z414" w:id="398"/>
+    <w:bookmarkStart w:name="z373" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkEnd w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6743700" cy="914400"/>
+            <wp:extent cx="342900" cy="304800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId69"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6743700" cy="914400"/>
+                      <a:ext cx="342900" cy="304800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - доходы по грузовым и пассажирским перевозкам по республике за соответствующий период предыдущего года;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z415" w:id="399"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z419" w:id="403"/>
+    <w:bookmarkStart w:name="z374" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkEnd w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6819900" cy="482600"/>
+            <wp:extent cx="3797300" cy="444500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId70"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6819900" cy="482600"/>
+                      <a:ext cx="3797300" cy="444500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(20)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z420" w:id="404"/>
+    <w:bookmarkStart w:name="z375" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-[...220 lines deleted...]
-    <w:bookmarkStart w:name="z425" w:id="409"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z376" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkEnd w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6883400" cy="457200"/>
+            <wp:extent cx="711200" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId71"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6883400" cy="457200"/>
+                      <a:ext cx="711200" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - доля доходов пассажирских перевозок по республике;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z426" w:id="410"/>
-[...465 lines deleted...]
-    <w:bookmarkStart w:name="z442" w:id="426"/>
+    <w:bookmarkStart w:name="z377" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkEnd w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6769100" cy="469900"/>
+            <wp:extent cx="711200" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId72"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6769100" cy="469900"/>
+                      <a:ext cx="711200" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - доходы по пассажирским перевозкам по республике за соответствующий период предыдущего года;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z443" w:id="427"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z447" w:id="431"/>
+    <w:bookmarkStart w:name="z378" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkEnd w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6756400" cy="457200"/>
+            <wp:extent cx="342900" cy="304800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId73"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6756400" cy="457200"/>
+                      <a:ext cx="342900" cy="304800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - доходы по грузовым и пассажирским перевозкам по республике за соответствующий период предыдущего года;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z448" w:id="432"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z452" w:id="436"/>
+    <w:bookmarkStart w:name="z379" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) исчисляются взвешенные индексы физического объема доходов от перевозок грузов и пассажиров по республике по доле доходов грузовых (пассажирских) перевозок всех видов транспорта в республиканских перевозках, по доле d2:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z380" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkEnd w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6807200" cy="406400"/>
+            <wp:extent cx="3721100" cy="457200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId74"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6807200" cy="406400"/>
+                      <a:ext cx="3721100" cy="457200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (21)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z453" w:id="437"/>
+    <w:bookmarkStart w:name="z381" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z457" w:id="441"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z382" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkEnd w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6794500" cy="381000"/>
+            <wp:extent cx="698500" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId75"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6794500" cy="381000"/>
+                      <a:ext cx="698500" cy="330200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - взвешенные индексы физического объема доходов от перевозок грузов;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z458" w:id="442"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z463" w:id="447"/>
+    <w:bookmarkStart w:name="z383" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkEnd w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6756400" cy="419100"/>
+            <wp:extent cx="660400" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId76"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6756400" cy="419100"/>
+                      <a:ext cx="660400" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - доля доходов грузовых перевозок по республике;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z464" w:id="448"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z469" w:id="453"/>
+    <w:bookmarkStart w:name="z384" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkEnd w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6731000" cy="431800"/>
+            <wp:extent cx="520700" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId77"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6731000" cy="431800"/>
+                      <a:ext cx="520700" cy="330200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - индекс физического объема доходов по перевозке грузов отдельного вида транспорта;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z470" w:id="454"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z475" w:id="459"/>
+    <w:bookmarkStart w:name="z385" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkEnd w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6769100" cy="431800"/>
+            <wp:extent cx="3721100" cy="457200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId78"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6769100" cy="431800"/>
+                      <a:ext cx="3721100" cy="457200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(22)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z476" w:id="460"/>
+    <w:bookmarkStart w:name="z386" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z478" w:id="462"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z387" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="685800" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId79"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="685800" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - взвешенные индексы физического объема доходов от перевозок пассажиров;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z388" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="698500" cy="381000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId80"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="698500" cy="381000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - доля доходов пассажирских перевозок по республике;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z389" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="508000" cy="444500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId81"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="508000" cy="444500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - индекс физического объема доходов по перевозке пассажиров отдельного вида транспорта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z390" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) определяется индекс физического объема по республике (включающий и индекс по вспомогательной и дополнительной транспортной деятельности):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z391" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3314700" cy="482600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId82"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3314700" cy="482600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(23)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z392" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z393" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="901700" cy="406400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId83"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="901700" cy="406400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - индекс физического объема по республике;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z394" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="711200" cy="330200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId84"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="711200" cy="330200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - взвешенные индексы физического объема доходов от перевозок грузов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z395" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="685800" cy="342900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId85"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="685800" cy="342900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - взвешенные индексы физического объема доходов от перевозок пассажиров.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z396" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 12. Расчет валового регионального продукта отрасли "Транспорт и складирование"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z397" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      42. По статистике транспорта для системы национальных счетов для расчета валового регионального продукта формируются данные по выпуску и индексы физического объема по областям. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z398" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Указанные показатели формируются по следующим видам транспорта:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z399" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выпуск от перевозки грузов железнодорожным транспортом (распределяется по областям по отчетным данным предприятий по общегосударственному статистическому наблюдению месячной периодичности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z400" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выпуск от перевозки пассажиров железнодорожным транспортом (распределяется по областям по отчетным данным предприятий по общегосударственному статистическому наблюдению месячной периодичности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z401" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выпуск от перевозки грузов автомобильного транспорта (распределяется по областям по отчетным данным предприятий по общегосударственному статистическому наблюдению месячной периодичности и по отчетным данным индивидуальных предпринимателей по общегосударственному статистическому наблюдению квартальной периодичности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z402" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выпуск от перевозки пассажиров автомобильным и городским рельсовым транспортом (распределяется по областям по отчетным данным предприятий по общегосударственному статистическому наблюдению месячной периодичности и по отчетным данным индивидуальных предпринимателей по общегосударственному статистическому наблюдению квартальной периодичности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z403" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выпуск от транспортировки грузов трубопроводным транспортом (распределяется по областям по отчетным данным предприятий по общегосударственному статистическому наблюдению месячной периодичности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z404" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) выпуск от перевозки грузов воздушным транспортом (распределяется по областям по отчетным данным предприятий по общегосударственному статистическому наблюдению месячной периодичности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z405" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) выпуск от перевозки пассажиров воздушным транспортом (распределяется по областям по отчетным данным предприятий по общегосударственному статистическому наблюдению месячной периодичности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z406" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) выпуск от перевозки грузов внутренним водным транспортом (распределяется по областям по отчетным данным предприятий по общегосударственному статистическому наблюдению месячной периодичности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z407" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) выпуск от перевозки пассажиров внутренним водным транспортом (распределяется по областям по отчетным данным предприятий по общегосударственному статистическому наблюдению месячной периодичности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z408" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) выпуск от перевозки грузов морским транспортом (распределяется по областям по отчетным данным предприятий по общегосударственному статистическому наблюдению месячной периодичности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z409" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) выпуск от перевозки пассажиров морским транспортом (распределяется по областям по отчетным данным предприятий по общегосударственному статистическому наблюдению месячной периодичности);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z410" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) выпуск от вспомогательной транспортной деятельности (распределяется по областям по отчетным данным предприятий по общегосударственному статистическому наблюдению годовой периодичности о работе соответствующих видов транспорта (на ежемесячной основе распределение осуществляется пропорционально месяцам года – 1/12)).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z411" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      43. Индекс физического объема услуг транспорта рассчитывается отдельно по каждому виду вышеперечисленных транспортных услуг, по каждой области отдельно: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z412" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) рассчитывается индекс физического объема в целом по транспорту по каждой области путем взвешивания соответствующих индексов физического объема по каждому виду услуг транспорта:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z413" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3505200" cy="647700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId86"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3505200" cy="647700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (24)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z414" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z415" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИФО – индекс физического объема по определенному виду деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z416" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-[...76 lines deleted...]
-    <w:bookmarkEnd w:id="465"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – выпуск в отчетном и базисном периодах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z417" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      И</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>цен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – индекс цен (тарифов) в отчетном периоде к базисному периоду.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z418" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИФО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>обл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ИФО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>вд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>вд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + … + ИФО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>вд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>вд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (25)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z419" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z420" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИФО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>обл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>– взвешенный индекс физического объема по статистике транспорта по каждой области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z421" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИФО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>вд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ИФО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>вд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – индекс физического объема по определенному виду деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z422" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>вд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>вд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – доля определенного вида деятельности в общем объеме выпуска области в базисном периоде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z423" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рассчитывается взвешенный индекс физического объема по статистике транспорта в целом по республике:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z424" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИФО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ИФО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>обл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>обл1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + … ИФО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>обл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>обл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, (26)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z425" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z426" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИФО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – индекс физического объема в целом по статистике транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z427" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИФО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>обл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ИФО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>обл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – индекс физического объема по каждой области в целом по статистике транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>обл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>обл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – доля каждой области в общем объеме выпуска республики в базисном периоде.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -17416,35 +17746,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/><Relationship Target="media/document_image_rId32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId32"/><Relationship Target="media/document_image_rId33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId33"/><Relationship Target="media/document_image_rId34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId34"/><Relationship Target="media/document_image_rId35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId35"/><Relationship Target="media/document_image_rId36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId36"/><Relationship Target="media/document_image_rId37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId37"/><Relationship Target="media/document_image_rId38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId38"/><Relationship Target="media/document_image_rId39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId39"/><Relationship Target="media/document_image_rId40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId40"/><Relationship Target="media/document_image_rId41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId41"/><Relationship Target="media/document_image_rId42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId42"/><Relationship Target="media/document_image_rId43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId43"/><Relationship Target="media/document_image_rId44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId44"/><Relationship Target="media/document_image_rId45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId45"/><Relationship Target="media/document_image_rId46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId46"/><Relationship Target="media/document_image_rId47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId47"/><Relationship Target="media/document_image_rId48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId48"/><Relationship Target="media/document_image_rId49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId49"/><Relationship Target="media/document_image_rId50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId50"/><Relationship Target="media/document_image_rId51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId51"/><Relationship Target="media/document_image_rId52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId52"/><Relationship Target="media/document_image_rId53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId53"/><Relationship Target="media/document_image_rId54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId54"/><Relationship Target="media/document_image_rId55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId55"/><Relationship Target="media/document_image_rId56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId56"/><Relationship Target="media/document_image_rId57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId57"/><Relationship Target="media/document_image_rId58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId58"/><Relationship Target="media/document_image_rId59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId59"/><Relationship Target="media/document_image_rId60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId60"/><Relationship Target="media/document_image_rId61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId61"/><Relationship Target="media/document_image_rId62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId62"/><Relationship Target="media/document_image_rId63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId63"/><Relationship Target="media/document_image_rId64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId64"/><Relationship Target="media/document_image_rId65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId65"/><Relationship Target="media/document_image_rId66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId66"/><Relationship Target="media/document_image_rId67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId67"/><Relationship Target="media/document_image_rId68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId68"/><Relationship Target="media/document_image_rId69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId69"/><Relationship Target="media/document_image_rId70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId70"/><Relationship Target="media/document_image_rId71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId71"/><Relationship Target="media/document_image_rId72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId72"/><Relationship Target="media/document_image_rId73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId73"/><Relationship Target="media/document_image_rId74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId74"/><Relationship Target="media/document_image_rId75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId75"/><Relationship Target="media/document_image_rId76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId76"/><Relationship Target="media/document_image_rId77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId77"/><Relationship Target="media/document_image_rId78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId78"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/><Relationship Target="media/document_image_rId32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId32"/><Relationship Target="media/document_image_rId33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId33"/><Relationship Target="media/document_image_rId34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId34"/><Relationship Target="media/document_image_rId35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId35"/><Relationship Target="media/document_image_rId36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId36"/><Relationship Target="media/document_image_rId37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId37"/><Relationship Target="media/document_image_rId38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId38"/><Relationship Target="media/document_image_rId39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId39"/><Relationship Target="media/document_image_rId40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId40"/><Relationship Target="media/document_image_rId41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId41"/><Relationship Target="media/document_image_rId42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId42"/><Relationship Target="media/document_image_rId43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId43"/><Relationship Target="media/document_image_rId44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId44"/><Relationship Target="media/document_image_rId45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId45"/><Relationship Target="media/document_image_rId46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId46"/><Relationship Target="media/document_image_rId47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId47"/><Relationship Target="media/document_image_rId48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId48"/><Relationship Target="media/document_image_rId49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId49"/><Relationship Target="media/document_image_rId50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId50"/><Relationship Target="media/document_image_rId51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId51"/><Relationship Target="media/document_image_rId52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId52"/><Relationship Target="media/document_image_rId53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId53"/><Relationship Target="media/document_image_rId54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId54"/><Relationship Target="media/document_image_rId55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId55"/><Relationship Target="media/document_image_rId56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId56"/><Relationship Target="media/document_image_rId57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId57"/><Relationship Target="media/document_image_rId58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId58"/><Relationship Target="media/document_image_rId59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId59"/><Relationship Target="media/document_image_rId60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId60"/><Relationship Target="media/document_image_rId61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId61"/><Relationship Target="media/document_image_rId62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId62"/><Relationship Target="media/document_image_rId63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId63"/><Relationship Target="media/document_image_rId64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId64"/><Relationship Target="media/document_image_rId65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId65"/><Relationship Target="media/document_image_rId66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId66"/><Relationship Target="media/document_image_rId67.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId67"/><Relationship Target="media/document_image_rId68.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId68"/><Relationship Target="media/document_image_rId69.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId69"/><Relationship Target="media/document_image_rId70.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId70"/><Relationship Target="media/document_image_rId71.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId71"/><Relationship Target="media/document_image_rId72.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId72"/><Relationship Target="media/document_image_rId73.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId73"/><Relationship Target="media/document_image_rId74.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId74"/><Relationship Target="media/document_image_rId75.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId75"/><Relationship Target="media/document_image_rId76.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId76"/><Relationship Target="media/document_image_rId77.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId77"/><Relationship Target="media/document_image_rId78.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId78"/><Relationship Target="media/document_image_rId79.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId79"/><Relationship Target="media/document_image_rId80.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId80"/><Relationship Target="media/document_image_rId81.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId81"/><Relationship Target="media/document_image_rId82.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId82"/><Relationship Target="media/document_image_rId83.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId83"/><Relationship Target="media/document_image_rId84.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId84"/><Relationship Target="media/document_image_rId85.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId85"/><Relationship Target="media/document_image_rId86.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId86"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>