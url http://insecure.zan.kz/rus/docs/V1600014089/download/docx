--- v0 (2025-11-08)
+++ v1 (2025-12-26)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9759158" w14:textId="9759158">
+    <w:p w14:paraId="6a30e0c" w14:textId="6a30e0c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -113,51 +113,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Председателя Комитета по статистике Министерства национальной экономики Республики Казахстан от 7 июля 2016 года № 138. Зарегистрирован в Министерстве юстиции Республики Казахстан 10 августа 2016 года № 14089.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 5) </w:t>
+      В соответствии с подпунктом 5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике" и подпунктом 258) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -183,421 +183,408 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить прилагаемую </w:t>
+      1. Утвердить прилагаемую </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Методику</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по исчислению индекса стоимости труда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Управлению статистики труда и уровня жизни совместно с Юридическим управлением Комитета по статистике Министерства национальной экономики Республики Казахстан обеспечить в установленном законодательством порядке:</w:t>
+      2. Управлению статистики труда и уровня жизни совместно с Юридическим управлением Комитета по статистике Министерства национальной экономики Республики Казахстан обеспечить в установленном законодательством порядке:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
-[...53 lines deleted...]
-      4) размещение настоящего приказа на интернет-ресурсе Комитета по статистике Министерства национальной экономики Республики Казахстан.</w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодических печатных изданиях и информационно-правовой системе "Әділет";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) направление в печатном и электронном виде в течение пяти рабочих дней со дня получения зарегистрированного приказа в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) размещение настоящего приказа на интернет-ресурсе Комитета по статистике Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Управлению статистики труда и уровня жизни Комитета по статистике Министерства национальной экономики Республики Казахстан довести настоящий приказ до структурных подразделений и территориальных органов Комитета по статистике Министерства национальной экономики Республики Казахстан для руководства и использования в работе.</w:t>
+      3. Управлению статистики труда и уровня жизни Комитета по статистике Министерства национальной экономики Республики Казахстан довести настоящий приказ до структурных подразделений и территориальных органов Комитета по статистике Министерства национальной экономики Республики Казахстан для руководства и использования в работе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Контроль за исполнением настоящего приказа возложить на курирующего заместителя Председателя Комитета по статистике Министерства национальной экономики Республики Казахстан (Орунханов К.К.).</w:t>
+      4. Контроль за исполнением настоящего приказа возложить на курирующего заместителя Председателя Комитета по статистике Министерства национальной экономики Республики Казахстан (Орунханов К.К.).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6937"/>
-        <w:gridCol w:w="5363"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6937" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Председатель Комитета по статистике</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5363" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6937" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министерства национальной экономики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5363" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6937" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5363" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Н. Айдапкелов</w:t>
@@ -799,404 +786,404 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Методика по исчислению индекса стоимости труда (далее - Методика) относится к статистической методологии, формируемой в соответствии с международными стандартами и утверждаемой в соответствии с </w:t>
+      1. Методика по исчислению индекса стоимости труда (далее - Методика) относится к статистической методологии, формируемой в соответствии с международными стандартами и утверждаемой в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 19 марта 2010 года "О государственной статистике" (далее - Закон).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Методика определяет основные аспекты и методы получения статистической информации о расходах на рабочую силу в расчете на единицу времени при проведении общегосударственного статистического наблюдения.</w:t>
+      2. Методика определяет основные аспекты и методы получения статистической информации о расходах на рабочую силу в расчете на единицу времени при проведении общегосударственного статистического наблюдения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Настоящая Методика применяется Комитетом по статистике Министерства национальной экономики Республики Казахстан (далее Комитет) для расчета индекса стоимости труда, который используется для международных сопоставлений и прогнозирования социально-экономического развития страны.</w:t>
+      3. Настоящая Методика применяется Комитетом по статистике Министерства национальной экономики Республики Казахстан (далее Комитет) для расчета индекса стоимости труда, который используется для международных сопоставлений и прогнозирования социально-экономического развития страны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. В настоящей методике используются понятия в значениях, определенных в Законе, и следующие основные определения:</w:t>
+      4. В настоящей методике используются понятия в значениях, определенных в Законе, и следующие основные определения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) базисный год (квартал) – год (квартал), к показателям которого приводятся для сопоставимости расчетные показатели последующих лет (кварталов);</w:t>
-[...89 lines deleted...]
-      6) число отработанных человеко-часов – фактически отработанное всеми работниками организации время, как в течение нормального периода работы, так и отработанное сверхурочно.</w:t>
+      1) базисный год (квартал) – год (квартал), к показателям которого приводятся для сопоставимости расчетные показатели последующих лет (кварталов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) индекс стоимости труда – относительный показатель, характеризующий изменение во времени среднего уровня стоимости затрат на рабочую силу в расчете на 1 отработанный час;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фонд заработной платы – начисленные суммарные денежные средства организации для оплаты труда работников (должностные оклады (тарифные ставки), доплаты, надбавки, премии и иные выплаты стимулирующего и компенсирующего характера), с учетом налогов и других удержаний (подоходный налог, обязательные пенсионные взносы) в соответствии с нормативными правовыми актами Республики Казахстан и независимо от источника их финансирования и срока их фактических выплат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) индивидуальный индекс – отражает изменение только одного элемента совокупности и используется для характеристики индивидуального явления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) стоимость затрат на рабочую силу – сумма всех издержек (затрат) работодателей (организаций), связанных с содержанием и использованием рабочей силы, независимо от источника их финансирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) число отработанных человеко-часов – фактически отработанное всеми работниками организации время, как в течение нормального периода работы, так и отработанное сверхурочно.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Источники информации и этапы построения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>индекса стоимости труда</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Для расчета индекса стоимости труда используются агрегированные данные статистики труда, полученные в процессе обработки первичных статистических данных.</w:t>
+      5. Для расчета индекса стоимости труда используются агрегированные данные статистики труда, полученные в процессе обработки первичных статистических данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Индекс стоимости труда рассчитывается по отдельным видам деятельности из Общего классификатора видов экономической деятельности (далее – ОКЭД).</w:t>
+      6. Индекс стоимости труда рассчитывается по отдельным видам деятельности из Общего классификатора видов экономической деятельности (далее – ОКЭД).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Построение индекса стоимости труда осуществляется в два основных этапа. На первом этапе исчисляются квартальные оценки стоимости затрат на рабочую силу и их средние показатели, на втором – расчет индекса стоимости труда.</w:t>
+      7. Построение индекса стоимости труда осуществляется в два основных этапа. На первом этапе исчисляются квартальные оценки стоимости затрат на рабочую силу и их средние показатели, на втором – расчет индекса стоимости труда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. В целях выявления факторов, влияющих на изменение стоимости затрат на рабочую силу производится построение 3-х видов индекса стоимости труда:</w:t>
+      8. В целях выявления факторов, влияющих на изменение стоимости затрат на рабочую силу производится построение 3-х видов индекса стоимости труда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) индекс стоимости труда по общей стоимости затрат на рабочую силу;</w:t>
-[...35 lines deleted...]
-      3) индекс стоимости труда по стоимости затрат на рабочую силу, не учитываемых в фонде заработной платы.</w:t>
+      1) индекс стоимости труда по общей стоимости затрат на рабочую силу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) индекс стоимости труда по фонду заработной платы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) индекс стоимости труда по стоимости затрат на рабочую силу, не учитываемых в фонде заработной платы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Расчет стоимости затрат на рабочую силу</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
@@ -1213,107 +1200,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>затрат на рабочую силу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Расчет квартального индекса стоимости труда по фонду заработной платы производится на основе имеющихся данных фонда заработной платы и отработанного времени всеми работниками из квартального отчета по труду по общегосударственному статистическому наблюдению. Для проведения ежеквартальных расчетов по двум другим видам индекса стоимости труда за соответствующий период производится оценка общей стоимости затрат на рабочую силу и оценка стоимости затрат на рабочую силу, не учитываемых в фонде заработной платы.</w:t>
+      9. Расчет квартального индекса стоимости труда по фонду заработной платы производится на основе имеющихся данных фонда заработной платы и отработанного времени всеми работниками из квартального отчета по труду по общегосударственному статистическому наблюдению. Для проведения ежеквартальных расчетов по двум другим видам индекса стоимости труда за соответствующий период производится оценка общей стоимости затрат на рабочую силу и оценка стоимости затрат на рабочую силу, не учитываемых в фонде заработной платы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Для этого определяется коэффициент, где фонд заработной платы находится в определенной зависимости от общей стоимости затрат на рабочую силу.</w:t>
-[...17 lines deleted...]
-      Для расчета коэффициента квартальной оценки общей стоимости затрат на рабочую силу в отчетном году применяются годовые данные предыдущего года.</w:t>
+      Для этого определяется коэффициент, где фонд заработной платы находится в определенной зависимости от общей стоимости затрат на рабочую силу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для расчета коэффициента квартальной оценки общей стоимости затрат на рабочую силу в отчетном году применяются годовые данные предыдущего года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Коэффициент квартальной оценки общей стоимости затрат на рабочую силу рассчитывается по следующей формуле:</w:t>
+      10. Коэффициент квартальной оценки общей стоимости затрат на рабочую силу рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
@@ -1374,221 +1361,221 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      где</w:t>
-[...17 lines deleted...]
-      </w:t>
+      где</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">K </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>– коэффициент квартальной оценки общей стоимости затрат на рабочую силу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>COST_TOT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – общая стоимость затрат на рабочую силу за предыдущий год;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>WAG_TOT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – общий фонд заработной платы за предыдущий год;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>OTH_TOT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – стоимость затрат на рабочую силу, не учитываемых в фонде заработной платы за предыдущий год.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      При расчете коэффициента в соотношение </w:t>
+      При расчете коэффициента в соотношение </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1092200" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -1638,51 +1625,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Расчет квартальной оценки стоимости затрат на рабочую силу производится по следующей формуле:</w:t>
+      11. Расчет квартальной оценки стоимости затрат на рабочую силу производится по следующей формуле:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
@@ -1743,184 +1730,184 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      где</w:t>
-[...17 lines deleted...]
-      </w:t>
+      где</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>COST_TOTk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – стоимость затрат на рабочую силу за квартал;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>WAG_TOTk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – квартальный фонд заработной платы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>К</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - коэффициент квартальной оценки общей стоимости затрат на рабочую силу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Расчет квартальной оценки стоимости затрат на рабочую силу, не учитываемых в фонде заработной платы производится по следующей формуле:</w:t>
+      12. Расчет квартальной оценки стоимости затрат на рабочую силу, не учитываемых в фонде заработной платы производится по следующей формуле:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
@@ -1981,145 +1968,145 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      где</w:t>
-[...17 lines deleted...]
-      </w:t>
+      где</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>OTH_TOTk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – стоимость затрат на рабочую силу, не учитываемые в фонде заработной платы за квартал;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>COST_TOTk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – стоимость затрат на рабочую силу за квартал;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>WAG_TOTk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – квартальный фонд заработной платы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="21"/>
     <w:p>
       <w:pPr>
@@ -2144,71 +2131,71 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>затрат на рабочую силу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. После получения квартальных оценок общей стоимости затрат на рабочую силу и стоимости затрат на рабочую силу, не учитываемые в фонде заработной платы производится расчет годовых средних показателей затрат на рабочую силу на 1 отработанный час.</w:t>
+      13. После получения квартальных оценок общей стоимости затрат на рабочую силу и стоимости затрат на рабочую силу, не учитываемые в фонде заработной платы производится расчет годовых средних показателей затрат на рабочую силу на 1 отработанный час.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Расчет квартальных средних показателей осуществляется отдельно по каждому виду индекса стоимости труда по следующей формуле:</w:t>
+      14. Расчет квартальных средних показателей осуществляется отдельно по каждому виду индекса стоимости труда по следующей формуле:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
@@ -2269,220 +2256,220 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      где</w:t>
-[...17 lines deleted...]
-      </w:t>
+      где</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – среднее значение показателей стоимости затрат (квартальная оценка общей стоимости затрат на рабочую силу; квартальная оценка стоимости затрат на рабочую силу, не учитываемые в фонде заработной платы и квартальный фонд заработной платы в расчете на 1 отработанный час);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – стоимость затрат на рабочую силу (квартальная оценка общей стоимости затрат на рабочую силу; квартальная оценка стоимости затрат на рабочую силу, не учитываемых в фонде заработной платы и квартальный фонд заработной платы);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – число отработанных всеми работниками человеко-часов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Расчет средних показателей за год производится по формуле 4 на основе данных годового отчета по труду за предыдущий год.</w:t>
+      Расчет средних показателей за год производится по формуле 4 на основе данных годового отчета по труду за предыдущий год.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z28" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Расчет индекса стоимости труда</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z29" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Согласно формуле Ласпейреса изменение индекса стоимости труда исчисляется на основе последовательных наблюдений стоимости труда. В каждый период времени весовые доли умножаются на последнее значение индивидуальных индексов. Расчет индекса стоимости труда осуществляется с квартальной периодичностью по республике в разрезе фиксированного перечня видов экономической деятельности:</w:t>
+      15. Согласно формуле Ласпейреса изменение индекса стоимости труда исчисляется на основе последовательных наблюдений стоимости труда. В каждый период времени весовые доли умножаются на последнее значение индивидуальных индексов. Расчет индекса стоимости труда осуществляется с квартальной периодичностью по республике в разрезе фиксированного перечня видов экономической деятельности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
@@ -2543,51 +2530,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      где</w:t>
+      где</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3226,128 +3213,128 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – отчетный квартал;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – текущий год;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – базисный год.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="26"/>
     <w:p>
       <w:pPr>
@@ -3360,51 +3347,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 4. Расчет индекса стоимости труда к единой базе</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z31" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      16. Для непрерывности динамических рядов индекса стоимости труда рассчитывается коэффициент сцепки, который используется для обеспечения смыкания рядов индекса стоимости труда, оцененных по структуре весов базисного года </w:t>
+      16. Для непрерывности динамических рядов индекса стоимости труда рассчитывается коэффициент сцепки, который используется для обеспечения смыкания рядов индекса стоимости труда, оцененных по структуре весов базисного года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, с рядами индекса стоимости труда оцененными по структуре весов базисного года l+1:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
@@ -3485,51 +3472,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      где</w:t>
+      где</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3963,51 +3950,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      На основе полученных коэффициентов "цепным" методом производится расчет индекса стоимости труда квартала </w:t>
+      На основе полученных коэффициентов "цепным" методом производится расчет индекса стоимости труда квартала </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4127,51 +4114,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      где </w:t>
+      где </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="635000" cy="279400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -4280,51 +4267,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Индекс стоимости труда в среднем за год по сравнению с единым базисным годом рассчитывается по формуле:</w:t>
+      Индекс стоимости труда в среднем за год по сравнению с единым базисным годом рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4384,51 +4371,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      где </w:t>
+      где </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="673100" cy="266700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -4537,120 +4524,120 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Таким образом, выстраиваются динамические ряды квартальных и годовых индексов с приведением их к единой базе. Данные динамические ряды используются для исчисления индекса стоимости труда к соответствующему кварталу предыдущего года и соответственно к предыдущему году.</w:t>
+      Таким образом, выстраиваются динамические ряды квартальных и годовых индексов с приведением их к единой базе. Данные динамические ряды используются для исчисления индекса стоимости труда к соответствующему кварталу предыдущего года и соответственно к предыдущему году.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 5. Расчет индекса стоимости труда</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>к соответствующим периодам</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z33" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Расчет индекса стоимости труда к соответствующим периодам (в годовом выражении) производится ежеквартально (квартал к соответствующему кварталу предыдущего года) и ежегодно (год к предыдущему году).</w:t>
+      17. Расчет индекса стоимости труда к соответствующим периодам (в годовом выражении) производится ежеквартально (квартал к соответствующему кварталу предыдущего года) и ежегодно (год к предыдущему году).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z34" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Расчет индекса стоимости труда за квартал к соответствующему кварталу предыдущего года осуществляется на основе данных динамического ряда квартальных индексов:</w:t>
+      18. Расчет индекса стоимости труда за квартал к соответствующему кварталу предыдущего года осуществляется на основе данных динамического ряда квартальных индексов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
@@ -4711,51 +4698,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      где</w:t>
+      где</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4984,51 +4971,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z35" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Индекс стоимости труда за год к предыдущему году исчисляется на основе данных динамического ряда годовых индексов по следующей формуле:</w:t>
+      19. Индекс стоимости труда за год к предыдущему году исчисляется на основе данных динамического ряда годовых индексов по следующей формуле:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
@@ -5089,51 +5076,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      где</w:t>
+      где</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -5392,108 +5379,108 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>временных рядов индекса стоимости труда</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z37" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Для выявления основной тенденции развития индекса стоимости труда проводится процедура сезонного и календарного сглаживания (корректировки) динамических рядов индекса стоимости труда с применением метода компонентного анализа динамического ряда.</w:t>
+      20. Для выявления основной тенденции развития индекса стоимости труда проводится процедура сезонного и календарного сглаживания (корректировки) динамических рядов индекса стоимости труда с применением метода компонентного анализа динамического ряда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Выполнение процедуры анализа данных динамических рядов производится в два этапа.</w:t>
+      21. Выполнение процедуры анализа данных динамических рядов производится в два этапа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      На первом этапе процедуры производится определение (потенциальных) добавляемых экстремалов.</w:t>
-[...17 lines deleted...]
-      На втором этапе процедуры выполняется интегральная оценка выбивающихся значений, календарных эффектов и эффектов рядов задаваемых пользователем переменных. Для декомпозиции временного ряда используется следующая общая модель:</w:t>
+      На первом этапе процедуры производится определение (потенциальных) добавляемых экстремалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На втором этапе процедуры выполняется интегральная оценка выбивающихся значений, календарных эффектов и эффектов рядов задаваемых пользователем переменных. Для декомпозиции временного ряда используется следующая общая модель:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -5553,337 +5540,339 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      где</w:t>
-[...17 lines deleted...]
-      </w:t>
+      где</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – оригинальные ряды (изначальные);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – компонент цикла тренда (без компонента сдвига уровня);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – сезонный компонент;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>CA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – календарный компонент;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – определенный пользователем компонент (включая сдвиг уровня);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>EX</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – экстремальный компонент;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – остаточный компонент.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Данный расчет осуществляется с использованием следующей формулы линейной регрессии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5941,213 +5930,213 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      где</w:t>
-[...17 lines deleted...]
-      </w:t>
+      где</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - коэффициент регрессии цикла тренда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - сезонный коэффициент регрессии;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>CA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - календарный коэффициент регрессии;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6160,52 +6149,52 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - ряды регрессоров определенных пользователем компонентов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>EX</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6305,51 +6294,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Прошедшие "фильтры" линейного программного обеспечения процедуры фильтрации </w:t>
+      Прошедшие "фильтры" линейного программного обеспечения процедуры фильтрации </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> для компоненты цикла тренда и сезонного сглаживания приводит к формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -6429,51 +6418,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      где </w:t>
+      где </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="927100" cy="279400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -6590,51 +6579,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      формула, используемая для досчетов параметров формулы </w:t>
+      формула, используемая для досчетов параметров формулы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="965200" cy="279400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -6811,73 +6800,73 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Метод досчета параметров использует простые наименьшие квадраты.</w:t>
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+      Метод досчета параметров использует простые наименьшие квадраты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Необходимым условием для корректировки на сезонные и календарные колебания является наличие динамических рядов состоящих из не менее 17-ти и не более 360-ти временных периодов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6920,90 +6909,90 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
-[...35 lines deleted...]
-      25. Модель компонента рабочего дня (без учета суббот) - это вариация модели компонента торгового дня, которая в свою очередь предполагает, что все будничные дни с понедельника по пятницу, не являющиеся официальными праздниками, дают схожие эффекты и отдельно выходные дни (субботы, воскресенья и официальные праздники) дают также между собой схожие эффекты:</w:t>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Для обеспечения достоверного подсчета сезонного компонента временных рядов заранее рассчитывается коэффициент календарной регрессии с применением модели компонента рабочего дня (без учета суббот).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Модель компонента рабочего дня (без учета суббот) - это вариация модели компонента торгового дня, которая в свою очередь предполагает, что все будничные дни с понедельника по пятницу, не являющиеся официальными праздниками, дают схожие эффекты и отдельно выходные дни (субботы, воскресенья и официальные праздники) дают также между собой схожие эффекты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -7061,107 +7050,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      где</w:t>
-[...17 lines deleted...]
-      </w:t>
+      где</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - период (месяц или квартал);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      </w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -7405,55 +7394,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>