--- v1 (2025-12-26)
+++ v2 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6a30e0c" w14:textId="6a30e0c">
+    <w:p w14:paraId="60d34c6" w14:textId="60d34c6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -167,50 +167,112 @@
         </w:rPr>
         <w:t>пункта 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения о Министерстве национальной экономики Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 24 сентября 2014 года № 1011, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемую </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -786,114 +848,238 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Методика по исчислению индекса стоимости труда (далее - Методика) относится к статистической методологии, формируемой в соответствии с международными стандартами и утверждаемой в соответствии с </w:t>
+      1. Методика по исчислению индекса стоимости труда (далее – Методика) относится к статистической методологии, формируемой в соответствии с международными стандартами и утверждаемой в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 19 марта 2010 года "О государственной статистике" (далее - Закон).</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственной статистике" (далее – Закон).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Методика определяет основные аспекты и методы получения статистической информации о расходах на рабочую силу в расчете на единицу времени при проведении общегосударственного статистического наблюдения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Настоящая Методика применяется Комитетом по статистике Министерства национальной экономики Республики Казахстан (далее Комитет) для расчета индекса стоимости труда, который используется для международных сопоставлений и прогнозирования социально-экономического развития страны.</w:t>
+      3. Настоящая Методика применяется Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан для расчета индекса стоимости труда, который используется для международных сопоставлений и прогнозирования социально-экономического развития страны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В настоящей методике используются понятия в значениях, определенных в Законе, и следующие основные определения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1028,50 +1214,112 @@
         </w:rPr>
         <w:t>индекса стоимости труда</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Для расчета индекса стоимости труда используются агрегированные данные статистики труда, полученные в процессе обработки первичных статистических данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 5 внесено изменение на казахском языке, текст на русском языке не меняется в соответствии с приказом Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Индекс стоимости труда рассчитывается по отдельным видам деятельности из Общего классификатора видов экономической деятельности (далее – ОКЭД).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5347,2032 +5595,3377 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Календарное и сезонное сглаживание (корректировка)</w:t>
+        <w:t xml:space="preserve"> Глава 4. Календарная и сезонная корректировка временных рядов индекса стоимости труда</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 4 - в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Для выявления основной тенденции в индексе стоимости труда проводится сезонная и календарная корректировка динамического ряда индекса стоимости труда с использованием метода X-13-ARIMA в программном обеспечении JDemetra+. Временной ряд может быть представлен в виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аддитивная модель:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Xₜ = TCₜ + Sₜ + Oₜ + Cₜ + Iₜ,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(11)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мультипликативная модель:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Xₜ = TCₜ*Sₜ* Oₜ* Cₜ*Iₜ,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(12)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z53" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z54" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Xₜ – исходный временной ряд;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z55" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      TCₜ – трендово-циклическая компонента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z56" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Sₜ – сезонная компонента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z57" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Oₜ – компонента выбросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z58" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Cₜ – календарная компонента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z59" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Iₜ – нерегулярная компонента.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...82 lines deleted...]
-    </w:p>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Процесс сезонной корректировки выполняется в три этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z60" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На первом этапе процедуры выполняется предварительная корректировка временного ряда. Целью предварительной корректировки является корректировка временного ряда с учетом детерминированных эффектов и расширение ряда за счет прогнозов для улучшения сезонной корректировки наиболее недавних данных. На этом этапе выбирается модель ARIMA, а календарные эффекты и выбросы выявляются и удаляются из ряда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Xₜ = Oₜ + Cₜ + Zₜ или Xₜ = Oₜ * Cₜ * Zₜ, где Zₜ следует ARIMA процессу и</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(13)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Zₜ= TCₜ + Sₜ + Iₜ или Zₜ= TCₜ * Sₜ * Iₜ,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(14)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z69" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z70" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Zₜ – стохастическая компонента, моделируемая ARIMA(p, d, q);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z71" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Oₜ, Cₜ – выявленные и удалҰнные выбросы и календарные эффекты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z72" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На втором этапе процедуры производится разложение линеаризованного временного ряда на компоненты с использованием фильтров скользящего среднего X-11. Фильтр скользящего среднего порядка p+f+1 и коэффициентами (весами) {</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i}определяется как:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="2044700" cy="850900"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId31"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2044700" cy="850900"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(15)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z77" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На третьем этапе проводится диагностика качества процесса сезонной корректировки на основе различных тестов сезонности, стабильности модели и скорректированных рядов. Основными принципами диагностики качества являются следующие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z78" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отсутствие неточной спецификации модели/трансформации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z79" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отсутствие остаточных сезонных/календарных эффектов или чрезмерной корректировки сезонных/календарных эффектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z80" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отсутствие недостаточной/чрезмерной обработки выбросов/сезонных разрывов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z81" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      отсутствие нестабильности в трендовом цикле/сезонных/календарных компонентах или закономерностей в нерегулярном компоненте; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z82" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отсутствие влияний нерегулярного эффекта в трендовом цикле, сезонном и календарном компонентах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z83" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отсутствие корреляции в остатках модели.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 - в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Необходимым условием для сезонной и календарной корректировки является наличие как минимум пяти (5) лет наблюдений для квартальных временных рядов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Модель компонента рабочего дня предполагает, что все будние дни с понедельника по пятницу, которые не являются официальными праздничными днями, дают аналогичные эффекты, и отдельно выходные дни (суббота, воскресенье и официальные праздничные дни) также дают аналогичные эффекты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="4724400" cy="914400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId32"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="4724400" cy="914400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(16)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z84" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z85" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      LY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - регрессор високосного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z86" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Nj</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - день недели j периода t;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z87" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-[...263 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-коэффициенты регрессий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z88" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для обеспечения надежной оценки сезонного компонента временного ряда в процессе корректировки используется национальный календарь Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z89" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Национальные календарные эффекты включают:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z90" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выходные дни;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z91" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) государственные праздники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z92" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) влияние високосного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z93" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) первый день Курбан-айта и православного Рождества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z94" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Календарные эффекты учитываются с помощью десяти (10) календарных регрессоров, представляющих различные комбинации эффектов рабочих дней для Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z95" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Описание 10 календарных регрессоров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Описание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регрессор 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non-Fixed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не работают в праздничные дни</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регрессор 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non-Moving</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не работают в первый день Курбан-айта и на православное Рождество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регрессор 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non-Sunday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не работают по воскресеньям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регрессор 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non Sunday &amp; Fixed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не работают по воскресеньям и в праздничные дни</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регрессор 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non Sunday &amp; Moving</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не работают по воскресеньям, в первый день Курбан-айта и на православное Рождество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регрессор 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non Sunday &amp; Fixed &amp; Moving</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не работают по воскресеньям, в праздничные дни, в первый день Курбан-айта и на православное Рождество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регрессор 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non Saturday &amp; Sunday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не работают по выходным дням</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регрессор 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non Saturday &amp; Sunday &amp; Fixed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не работают по выходным дням и в праздничные дни</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регрессор 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non Saturday &amp; Sunday &amp; Moving</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не работают по выходным дням, в первый день Курбан-айта и на православное Рождество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регрессор 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Non Saturday &amp; Sunday &amp; Fixed &amp; Moving</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не работают по выходным дням, в праздничные дни, в первый день Курбан-айта и на православное Рождество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 - в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. Исключен приказом Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-[...52 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...1413 lines deleted...]
-        <w:t>).</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. Исключен приказом Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -7764,35 +9357,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/><Relationship Target="media/document_image_rId32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId32"/><Relationship Target="media/document_image_rId33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId33"/><Relationship Target="media/document_image_rId34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId34"/><Relationship Target="media/document_image_rId35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId35"/><Relationship Target="media/document_image_rId36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId36"/><Relationship Target="media/document_image_rId37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId37"/><Relationship Target="media/document_image_rId38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId38"/><Relationship Target="media/document_image_rId39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId39"/><Relationship Target="media/document_image_rId40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId40"/><Relationship Target="media/document_image_rId41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId41"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/><Relationship Target="media/document_image_rId32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId32"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>